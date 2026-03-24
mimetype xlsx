--- v7 (2026-03-01)
+++ v8 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re03f8e204d8d4fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1de822dc0fc424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MBBB_asof_20260226" sheetId="1" r:id="Ra0cdc5cf30014113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MBBB_asof_20260320" sheetId="1" r:id="Rcdb07595dc694dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2446" uniqueCount="942">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2457" uniqueCount="942">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,2811 +61,2811 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Communications Operating Llc /</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5TT274</x:t>
   </x:si>
   <x:si>
     <x:t>6.484</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,128.36</x:t>
+    <x:t>$139,953.26</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.67%</x:t>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S4X15V4</x:t>
   </x:si>
   <x:si>
     <x:t>2.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$141,431.04</x:t>
+    <x:t>$137,480.49</x:t>
   </x:si>
   <x:si>
     <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZLKTF45</x:t>
   </x:si>
   <x:si>
     <x:t>2.550</x:t>
   </x:si>
   <x:si>
-    <x:t>$140,304.86</x:t>
-[...2 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>$135,477.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Marriott International Inc/Md</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WMLRLV8</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
     <x:t>100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,711.85</x:t>
-[...2 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$93,152.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZV9YVV8</x:t>
   </x:si>
   <x:si>
     <x:t>2.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,618.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>$91,824.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027G8HG9</x:t>
   </x:si>
   <x:si>
     <x:t>5.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,577.11</x:t>
-[...2 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$89,080.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Telekom International Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TB91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,994.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific Gas And Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VVSMR74</x:t>
   </x:si>
   <x:si>
     <x:t>4.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,335.56</x:t>
+    <x:t>$86,368.99</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Telekom International Finance</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FRXL5S9</x:t>
   </x:si>
   <x:si>
     <x:t>4.450</x:t>
   </x:si>
   <x:si>
-    <x:t>$86,030.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$81,736.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Sprint Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00006VK33</x:t>
   </x:si>
   <x:si>
     <x:t>6.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$81,975.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$81,061.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6SZC54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,147.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Capital One Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L81X914</x:t>
   </x:si>
   <x:si>
     <x:t>6.051</x:t>
   </x:si>
   <x:si>
-    <x:t>$80,158.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>$77,824.30</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV5M3C9</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
-    <x:t>$79,111.54</x:t>
-[...20 lines deleted...]
-    <x:t>France</x:t>
+    <x:t>$76,980.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NB2Z4S5</x:t>
   </x:si>
   <x:si>
     <x:t>4.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,763.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>$75,837.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ062M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,807.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4R86W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,338.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDM6DL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,429.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centene Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T413H35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,263.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T-Mobile Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF8RG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,697.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Hca Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,151.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4Q8W68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,857.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011ZR87F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,292.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSNW72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,022.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J2KQNJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,229.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDHX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,340.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000K8L81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,914.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Operations Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9H9BW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,911.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGDGM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,545.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alimentation Couche-Tard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHWBP76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,139.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J M Smucker Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JPR16M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,116.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZDMZHY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,956.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GXKWQ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,486.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M81ZJY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,628.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV92VM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,406.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5TSNV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,718.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ0F73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,342.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXY6V05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,110.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0XGY88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,854.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LCJJCL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,852.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19GVX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,847.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flutter Treasury Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V57CJF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,708.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC5552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,586.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ1ZL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,499.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z5H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,247.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKS7K9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,211.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0P54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,163.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sherwin-Williams Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM56528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,972.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GH1NNR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,926.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rtx Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM18972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,924.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63R37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,878.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MDP4HM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,841.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBCFRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,832.12</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PC757T3</x:t>
   </x:si>
   <x:si>
     <x:t>4.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,640.05</x:t>
-[...395 lines deleted...]
-    <x:t>$52,208.31</x:t>
+    <x:t>$49,812.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp / Vici Note Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QX3PN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,775.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Finance International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HW2ZLF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,770.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mplx Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01DZ9SDP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,554.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SFP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,481.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rogers Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMTY7M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,476.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSB663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,395.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL8W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,300.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZNJPPZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,993.77</x:t>
   </x:si>
   <x:si>
     <x:t>Campbell's Company/The</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01M2RSKZ5</x:t>
   </x:si>
   <x:si>
     <x:t>5.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,201.93</x:t>
-[...179 lines deleted...]
-    <x:t>$50,166.09</x:t>
+    <x:t>$48,785.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2027</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Royal Bank Of Canada</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X9TD2W9</x:t>
   </x:si>
   <x:si>
     <x:t>6.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,082.71</x:t>
-[...38 lines deleted...]
-    <x:t>$49,873.22</x:t>
+    <x:t>$48,640.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T5K2GV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,207.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR5X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,028.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV2K9G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,024.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,984.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDF07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,973.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,447.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RB6PY93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,201.70</x:t>
   </x:si>
   <x:si>
     <x:t>General Mills Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>02/10/2027</x:t>
-[...50 lines deleted...]
-    <x:t>$49,193.49</x:t>
+    <x:t>BBG00SY22J39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,107.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Conagra Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M897H71</x:t>
   </x:si>
   <x:si>
     <x:t>5.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,087.07</x:t>
-[...44 lines deleted...]
-    <x:t>$48,025.61</x:t>
+    <x:t>$46,979.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WM3FHL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,060.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHNZJ15</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,432.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$45,697.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HG8S97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,489.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDJB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,380.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y8XNZ01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,003.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ06334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,917.79</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BL6CVP9</x:t>
   </x:si>
   <x:si>
     <x:t>4.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,020.33</x:t>
-[...11 lines deleted...]
-    <x:t>$46,862.24</x:t>
+    <x:t>$44,780.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012QCC8D4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,438.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Foods Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS59M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,307.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WYRSJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,040.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmware Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,825.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,788.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZT3D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,742.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HQCKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,586.64</x:t>
   </x:si>
   <x:si>
     <x:t>Mondelez International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X3GQPR5</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,799.80</x:t>
-[...137 lines deleted...]
-    <x:t>$44,741.22</x:t>
+    <x:t>$42,801.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z71L044</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,997.41</x:t>
-[...2 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>$42,131.88</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0038PKS87</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,482.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$40,536.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J5HRSG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,405.27</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016NCR9W9</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,168.68</x:t>
-[...11 lines deleted...]
-    <x:t>$41,881.49</x:t>
+    <x:t>$39,710.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DDZTGK0</x:t>
   </x:si>
   <x:si>
-    <x:t>$41,703.19</x:t>
+    <x:t>$39,319.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZLKTF81</x:t>
   </x:si>
   <x:si>
     <x:t>3.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,536.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>$37,912.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VVKW6</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,487.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$37,600.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014HG8YR4</x:t>
   </x:si>
   <x:si>
     <x:t>4.027</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,330.67</x:t>
+    <x:t>$37,461.39</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PXNPR37</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,649.53</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$35,678.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008LS4XX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,994.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D7FYSW6</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,639.06</x:t>
-[...11 lines deleted...]
-    <x:t>$35,450.43</x:t>
+    <x:t>$33,830.46</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017RD17N3</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,754.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$33,312.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ063X1</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,631.91</x:t>
+    <x:t>$33,234.61</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZS0BPT2</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,214.53</x:t>
-[...2 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>$32,640.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000027JD1</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,518.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$29,705.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JZ64TW2</x:t>
   </x:si>
   <x:si>
     <x:t>7.964</x:t>
   </x:si>
   <x:si>
-    <x:t>$30,128.08</x:t>
+    <x:t>$29,378.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFQSQL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,161.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Var Energi Asa</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Norway</x:t>
   </x:si>
   <x:si>
+    <x:t>Suncor Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000PWR26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,715.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00008J8X7</x:t>
   </x:si>
   <x:si>
     <x:t>7.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,656.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>$27,386.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PS26C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,311.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$27,149.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGF919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,787.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,527.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,312.99</x:t>
   </x:si>
   <x:si>
     <x:t>Hsbc Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019MDN2G9</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,205.65</x:t>
+    <x:t>$26,295.51</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
+    <x:t>05/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TZGGHK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,263.04</x:t>
+  </x:si>
+  <x:si>
     <x:t>Canadian Natural Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00008Q3X0</x:t>
   </x:si>
   <x:si>
     <x:t>6.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,653.32</x:t>
-[...29 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$26,141.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYYFKD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,911.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCW2Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,903.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRDFL31</x:t>
   </x:si>
   <x:si>
-    <x:t>5.700</x:t>
-[...14 lines deleted...]
-    <x:t>$27,217.43</x:t>
+    <x:t>$25,880.73</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LR4Z8B6</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,215.51</x:t>
-[...23 lines deleted...]
-    <x:t>$26,850.87</x:t>
+    <x:t>$25,834.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Rentals North America Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ9JL89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,807.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYFZQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,806.26</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Montreal</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2084</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NPN4GT9</x:t>
   </x:si>
   <x:si>
     <x:t>7.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,753.89</x:t>
-[...17 lines deleted...]
-    <x:t>Poland</x:t>
+    <x:t>$25,805.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G137GB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,777.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expand Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZV9LPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,771.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crh Smw Finance Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMKHYF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,655.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minera Mexico Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53MG87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,529.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMYLCG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,439.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Corpus Christi Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCCY732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,413.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glp Capital Lp / Glp Financing Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M0DVW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,400.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferguson Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M8RBC22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,359.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/23/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P449F71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,333.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Element Fleet Management Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHW365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,276.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MH8SKD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,262.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L524VF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,239.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180FLN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,223.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G26NCX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,219.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G4RNY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,200.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ29Y44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,150.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencosud Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H4FV4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,145.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YM3CR56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,130.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0P4ZH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,122.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinix Europe 2 Financing Corp Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YCH4KJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,107.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sabine Pass Liquefaction Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GGMLDZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,086.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itc Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3M5Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,086.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5BXNV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,072.21</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P61WF32</x:t>
   </x:si>
   <x:si>
     <x:t>5.350</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,543.30</x:t>
-[...17 lines deleted...]
-    <x:t>$26,504.68</x:t>
+    <x:t>$25,056.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westinghouse Air Brake Technologies Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY7Z109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,054.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitios Latinoamerica Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G3XBY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,053.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKJX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,049.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSK9VB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,040.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNL4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,016.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81VX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,997.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J9YRRW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,925.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WL07CK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,917.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C3DF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,898.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193VLX56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,896.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stryker Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL29666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,871.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR3L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,851.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X7P5WD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,825.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXLW510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,814.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NSHYZG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,811.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZY0PYC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,811.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQ0XR99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,783.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC0ZJ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,779.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GZTSD12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,778.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O'Reilly Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HFDK095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,769.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mccormick &amp; Co Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDQYCH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,759.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P17FY87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,689.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H0DVH19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,677.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113S2FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,657.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L123MD0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,654.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RL3Y7B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,654.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Msci Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRWTBJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,563.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PD3GSR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,555.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XLXLLW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,543.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJY83V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,318.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016L9VGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,315.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>News Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXPNK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,295.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJ6YFT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,285.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSWSP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,278.42</x:t>
   </x:si>
   <x:si>
     <x:t>First Citizens Bancshares Inc/Nc</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SQ94SP6</x:t>
   </x:si>
   <x:si>
     <x:t>6.254</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,262.24</x:t>
-[...353 lines deleted...]
-    <x:t>$25,393.47</x:t>
+    <x:t>$24,260.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y6TNGG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,221.50</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NB2Z619</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,380.11</x:t>
-[...203 lines deleted...]
-    <x:t>$24,908.53</x:t>
+    <x:t>$24,193.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>Mccormick &amp; Co Inc/Md</x:t>
-[...35 lines deleted...]
-    <x:t>$24,786.44</x:t>
+    <x:t>International Flavors &amp; Fragrances Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K3D03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,147.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSDFBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,013.10</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2084</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QD83755</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,743.64</x:t>
-[...11 lines deleted...]
-    <x:t>$24,660.22</x:t>
+    <x:t>$23,978.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT7KLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,957.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Q3W871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,745.72</x:t>
   </x:si>
   <x:si>
     <x:t>Alcon Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q9B0KW8</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,465.72</x:t>
-[...56 lines deleted...]
-    <x:t>$24,283.43</x:t>
+    <x:t>$23,707.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R0XZVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,552.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS37M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,528.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BP7RK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,364.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKWNMM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,235.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHZ6JR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,113.68</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M3FYGS1</x:t>
   </x:si>
   <x:si>
     <x:t>5.100</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,054.21</x:t>
-[...65 lines deleted...]
-    <x:t>$23,575.73</x:t>
+    <x:t>$22,856.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costar Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VPLJZ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,647.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01198TDB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,633.15</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015SKPHZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,517.04</x:t>
-[...11 lines deleted...]
-    <x:t>$23,124.87</x:t>
+    <x:t>$22,568.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC8J4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,510.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
-    <x:t>Costar Group Inc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>11/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7K3DL0</x:t>
   </x:si>
   <x:si>
     <x:t>2.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,964.61</x:t>
+    <x:t>$22,469.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Pacific Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KWWDS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,346.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL2YC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,239.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K30QW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,130.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF7DG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,072.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YP82P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,555.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WS5W0Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,545.65</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M897H80</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,905.31</x:t>
-[...41 lines deleted...]
-    <x:t>$22,565.43</x:t>
+    <x:t>$21,424.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D7FYG98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,899.35</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LPVF260</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,229.64</x:t>
-[...29 lines deleted...]
-    <x:t>$21,506.64</x:t>
+    <x:t>$20,544.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0P7XC2</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,558.00</x:t>
+    <x:t>$19,741.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
+    <x:t>Infraestructura Energetica Nova Sapi De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X8R5V14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,699.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ063N2</x:t>
   </x:si>
   <x:si>
     <x:t>3.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,421.81</x:t>
-[...17 lines deleted...]
-    <x:t>$19,382.72</x:t>
+    <x:t>$18,676.13</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010HF8445</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,021.57</x:t>
+    <x:t>$18,228.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T239HG3</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,824.48</x:t>
+    <x:t>$17,743.07</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7K3F71</x:t>
   </x:si>
   <x:si>
     <x:t>3.468</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,801.22</x:t>
+    <x:t>$16,944.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010CJ08Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,041.14</x:t>
+    <x:t>$16,307.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T64VY20</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,610.56</x:t>
+    <x:t>$15,740.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PKCSR05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,366.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Everest Reinsurance Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012R1WYH4</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,255.69</x:t>
-[...14 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$15,252.86</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>70,472</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>92,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,151.23</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-2,621.00</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$-4,476.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2893,56 +2893,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8784050dcc1b4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4560950a3634112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0cdc5cf30014113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694dd76b267246ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3ae0bc8eaf3e44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcdb07595dc694dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L222"/>
+  <x:dimension ref="A1:L223"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="21" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3276,8107 +3276,8145 @@
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="I20" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H38" s="1" t="s">
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="I38" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="K58" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="I59" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="I74" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J74" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="F76" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H76" s="1" t="s">
+      <x:c r="I76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="F78" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
+      <x:c r="I83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J83" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="F84" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="F91" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="I94" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J94" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="I95" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J95" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="F99" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H99" s="1" t="s">
+      <x:c r="I99" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="I99" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H102" s="1" t="s">
+      <x:c r="I102" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J102" s="1" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H104" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H104" s="1" t="s">
+      <x:c r="I104" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
         <x:v>491</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F110" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H110" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J110" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="D112" s="1" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="F112" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H112" s="1" t="s">
+      <x:c r="I112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="I112" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="F113" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="F114" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H114" s="1" t="s">
+      <x:c r="I114" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J114" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="K114" s="1" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="E115" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="E115" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="F121" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H122" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="F122" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E127" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H127" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="I127" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J127" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="K127" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="E132" s="1" t="s">
+      <x:c r="F132" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H132" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="F132" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="F135" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
         <x:v>625</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>649</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H143" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="C143" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C144" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="C144" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
+      <x:c r="E145" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="I147" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J147" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="D150" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H150" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C151" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="D151" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="C151" s="1" t="s">
+      <x:c r="E151" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H151" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="D151" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C152" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="D152" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="C152" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D152" s="1" t="s">
+      <x:c r="F152" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H152" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H153" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="E153" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="E162" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
+      <x:c r="F163" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H163" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="E163" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H165" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H171" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="F171" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="C172" s="1" t="s">
+      <x:c r="D172" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="D172" s="1" t="s">
+      <x:c r="E172" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H172" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="E172" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="C173" s="1" t="s">
+      <x:c r="E173" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F173" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H173" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="D173" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="E185" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="C186" s="1" t="s">
+      <x:c r="D186" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
+      <x:c r="E186" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="F186" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G186" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H186" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E186" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="C187" s="1" t="s">
+      <x:c r="E187" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G187" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H187" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="D187" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="D188" s="1" t="s">
+      <x:c r="F188" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G188" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H188" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="E188" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="E189" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H189" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
-      <x:c r="C189" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="D197" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
         <x:v>844</x:v>
       </x:c>
-      <x:c r="D197" s="1" t="s">
+      <x:c r="F197" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G197" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H197" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="E197" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
         <x:v>847</x:v>
       </x:c>
-      <x:c r="D198" s="1" t="s">
+      <x:c r="E198" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
+      <x:c r="F198" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G198" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H198" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="F198" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="E199" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F199" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G199" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H199" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H202" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="C202" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H204" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="D204" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="D206" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="E206" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="F206" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G206" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H206" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="D206" s="1" t="s">
+      <x:c r="I206" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J206" s="1" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>881</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H210" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="I210" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J210" s="1" t="s">
         <x:v>891</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>895</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="F211" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H211" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="I211" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J211" s="1" t="s">
         <x:v>896</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>900</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="F212" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G212" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H212" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="I212" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J212" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
-      <x:c r="C212" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="D214" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F214" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G214" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H214" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="I214" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J214" s="1" t="s">
         <x:v>909</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>900</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F215" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G215" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H215" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="D215" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
+        <x:v>915</x:v>
+      </x:c>
+      <x:c r="F216" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G216" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H216" s="1" t="s">
+        <x:v>916</x:v>
+      </x:c>
+      <x:c r="I216" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J216" s="1" t="s">
         <x:v>917</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>920</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H217" s="1" t="s">
+        <x:v>920</x:v>
+      </x:c>
+      <x:c r="I217" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J217" s="1" t="s">
         <x:v>921</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>920</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C218" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H218" s="1" t="s">
         <x:v>924</x:v>
       </x:c>
-      <x:c r="C218" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="E219" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F219" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G219" s="1" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
+      <x:c r="H219" s="1" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="E219" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G219" s="1" t="s">
+      <x:c r="I219" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J219" s="1" t="s">
         <x:v>929</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>934</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="I221" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J221" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="K221" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L221" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A222" s="1">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="B222" s="1" t="s">
         <x:v>937</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F221" s="1" t="s">
+      <x:c r="C222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="G221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H221" s="1" t="s">
+      <x:c r="G222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H222" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
-      <x:c r="I221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J221" s="1" t="s">
+      <x:c r="I222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J222" s="1" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="K221" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A222" s="2" t="s">
+      <x:c r="K222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L222" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A223" s="2" t="s">
         <x:v>941</x:v>
       </x:c>
-      <x:c r="B222" s="2" t="s">
+      <x:c r="B223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C222" s="2" t="s">
+      <x:c r="C223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D222" s="2" t="s">
+      <x:c r="D223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E222" s="2" t="s">
+      <x:c r="E223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F222" s="2" t="s">
+      <x:c r="F223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G222" s="2" t="s">
+      <x:c r="G223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H222" s="2" t="s">
+      <x:c r="H223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I222" s="2" t="s">
+      <x:c r="I223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J222" s="2" t="s">
+      <x:c r="J223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K222" s="2" t="s">
+      <x:c r="K223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L222" s="2" t="s">
+      <x:c r="L223" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A222:L222"/>
+    <x:mergeCell ref="A223:L223"/>
   </x:mergeCells>
 </x:worksheet>
 </file>