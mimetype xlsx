--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,4239 +1,4311 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6923b50459b4b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae8f7ddaa614361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20251203" sheetId="1" r:id="Rfab17be8e6904c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260114" sheetId="1" r:id="R95a03dbb39454035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3876" uniqueCount="1398">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3953" uniqueCount="1422">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8FSPY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,525.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USD</x:t>
+  </x:si>
+  <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0121DZZX2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
-    <x:t>Bond</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$141,067.96</x:t>
-[...11 lines deleted...]
-    <x:t>USD</x:t>
+    <x:t>$140,500.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV5M3C9</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$134,692.67</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$135,157.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M1BQWX0</x:t>
   </x:si>
   <x:si>
     <x:t>4.329</x:t>
   </x:si>
   <x:si>
-    <x:t>$127,229.04</x:t>
-[...2 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>$127,767.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDM6DL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,663.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Communications Operating Llc /</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHNZJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,483.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T-Mobile Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF8RG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,957.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4Q8W68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,400.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L17H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,196.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altria Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038PKS87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,988.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KC2QKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,452.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GXKMRM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,110.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRQ33J9</x:t>
   </x:si>
   <x:si>
     <x:t>4.928</x:t>
   </x:si>
   <x:si>
-    <x:t>$127,014.07</x:t>
+    <x:t>$101,803.57</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
-    <x:t>Societe Generale Sa</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Berkshire Hathaway Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VH2H32</x:t>
   </x:si>
   <x:si>
     <x:t>3.850</x:t>
   </x:si>
   <x:si>
+    <x:t>$98,955.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centene Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T5K2GV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,107.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PV2CC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,879.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T64VY20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
     <x:t>150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,765.10</x:t>
-[...104 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$96,734.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,231.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN2PN26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,530.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Home Depot Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SVDLHT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,416.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprint Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000027JD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,886.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZLKTF45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,336.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL2YC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,833.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabian Oil Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y707XB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,759.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hca Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K30QW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,713.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HQCKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,161.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Telekom International Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TB91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,362.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific Gas And Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9H3M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,553.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ5BFD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,183.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkshire Hathaway Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MT7C0F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,080.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Foods Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZTGK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,888.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6SZC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,160.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital One Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19GVX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,142.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8XGKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,802.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Progress Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMZ2KR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,990.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5WZHQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,989.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z4S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,881.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,744.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP9BB13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,345.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kroger Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL8W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,940.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH9QLH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,604.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180XCWQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,008.30</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5C55R6</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,438.07</x:t>
-[...188 lines deleted...]
-    <x:t>Saudi Arabia</x:t>
+    <x:t>$75,722.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9TD2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,688.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,514.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ1ZL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,458.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,191.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa/London</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FPFGJX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,175.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJY83V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,039.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HG8RT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,959.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VG7474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,808.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNL4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,792.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sherwin-Williams Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM56528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,777.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6GNCT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,711.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005HHDY85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,710.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3M67W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,647.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDHX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,475.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SNC6M56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,455.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp / Vici Note Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,109.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NTYCL12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,998.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,492.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV2K9G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,311.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX0G367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,910.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,769.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T413H35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,471.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014C6ZDN1</x:t>
   </x:si>
   <x:si>
     <x:t>2.450</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,308.45</x:t>
-[...140 lines deleted...]
-    <x:t>$78,226.58</x:t>
+    <x:t>$68,036.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0027G8HG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,637.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF7DG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,882.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y3KRN52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,001.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRG3CK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,674.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHNZVP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,468.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNHXRT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,631.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intesa Sanpaolo Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8D3RC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,523.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BV231H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,127.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,643.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8D3R68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,018.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Edison Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G9B3DK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,847.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF8445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,128.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6QW2B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,908.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag/New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F3MLN18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,710.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T239HG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,948.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZWRHR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,697.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008LS4X46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,851.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GXKWQ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,290.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00006VK33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,233.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K28Q4F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,075.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ99GP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,949.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,823.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRSZ041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,723.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL35N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,641.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCG9469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,389.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,238.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ99FW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,069.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HQ2KXS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,050.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QW834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,818.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ0F73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,627.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Gas &amp; Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YGD67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,607.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP89S84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,524.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKJX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,400.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HP17343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,359.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01D27L623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,331.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFQ00Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,285.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Rentals North America Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ9JL89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,629.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFPZZ40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,527.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flutter Treasury Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V57CJF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,521.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC5552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,401.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,364.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV1M8N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,307.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HP0KFD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,235.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKS7K9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,204.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitios Latinoamerica Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G3XBY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,192.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SFP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,143.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conagra Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,094.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKC6FT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,049.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glp Capital Lp / Glp Financing Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M0DVW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,041.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBCFRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,009.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C97HD64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,920.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8FSNL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,840.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK61X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,802.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0P54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,801.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Mills Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHP0714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,680.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BV22XH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,635.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Corpus Christi Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCCY732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,584.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4R86W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,577.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,485.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L524VF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,473.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tsmc Arizona Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016W8XQZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,444.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KVCJXV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,428.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYMK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,379.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YM3CR56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,193.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haleon Us Capital Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019WPKCH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,170.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,049.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYMQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,026.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR3L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,013.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXH1PF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,843.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Operations Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC0ZJ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,759.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC2555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,586.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014X1W755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,573.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P168QC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,536.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C6ZD42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,509.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CBRPR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,118.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P98JG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,678.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118Z8S55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,669.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,650.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S&amp;P Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7RX243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,593.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4Q2R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,570.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSDFBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,350.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SK430W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,022.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,957.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011B7SYN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,918.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,676.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5TT274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,649.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T250BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,509.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BP7RK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,452.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VG76N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,275.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGDH40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,004.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,685.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S4X15V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,669.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS59M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,550.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015SKPHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,445.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZT3D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,278.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T7L4695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,606.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,393.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5Y3314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,329.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JB6QH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,258.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Pacific Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KWWDS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,171.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WYRSJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,048.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmware Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,946.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,899.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,890.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C5MJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,152.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Co Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZDQ7681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,141.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XC9CRH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,098.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSMR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,894.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011ZR87F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,874.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005BRVT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,651.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nestle Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X70DNM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,206.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004HST0K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,019.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameron Lng Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V1071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,005.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MZZXH38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,478.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HG8YR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,909.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CJFWD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,052.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Switzerland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SK43110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,970.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JB6R25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,890.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PXNPQ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,542.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alimentation Couche-Tard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHWBP76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,499.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PXNPR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,988.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012VD91P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,107.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012FCNQ53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,924.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWNCLW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,691.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0XGY88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,087.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R9NV7J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,786.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ08Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,470.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,429.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017RD17N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,347.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJ138Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,798.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,595.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,948.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS5PH19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,741.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC1WGC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,427.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ64TW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,847.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008J8X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,162.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFQSQL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,050.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS26C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,961.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J5HRSG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,497.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aig Sunamerica Global Financing X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000LYP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,452.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9H9BW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,378.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000K8L81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,326.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DPJQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,706.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LSHH24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,521.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZJ6QM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,227.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L8FXYD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,054.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCW2Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,031.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NPN4GT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,002.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008Q3X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,986.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGF919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,956.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncor Electric Delivery Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KR6C1R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,896.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDFL31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,840.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QW8M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,760.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV92VM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,633.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZW68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,545.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z5H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,485.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minera Mexico Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53MG87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,476.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFQ02D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,476.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYFZQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,388.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53GF04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,384.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H74YF40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,312.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T2MW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,298.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXLW510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,261.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRSXMV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,209.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0P4ZH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,205.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;T Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R70C2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,176.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBWF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,157.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CCZ38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,116.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,064.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRP7ST0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,046.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,031.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHWZPD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,027.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBW86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,013.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Citizens Bancshares Inc/Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ94SP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,000.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,941.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,926.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019J0KQF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,892.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danske Bank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9DYP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,884.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G137GB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,865.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT02K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,845.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TV6YQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,838.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0L08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,836.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SKD4ZC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,835.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2RSKZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,831.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G26NCX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,796.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJT2VD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,777.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Carolinas Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6Y8BG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,765.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0JB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,729.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itc Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3M5Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,725.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westinghouse Air Brake Technologies Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY7Z109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,709.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZ2G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,687.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1SS57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,660.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81VX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,615.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencosud Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H4FV4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,584.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expand Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZV9LPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,549.11</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NP89S93</x:t>
   </x:si>
   <x:si>
-    <x:t>5.365</x:t>
-[...227 lines deleted...]
-    <x:t>09/15/2027</x:t>
+    <x:t>$25,462.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferguson Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M8RBC22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,454.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLL3Z37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,435.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQ0XR99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,425.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mplx Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FY6JD33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,392.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P2G80H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,367.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQKG6L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,360.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018TB2QQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,322.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSDFVC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,312.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cintas Corp No 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6BVVQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,206.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O'Reilly Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HFDK095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,176.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017X5RTL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,176.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017X6D0Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,166.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PZ0G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,164.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQKBFK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,154.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mccormick &amp; Co Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDQYCH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,148.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G45762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,130.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014GVQNY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,103.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01743S0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,099.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSN10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,085.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CD51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,077.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Finance International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSK9VB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,981.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSSD79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,976.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014J6PWZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,934.95</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HMW4CK4</x:t>
   </x:si>
   <x:si>
-    <x:t>2.750</x:t>
-[...989 lines deleted...]
-    <x:t>$49,124.76</x:t>
+    <x:t>$24,926.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J9YRRW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,923.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63R37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,914.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD83755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,843.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7RWWG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,840.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of New York Mellon Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014MR3306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,821.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113S2FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,779.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016L9VGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,733.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSB663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,720.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,654.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSWSP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,632.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,622.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XLXLLW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,619.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63RD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,616.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KNGQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,609.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abu Dhabi Crude Oil Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J02WN52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,591.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>News Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXPNK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,532.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT7KLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,504.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KDPR9V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,493.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0068BF2F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,405.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR5X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,392.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SRCRMG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,374.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,368.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDV0B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,317.67</x:t>
   </x:si>
   <x:si>
     <x:t>Jde Peet's Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012NJRDN4</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,669.27</x:t>
-[...452 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$24,311.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y6TNGG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,227.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL2L72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,220.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Flavors &amp; Fragrances Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K3D03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,115.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,052.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XC9C5X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,051.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS5PR62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,864.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RB6PY93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,835.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Q3W871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,792.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M3FYGS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,714.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VH2D77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,598.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKWNMM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,378.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicredit Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01173QYM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,343.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CVP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,163.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V0YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,153.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,015.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C171ZB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,967.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHCFNY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,872.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ06334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,865.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pioneer Natural Resources Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YXM9X17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,738.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006R54KG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,724.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YPZRV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,698.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,538.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V0ZG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,966.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y48MM46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,861.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9M26R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,547.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1SS48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,039.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNN0RV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,920.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J2KQNJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,790.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KQM79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,592.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0191F27S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,494.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,201.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015Z953D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,100.53</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KW9LG6</x:t>
   </x:si>
   <x:si>
     <x:t>3.330</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,961.47</x:t>
-[...1700 lines deleted...]
-    <x:t>$20,078.97</x:t>
+    <x:t>$19,422.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ7Q86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,308.83</x:t>
   </x:si>
   <x:si>
     <x:t>Infraestructura Energetica Nova Sapi De</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X8R5V14</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,932.44</x:t>
-[...11 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$19,031.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PYZYK98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,700.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K3F71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,567.60</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D7FYSW6</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,580.20</x:t>
-[...32 lines deleted...]
-    <x:t>$17,355.33</x:t>
+    <x:t>$17,470.39</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2061</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113H0SM9</x:t>
   </x:si>
   <x:si>
     <x:t>4.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,576.67</x:t>
+    <x:t>$16,481.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012VD92L4</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,081.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$16,066.83</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z4KRXX5</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,749.33</x:t>
+    <x:t>$15,790.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X3GQPR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,343.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXC1SB4</x:t>
   </x:si>
   <x:si>
     <x:t>2.987</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,258.73</x:t>
-[...8 lines deleted...]
-    <x:t>$15,257.82</x:t>
+    <x:t>$15,271.62</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>32,086</x:t>
-[...2 lines deleted...]
-    <x:t>$32,086.31</x:t>
+    <x:t>56,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,911.97</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,988.87</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-3,188.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -4261,56 +4333,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39aea92577e4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c9c38dbf8254c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfab17be8e6904c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600e774b4e9a422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reb6866832a4a45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95a03dbb39454035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L352"/>
+  <x:dimension ref="A1:L359"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4492,13199 +4564,13465 @@
       </x:c>
       <x:c r="L5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:12" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="K27" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="I28" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="K30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="K32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="I43" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J65" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J67" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="H72" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J73" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="K76" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H78" s="1" t="s">
+      <x:c r="I78" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="D79" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H79" s="1" t="s">
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="I79" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="F81" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H81" s="1" t="s">
+      <x:c r="I81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J81" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="D86" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="F88" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="F95" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="F96" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="I99" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J99" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="F100" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="F106" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J116" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="I116" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="I144" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J144" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="E144" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H154" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="I154" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J154" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="E154" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="E165" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H165" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="I165" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J165" s="1" t="s">
         <x:v>725</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>727</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H177" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="I177" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J177" s="1" t="s">
         <x:v>761</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>727</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F183" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G183" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H183" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="I183" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J183" s="1" t="s">
         <x:v>786</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>776</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G187" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H187" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="I187" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J187" s="1" t="s">
         <x:v>804</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>803</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
+        <x:v>829</x:v>
+      </x:c>
+      <x:c r="E192" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H192" s="1" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="I192" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J192" s="1" t="s">
         <x:v>824</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>823</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="I197" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J197" s="1" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>843</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="F205" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G205" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H205" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="I205" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J205" s="1" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>875</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="F211" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H211" s="1" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="I211" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J211" s="1" t="s">
         <x:v>902</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>900</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="I223" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J223" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
-      <x:c r="I223" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C261" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="C261" s="1" t="s">
+      <x:c r="D261" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
-      <x:c r="D261" s="1" t="s">
+      <x:c r="E261" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F261" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G261" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H261" s="1" t="s">
         <x:v>1087</x:v>
       </x:c>
-      <x:c r="E261" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
+        <x:v>1088</x:v>
+      </x:c>
+      <x:c r="C262" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
-      <x:c r="C262" s="1" t="s">
+      <x:c r="E262" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H262" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
-      <x:c r="D262" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="C263" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D263" s="1" t="s">
+        <x:v>1093</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F263" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G263" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H263" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
-      <x:c r="C263" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D263" s="1" t="s">
+      <x:c r="I263" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J263" s="1" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="K263" s="1" t="s">
         <x:v>1095</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D264" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="D264" s="1" t="s">
+      <x:c r="E264" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="F264" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G264" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H264" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="E264" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C265" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="C265" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D265" s="1" t="s">
+      <x:c r="E265" s="1" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="F265" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H265" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
-      <x:c r="E265" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="C266" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
-      <x:c r="C266" s="1" t="s">
+      <x:c r="D266" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
-      <x:c r="D266" s="1" t="s">
+      <x:c r="E266" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F266" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G266" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H266" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
-      <x:c r="E266" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="C267" s="1" t="s">
         <x:v>1107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H268" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="F268" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
-      <x:c r="D269" s="1" t="s">
+      <x:c r="E269" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G269" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H269" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="E269" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="D270" s="1" t="s">
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H270" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
-      <x:c r="E270" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
+        <x:v>1151</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="F279" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G279" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H279" s="1" t="s">
+        <x:v>1153</x:v>
+      </x:c>
+      <x:c r="I279" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J279" s="1" t="s">
         <x:v>1146</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1014</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C309" s="1" t="s">
+        <x:v>1164</x:v>
+      </x:c>
+      <x:c r="D309" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="C309" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D309" s="1" t="s">
+      <x:c r="E309" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="E309" s="1" t="s">
+      <x:c r="F309" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G309" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H309" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="F309" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="C310" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D310" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="E310" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F310" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G310" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H310" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="C310" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
+        <x:v>1265</x:v>
+      </x:c>
+      <x:c r="D314" s="1" t="s">
+        <x:v>1266</x:v>
+      </x:c>
+      <x:c r="E314" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F314" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G314" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H314" s="1" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="D314" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C315" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D315" s="1" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="E315" s="1" t="s">
+        <x:v>1270</x:v>
+      </x:c>
+      <x:c r="F315" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G315" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H315" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="I315" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J315" s="1" t="s">
+        <x:v>1146</x:v>
+      </x:c>
+      <x:c r="K315" s="1" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D316" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="D316" s="1" t="s">
+      <x:c r="E316" s="1" t="s">
         <x:v>1274</x:v>
       </x:c>
-      <x:c r="E316" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C323" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D323" s="1" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="C323" s="1" t="s">
+      <x:c r="E323" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="F323" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G323" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H323" s="1" t="s">
         <x:v>1297</x:v>
       </x:c>
-      <x:c r="D323" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="E324" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="F324" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G324" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H324" s="1" t="s">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="I324" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J324" s="1" t="s">
         <x:v>1301</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1230</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D327" s="1" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="E327" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="D327" s="1" t="s">
+      <x:c r="F327" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G327" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H327" s="1" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="E327" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="F328" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G328" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H328" s="1" t="s">
         <x:v>1315</x:v>
       </x:c>
-      <x:c r="F328" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
+        <x:v>1316</x:v>
+      </x:c>
+      <x:c r="D329" s="1" t="s">
         <x:v>1317</x:v>
       </x:c>
-      <x:c r="D329" s="1" t="s">
+      <x:c r="E329" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F329" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G329" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H329" s="1" t="s">
         <x:v>1318</x:v>
       </x:c>
-      <x:c r="E329" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="D330" s="1" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="E330" s="1" t="s">
         <x:v>1321</x:v>
       </x:c>
-      <x:c r="D330" s="1" t="s">
+      <x:c r="F330" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G330" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H330" s="1" t="s">
         <x:v>1322</x:v>
       </x:c>
-      <x:c r="E330" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="D331" s="1" t="s">
         <x:v>1324</x:v>
       </x:c>
-      <x:c r="D331" s="1" t="s">
+      <x:c r="E331" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F331" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G331" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H331" s="1" t="s">
         <x:v>1325</x:v>
       </x:c>
-      <x:c r="E331" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H333" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
-      <x:c r="H333" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D334" s="1" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="F334" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G334" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H334" s="1" t="s">
         <x:v>1335</x:v>
       </x:c>
-      <x:c r="D334" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="D335" s="1" t="s">
+        <x:v>1337</x:v>
+      </x:c>
+      <x:c r="E335" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="F335" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G335" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H335" s="1" t="s">
         <x:v>1338</x:v>
       </x:c>
-      <x:c r="D335" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
+        <x:v>1339</x:v>
+      </x:c>
+      <x:c r="E336" s="1" t="s">
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="F336" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G336" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H336" s="1" t="s">
         <x:v>1341</x:v>
       </x:c>
-      <x:c r="E336" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
+        <x:v>1342</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
-      <x:c r="D337" s="1" t="s">
+      <x:c r="E337" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F337" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H337" s="1" t="s">
         <x:v>1344</x:v>
       </x:c>
-      <x:c r="E337" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H337" s="1" t="s">
+      <x:c r="I337" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J337" s="1" t="s">
         <x:v>1345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1330</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C339" s="1" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="C339" s="1" t="s">
+      <x:c r="D339" s="1" t="s">
         <x:v>1350</x:v>
       </x:c>
-      <x:c r="D339" s="1" t="s">
+      <x:c r="E339" s="1" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="F339" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G339" s="1" t="s">
         <x:v>1351</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>860</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="D341" s="1" t="s">
         <x:v>1357</x:v>
       </x:c>
-      <x:c r="D341" s="1" t="s">
+      <x:c r="E341" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F341" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G341" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H341" s="1" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="E341" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
+        <x:v>859</x:v>
+      </x:c>
+      <x:c r="D342" s="1" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="E342" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F342" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G342" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H342" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="D342" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="D344" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="E344" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F344" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G344" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H344" s="1" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="I344" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J344" s="1" t="s">
         <x:v>1367</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1363</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="D346" s="1" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="E346" s="1" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="F346" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G346" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H346" s="1" t="s">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="D346" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="D348" s="1" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="E348" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="F348" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G348" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H348" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
-      <x:c r="D348" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="D349" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="E349" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="F349" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G349" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H349" s="1" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="I349" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J349" s="1" t="s">
         <x:v>1386</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1378</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="C350" s="1" t="s">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="D350" s="1" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="E350" s="1" t="s">
         <x:v>1389</x:v>
       </x:c>
-      <x:c r="C350" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F350" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G350" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H350" s="1" t="s">
         <x:v>1390</x:v>
       </x:c>
-      <x:c r="G350" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C351" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="D351" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="E351" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F351" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G351" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H351" s="1" t="s">
         <x:v>1393</x:v>
       </x:c>
-      <x:c r="C351" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F351" s="1" t="s">
+      <x:c r="I351" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J351" s="1" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="K351" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L351" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A352" s="1">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B352" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C352" s="1" t="s">
         <x:v>1394</x:v>
       </x:c>
-      <x:c r="G351" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H351" s="1" t="s">
+      <x:c r="D352" s="1" t="s">
         <x:v>1395</x:v>
       </x:c>
-      <x:c r="I351" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J351" s="1" t="s">
+      <x:c r="E352" s="1" t="s">
         <x:v>1396</x:v>
       </x:c>
-      <x:c r="K351" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A352" s="2" t="s">
+      <x:c r="F352" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G352" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H352" s="1" t="s">
         <x:v>1397</x:v>
       </x:c>
-      <x:c r="B352" s="2" t="s">
+      <x:c r="I352" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J352" s="1" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="K352" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L352" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A353" s="1">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="B353" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C353" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="D353" s="1" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="E353" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="F353" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G353" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H353" s="1" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="I353" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J353" s="1" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="K353" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L353" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A354" s="1">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="B354" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C354" s="1" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="D354" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="E354" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="F354" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G354" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H354" s="1" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="I354" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J354" s="1" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="K354" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L354" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A355" s="1">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B355" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C355" s="1" t="s">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="D355" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="E355" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F355" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G355" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H355" s="1" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="I355" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J355" s="1" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="K355" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L355" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A356" s="1">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="B356" s="1" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C356" s="1" t="s">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="D356" s="1" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="E356" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="F356" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G356" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H356" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="I356" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J356" s="1" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="K356" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L356" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A357" s="1">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B357" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="C357" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D357" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="E357" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F357" s="1" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="G357" s="1" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="H357" s="1" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="I357" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J357" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="K357" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L357" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A358" s="1">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="B358" s="1" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="C358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F358" s="1" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="G358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H358" s="1" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="I358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J358" s="1" t="s">
+        <x:v>1420</x:v>
+      </x:c>
+      <x:c r="K358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L358" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A359" s="2" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="B359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C352" s="2" t="s">
+      <x:c r="C359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D352" s="2" t="s">
+      <x:c r="D359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E352" s="2" t="s">
+      <x:c r="E359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F352" s="2" t="s">
+      <x:c r="F359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G352" s="2" t="s">
+      <x:c r="G359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H352" s="2" t="s">
+      <x:c r="H359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I352" s="2" t="s">
+      <x:c r="I359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J352" s="2" t="s">
+      <x:c r="J359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K352" s="2" t="s">
+      <x:c r="K359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L352" s="2" t="s">
+      <x:c r="L359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A352:L352"/>
+    <x:mergeCell ref="A359:L359"/>
   </x:mergeCells>
 </x:worksheet>
 </file>