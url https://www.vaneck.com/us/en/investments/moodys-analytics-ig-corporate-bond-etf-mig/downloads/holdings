--- v1 (2026-01-15)
+++ v2 (2026-01-16)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae8f7ddaa614361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5bdce015dd4cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260114" sheetId="1" r:id="R95a03dbb39454035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260115" sheetId="1" r:id="R59b363d93f314f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3953" uniqueCount="1422">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3953" uniqueCount="1423">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,4248 +61,4251 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y8FSPY9</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>225,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$221,525.44</x:t>
+    <x:t>$221,623.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0121DZZX2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
     <x:t>200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$140,500.73</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$140,632.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV5M3C9</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$135,157.47</x:t>
+    <x:t>$135,118.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M1BQWX0</x:t>
   </x:si>
   <x:si>
     <x:t>4.329</x:t>
   </x:si>
   <x:si>
-    <x:t>$127,767.05</x:t>
+    <x:t>$127,639.29</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Societe Generale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RDM6DL9</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$119,663.94</x:t>
+    <x:t>$119,602.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Communications Operating Llc /</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHNZJ15</x:t>
   </x:si>
   <x:si>
     <x:t>5.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,483.83</x:t>
+    <x:t>$116,126.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>T-Mobile Usa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010HF8RG1</x:t>
   </x:si>
   <x:si>
     <x:t>4.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$113,957.99</x:t>
+    <x:t>$113,767.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4Q8W68</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$111,400.35</x:t>
+    <x:t>$111,471.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00V1L17H8</x:t>
   </x:si>
   <x:si>
     <x:t>2.525</x:t>
   </x:si>
   <x:si>
     <x:t>175,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,196.08</x:t>
+    <x:t>$108,384.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0038PKS87</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,988.70</x:t>
+    <x:t>$107,980.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KC2QKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,334.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bnp Paribas Sa</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>06/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GXKMRM4</x:t>
   </x:si>
   <x:si>
     <x:t>5.335</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,110.58</x:t>
+    <x:t>$103,037.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRQ33J9</x:t>
   </x:si>
   <x:si>
     <x:t>4.928</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,803.57</x:t>
+    <x:t>$101,719.97</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Berkshire Hathaway Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VH2H32</x:t>
   </x:si>
   <x:si>
     <x:t>3.850</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,955.13</x:t>
+    <x:t>$99,007.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Centene Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T5K2GV4</x:t>
   </x:si>
   <x:si>
     <x:t>4.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,107.98</x:t>
+    <x:t>$98,021.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PV2CC50</x:t>
   </x:si>
   <x:si>
     <x:t>2.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$96,879.28</x:t>
+    <x:t>$96,796.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,549.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T64VY20</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
     <x:t>150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$96,734.41</x:t>
-[...20 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$96,423.67</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TN2PN26</x:t>
   </x:si>
   <x:si>
     <x:t>2.650</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,530.73</x:t>
+    <x:t>$95,567.97</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SVDLHT3</x:t>
   </x:si>
   <x:si>
     <x:t>2.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,416.13</x:t>
+    <x:t>$95,349.83</x:t>
   </x:si>
   <x:si>
     <x:t>Sprint Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000027JD1</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
     <x:t>75,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,886.99</x:t>
+    <x:t>$92,760.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZLKTF45</x:t>
   </x:si>
   <x:si>
     <x:t>2.550</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,336.23</x:t>
+    <x:t>$92,216.27</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKL2YC8</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,833.17</x:t>
+    <x:t>$90,759.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabian Oil Co</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y707XB5</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,759.50</x:t>
+    <x:t>$90,735.76</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>Hca Inc</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011K30QW4</x:t>
   </x:si>
   <x:si>
     <x:t>2.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,713.03</x:t>
+    <x:t>$89,572.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016HQCKF5</x:t>
   </x:si>
   <x:si>
     <x:t>2.355</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,161.11</x:t>
+    <x:t>$88,936.68</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Telekom International Finance</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00001TB91</x:t>
   </x:si>
   <x:si>
-    <x:t>$88,362.04</x:t>
+    <x:t>$88,225.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific Gas And Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LQ9H3M5</x:t>
   </x:si>
   <x:si>
     <x:t>5.550</x:t>
   </x:si>
   <x:si>
     <x:t>84,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$87,553.07</x:t>
+    <x:t>$87,491.78</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Santander Sa</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JZ5BFD7</x:t>
   </x:si>
   <x:si>
     <x:t>6.938</x:t>
   </x:si>
   <x:si>
-    <x:t>$87,183.52</x:t>
+    <x:t>$87,057.87</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Berkshire Hathaway Energy Co</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MT7C0F4</x:t>
   </x:si>
   <x:si>
     <x:t>4.450</x:t>
   </x:si>
   <x:si>
-    <x:t>$84,080.90</x:t>
+    <x:t>$84,128.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Kraft Heinz Foods Co</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DDZTGK0</x:t>
   </x:si>
   <x:si>
-    <x:t>$83,888.06</x:t>
+    <x:t>$83,977.17</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C6SZC72</x:t>
   </x:si>
   <x:si>
     <x:t>6.691</x:t>
   </x:si>
   <x:si>
-    <x:t>$82,160.27</x:t>
+    <x:t>$82,053.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital One Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S19GVX4</x:t>
   </x:si>
   <x:si>
     <x:t>6.183</x:t>
   </x:si>
   <x:si>
-    <x:t>$80,142.82</x:t>
+    <x:t>$80,097.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8XGKG8</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$78,802.29</x:t>
+    <x:t>$78,667.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5WZHQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,937.00</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Progress Llc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SMZ2KR9</x:t>
   </x:si>
   <x:si>
     <x:t>5.050</x:t>
   </x:si>
   <x:si>
-    <x:t>$77,990.48</x:t>
-[...14 lines deleted...]
-    <x:t>$77,989.59</x:t>
+    <x:t>$77,834.05</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NB2Z4S5</x:t>
   </x:si>
   <x:si>
     <x:t>4.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$77,881.97</x:t>
+    <x:t>$77,833.18</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GHMP4K8</x:t>
   </x:si>
   <x:si>
     <x:t>4.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$77,744.26</x:t>
+    <x:t>$77,591.71</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NP9BB13</x:t>
   </x:si>
   <x:si>
-    <x:t>$77,345.72</x:t>
+    <x:t>$77,250.56</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PDHL8W5</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,940.44</x:t>
+    <x:t>$76,913.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Imperial Bank Of Commerce</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NH9QLH7</x:t>
   </x:si>
   <x:si>
     <x:t>5.237</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,604.80</x:t>
+    <x:t>$76,569.54</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0180XCWQ6</x:t>
   </x:si>
   <x:si>
     <x:t>4.677</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,008.30</x:t>
+    <x:t>$75,973.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9TD2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,750.09</x:t>
   </x:si>
   <x:si>
     <x:t>Mcdonald's Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5C55R6</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,722.74</x:t>
-[...14 lines deleted...]
-    <x:t>$75,688.19</x:t>
+    <x:t>$75,685.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ1ZL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,437.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>Mastercard Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PKLYML5</x:t>
   </x:si>
   <x:si>
     <x:t>4.350</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,514.50</x:t>
-[...14 lines deleted...]
-    <x:t>$75,458.32</x:t>
+    <x:t>$75,401.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa/London</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FPFGJX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,181.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJY83V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,959.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HG8RT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,941.94</x:t>
   </x:si>
   <x:si>
     <x:t>Coca-Cola Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJXGBM7</x:t>
   </x:si>
   <x:si>
     <x:t>2.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,191.56</x:t>
-[...44 lines deleted...]
-    <x:t>$74,959.39</x:t>
+    <x:t>$74,889.65</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VG7474</x:t>
   </x:si>
   <x:si>
     <x:t>2.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,808.17</x:t>
+    <x:t>$74,800.16</x:t>
   </x:si>
   <x:si>
     <x:t>Tyson Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSNL4S1</x:t>
   </x:si>
   <x:si>
     <x:t>3.550</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,792.60</x:t>
+    <x:t>$74,771.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005HHDY85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,770.03</x:t>
   </x:si>
   <x:si>
     <x:t>Sherwin-Williams Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GM56528</x:t>
   </x:si>
   <x:si>
     <x:t>3.450</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,777.28</x:t>
+    <x:t>$74,738.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3M67W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,630.28</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J6GNCT3</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,711.53</x:t>
-[...23 lines deleted...]
-    <x:t>$74,647.76</x:t>
+    <x:t>$74,601.43</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010CRDHX7</x:t>
   </x:si>
   <x:si>
     <x:t>3.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,475.52</x:t>
+    <x:t>$74,401.72</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SNC6M56</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,455.92</x:t>
+    <x:t>$74,350.58</x:t>
   </x:si>
   <x:si>
     <x:t>Vici Properties Lp / Vici Note Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RHH7RT6</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,109.79</x:t>
+    <x:t>$74,039.77</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NTYCL12</x:t>
   </x:si>
   <x:si>
-    <x:t>$73,998.56</x:t>
+    <x:t>$74,004.84</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VQ5X4</x:t>
   </x:si>
   <x:si>
-    <x:t>$73,492.02</x:t>
+    <x:t>$73,359.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QV2K9G4</x:t>
   </x:si>
   <x:si>
     <x:t>3.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,311.98</x:t>
+    <x:t>$72,219.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GX0G367</x:t>
   </x:si>
   <x:si>
-    <x:t>$71,910.58</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$71,946.21</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VQ5H2</x:t>
   </x:si>
   <x:si>
     <x:t>1.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$71,769.99</x:t>
+    <x:t>$71,727.67</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T413H35</x:t>
   </x:si>
   <x:si>
     <x:t>3.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$70,471.52</x:t>
+    <x:t>$70,512.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014C6ZDN1</x:t>
   </x:si>
   <x:si>
     <x:t>2.450</x:t>
   </x:si>
   <x:si>
-    <x:t>$68,036.48</x:t>
+    <x:t>$67,897.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027G8HG9</x:t>
   </x:si>
   <x:si>
-    <x:t>$67,637.10</x:t>
+    <x:t>$67,647.00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010HF7DG3</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,882.85</x:t>
+    <x:t>$66,820.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y3KRN52</x:t>
   </x:si>
   <x:si>
     <x:t>1.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,001.18</x:t>
+    <x:t>$65,874.20</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRG3CK8</x:t>
   </x:si>
   <x:si>
     <x:t>1.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,674.60</x:t>
+    <x:t>$65,558.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHNZVP2</x:t>
   </x:si>
   <x:si>
     <x:t>5.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,468.41</x:t>
+    <x:t>$65,148.24</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LNHXRT3</x:t>
   </x:si>
   <x:si>
     <x:t>4.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$64,631.49</x:t>
+    <x:t>$64,558.74</x:t>
   </x:si>
   <x:si>
     <x:t>Intesa Sanpaolo Spa</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K8D3RC1</x:t>
   </x:si>
   <x:si>
     <x:t>7.800</x:t>
   </x:si>
   <x:si>
     <x:t>50,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$62,523.45</x:t>
+    <x:t>$62,708.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BV231H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,141.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>Italy</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>02/04/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VVKW6</x:t>
   </x:si>
   <x:si>
     <x:t>3.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$59,643.11</x:t>
+    <x:t>$59,558.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.37%</x:t>
   </x:si>
   <x:si>
+    <x:t>Southern California Edison Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G9B3DK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,018.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/28/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K8D3R68</x:t>
   </x:si>
   <x:si>
     <x:t>7.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,018.47</x:t>
-[...14 lines deleted...]
-    <x:t>$57,847.00</x:t>
+    <x:t>$58,002.36</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010HF8445</x:t>
   </x:si>
   <x:si>
-    <x:t>$57,128.92</x:t>
+    <x:t>$56,961.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G6QW2B8</x:t>
   </x:si>
   <x:si>
     <x:t>56,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$56,908.85</x:t>
+    <x:t>$56,906.15</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Bank Ag/New York Ny</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F3MLN18</x:t>
   </x:si>
   <x:si>
     <x:t>7.079</x:t>
   </x:si>
   <x:si>
-    <x:t>$56,710.20</x:t>
+    <x:t>$56,660.64</x:t>
   </x:si>
   <x:si>
     <x:t>Keurig Dr Pepper Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T239HG3</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,948.33</x:t>
+    <x:t>$55,735.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GZWRHR8</x:t>
   </x:si>
   <x:si>
     <x:t>6.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,697.12</x:t>
+    <x:t>$55,672.35</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008LS4X46</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,851.15</x:t>
+    <x:t>$54,677.00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GXKWQ81</x:t>
   </x:si>
   <x:si>
     <x:t>6.377</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,290.62</x:t>
+    <x:t>$54,285.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00006VK33</x:t>
   </x:si>
   <x:si>
     <x:t>6.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,233.12</x:t>
+    <x:t>$54,190.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,981.45</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K28Q4F1</x:t>
   </x:si>
   <x:si>
     <x:t>6.650</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,075.87</x:t>
+    <x:t>$53,956.29</x:t>
   </x:si>
   <x:si>
     <x:t>Philip Morris International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BJ99GP2</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,949.88</x:t>
-[...11 lines deleted...]
-    <x:t>$53,823.20</x:t>
+    <x:t>$53,850.19</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Agricole Sa</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRSZ041</x:t>
   </x:si>
   <x:si>
     <x:t>2.811</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,723.43</x:t>
+    <x:t>$53,691.73</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Finance Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKL35N8</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,641.97</x:t>
+    <x:t>$53,666.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,184.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HQ2KXS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,020.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ99FW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,009.15</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZCG9469</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,389.90</x:t>
-[...35 lines deleted...]
-    <x:t>$53,050.09</x:t>
+    <x:t>$52,954.92</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QW834</x:t>
   </x:si>
   <x:si>
     <x:t>5.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,818.98</x:t>
+    <x:t>$52,730.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QRZ0F73</x:t>
   </x:si>
   <x:si>
     <x:t>5.906</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,627.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$52,537.35</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego Gas &amp; Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T1YGD67</x:t>
   </x:si>
   <x:si>
     <x:t>5.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,607.05</x:t>
+    <x:t>$52,536.88</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NP89S84</x:t>
   </x:si>
   <x:si>
     <x:t>5.439</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,524.40</x:t>
+    <x:t>$52,438.57</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMKJX59</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,400.48</x:t>
+    <x:t>$52,430.82</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HP17343</x:t>
   </x:si>
   <x:si>
     <x:t>4.875</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,359.55</x:t>
+    <x:t>$52,332.71</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01D27L623</x:t>
   </x:si>
   <x:si>
     <x:t>4.850</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,331.49</x:t>
+    <x:t>$52,281.42</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LFQ00Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,285.40</x:t>
+    <x:t>$52,246.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flutter Treasury Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V57CJF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,734.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>United Rentals North America Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BJ9JL89</x:t>
   </x:si>
   <x:si>
     <x:t>6.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,629.54</x:t>
+    <x:t>$51,620.31</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LFPZZ40</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,527.97</x:t>
-[...17 lines deleted...]
-    <x:t>Ireland</x:t>
+    <x:t>$51,511.85</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MRC5552</x:t>
   </x:si>
   <x:si>
     <x:t>5.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,401.49</x:t>
+    <x:t>$51,386.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV1M8N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,279.44</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TNXN1J9</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,364.26</x:t>
-[...11 lines deleted...]
-    <x:t>$51,307.40</x:t>
+    <x:t>$51,272.42</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HP0KFD3</x:t>
   </x:si>
   <x:si>
     <x:t>7.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,235.40</x:t>
+    <x:t>$51,267.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitios Latinoamerica Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G3XBY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,199.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMKS7K9</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,204.91</x:t>
-[...14 lines deleted...]
-    <x:t>Mexico</x:t>
+    <x:t>$51,127.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2SFP92</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,143.38</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$51,093.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glp Capital Lp / Glp Financing Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M0DVW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,085.22</x:t>
   </x:si>
   <x:si>
     <x:t>Conagra Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M897H62</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,094.25</x:t>
+    <x:t>$51,072.28</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKC6FT1</x:t>
   </x:si>
   <x:si>
     <x:t>4.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,049.81</x:t>
-[...14 lines deleted...]
-    <x:t>$51,041.81</x:t>
+    <x:t>$51,053.78</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NBCFRX8</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,009.53</x:t>
+    <x:t>$50,962.69</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C97HD64</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,920.64</x:t>
+    <x:t>$50,905.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0P54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,733.45</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y8FSNL8</x:t>
   </x:si>
   <x:si>
     <x:t>4.600</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,840.35</x:t>
+    <x:t>$50,724.05</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBK61X2</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,802.51</x:t>
-[...11 lines deleted...]
-    <x:t>$50,801.50</x:t>
+    <x:t>$50,698.68</x:t>
   </x:si>
   <x:si>
     <x:t>General Mills Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHP0714</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,680.06</x:t>
+    <x:t>$50,640.03</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BV22XH2</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,635.96</x:t>
+    <x:t>$50,614.38</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Corpus Christi Holdings Llc</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCCY732</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,584.95</x:t>
+    <x:t>$50,569.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,494.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L524VF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,434.67</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4R86W5</x:t>
   </x:si>
   <x:si>
     <x:t>5.197</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,577.65</x:t>
-[...14 lines deleted...]
-    <x:t>$50,473.57</x:t>
+    <x:t>$50,430.81</x:t>
   </x:si>
   <x:si>
     <x:t>Tsmc Arizona Corp</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016W8XQZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,444.77</x:t>
+    <x:t>$50,422.68</x:t>
   </x:si>
   <x:si>
     <x:t>Republic Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KVCJXV7</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,428.54</x:t>
+    <x:t>$50,409.11</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PKLYMK6</x:t>
   </x:si>
   <x:si>
     <x:t>4.100</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,379.28</x:t>
+    <x:t>$50,344.28</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YM3CR56</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,193.10</x:t>
+    <x:t>$50,163.81</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Us Capital Llc</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019WPKCH1</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,170.20</x:t>
+    <x:t>$50,150.65</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PC757T3</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,049.66</x:t>
+    <x:t>$50,020.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR3L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,993.53</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PKLYMQ0</x:t>
   </x:si>
   <x:si>
     <x:t>4.550</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,026.90</x:t>
-[...8 lines deleted...]
-    <x:t>$50,013.23</x:t>
+    <x:t>$49,952.26</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HXH1PF5</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,843.76</x:t>
+    <x:t>$49,833.32</x:t>
   </x:si>
   <x:si>
     <x:t>Vistra Operations Co Llc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PC0ZJ91</x:t>
   </x:si>
   <x:si>
     <x:t>4.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,759.29</x:t>
+    <x:t>$49,697.04</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MRC2555</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,586.96</x:t>
+    <x:t>$49,661.21</x:t>
   </x:si>
   <x:si>
     <x:t>Procter &amp; Gamble Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014X1W755</x:t>
   </x:si>
   <x:si>
     <x:t>1.900</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,573.53</x:t>
+    <x:t>$49,576.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C6ZD42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,523.28</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P168QC0</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,536.81</x:t>
+    <x:t>$49,474.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>02/02/2027</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/11/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014CBRPR8</x:t>
   </x:si>
   <x:si>
     <x:t>2.015</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,118.00</x:t>
+    <x:t>$49,126.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118Z8S55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,652.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,633.59</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P98JG29</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,678.91</x:t>
-[...17 lines deleted...]
-    <x:t>$48,650.81</x:t>
+    <x:t>$48,606.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4Q2R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,564.50</x:t>
   </x:si>
   <x:si>
     <x:t>S&amp;P Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7RX243</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,593.65</x:t>
-[...8 lines deleted...]
-    <x:t>$48,570.36</x:t>
+    <x:t>$48,555.71</x:t>
   </x:si>
   <x:si>
     <x:t>Equinix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QSDFBD8</x:t>
   </x:si>
   <x:si>
     <x:t>3.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,350.89</x:t>
+    <x:t>$48,283.93</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SK430W8</x:t>
   </x:si>
   <x:si>
     <x:t>2.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,022.02</x:t>
+    <x:t>$47,967.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011B7SYN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,939.34</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VQ626</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,957.60</x:t>
-[...8 lines deleted...]
-    <x:t>$47,918.06</x:t>
+    <x:t>$47,936.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,625.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
-    <x:t>09/11/2029</x:t>
-[...8 lines deleted...]
-    <x:t>$47,676.18</x:t>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T250BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,508.27</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5TT274</x:t>
   </x:si>
   <x:si>
     <x:t>6.484</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,649.63</x:t>
-[...11 lines deleted...]
-    <x:t>$47,509.09</x:t>
+    <x:t>$47,505.66</x:t>
   </x:si>
   <x:si>
     <x:t>Blue Owl Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011BP7RK9</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,452.62</x:t>
+    <x:t>$47,447.53</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VG76N1</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,275.06</x:t>
+    <x:t>$47,184.45</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2060</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SXGDH40</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,004.54</x:t>
+    <x:t>$47,029.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS59M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,687.83</x:t>
   </x:si>
   <x:si>
     <x:t>Visa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SY21BQ2</x:t>
   </x:si>
   <x:si>
     <x:t>2.050</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,685.68</x:t>
+    <x:t>$46,624.27</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S4X15V4</x:t>
   </x:si>
   <x:si>
     <x:t>2.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,669.05</x:t>
-[...8 lines deleted...]
-    <x:t>$46,550.29</x:t>
+    <x:t>$46,620.64</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015SKPHZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,445.73</x:t>
+    <x:t>$46,346.87</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DDZT3D7</x:t>
   </x:si>
   <x:si>
     <x:t>5.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,278.05</x:t>
+    <x:t>$46,289.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T7L4695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,509.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>Costco Wholesale Corp</x:t>
-[...11 lines deleted...]
-    <x:t>$45,606.46</x:t>
+    <x:t>04/14/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5Y3314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,358.98</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJXGBK9</x:t>
   </x:si>
   <x:si>
     <x:t>1.650</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,393.40</x:t>
-[...8 lines deleted...]
-    <x:t>$45,329.60</x:t>
+    <x:t>$45,321.43</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010JB6QH1</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,258.93</x:t>
+    <x:t>$45,156.75</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Pacific Railway Co</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KWWDS5</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,171.04</x:t>
+    <x:t>$45,105.31</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011WYRSJ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,048.40</x:t>
+    <x:t>$45,016.96</x:t>
   </x:si>
   <x:si>
     <x:t>Vmware Llc</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011WS37X4</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,946.71</x:t>
+    <x:t>$44,905.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,813.02</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VVKV7</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,899.99</x:t>
-[...5 lines deleted...]
-    <x:t>$44,890.80</x:t>
+    <x:t>$44,791.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Co Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZDQ7681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,081.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5C5MJ8</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,152.89</x:t>
-[...17 lines deleted...]
-    <x:t>$44,141.06</x:t>
+    <x:t>$44,053.13</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XC9CRH3</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,098.72</x:t>
+    <x:t>$44,028.51</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VVSMR74</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,894.74</x:t>
+    <x:t>$43,966.17</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011ZR87F8</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,874.70</x:t>
+    <x:t>$43,826.65</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005BRVT44</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,651.52</x:t>
+    <x:t>$43,684.82</x:t>
   </x:si>
   <x:si>
     <x:t>Nestle Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X70DNM0</x:t>
   </x:si>
   <x:si>
     <x:t>1.000</x:t>
   </x:si>
   <x:si>
     <x:t>45,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,206.94</x:t>
+    <x:t>$43,187.36</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004HST0K7</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,019.08</x:t>
+    <x:t>$43,016.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Cameron Lng Llc</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V1071</x:t>
   </x:si>
   <x:si>
     <x:t>3.701</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,005.61</x:t>
+    <x:t>$42,957.36</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MZZXH38</x:t>
   </x:si>
   <x:si>
-    <x:t>$42,478.23</x:t>
+    <x:t>$42,502.44</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014HG8YR4</x:t>
   </x:si>
   <x:si>
     <x:t>4.027</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,909.17</x:t>
+    <x:t>$39,983.37</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Ubs Group Ag</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014CJFWD4</x:t>
   </x:si>
   <x:si>
     <x:t>3.179</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,052.59</x:t>
+    <x:t>$39,094.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SK43110</x:t>
   </x:si>
   <x:si>
     <x:t>3.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,970.10</x:t>
+    <x:t>$39,006.90</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010JB6R25</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,890.02</x:t>
+    <x:t>$38,796.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alimentation Couche-Tard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHWBP76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,549.54</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PXNPQ93</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,542.88</x:t>
-[...11 lines deleted...]
-    <x:t>$38,499.09</x:t>
+    <x:t>$38,509.46</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PXNPR37</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,988.49</x:t>
+    <x:t>$37,968.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012VD91P2</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,107.25</x:t>
+    <x:t>$37,080.54</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012FCNQ53</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,924.66</x:t>
+    <x:t>$36,878.98</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GWNCLW2</x:t>
   </x:si>
   <x:si>
     <x:t>6.100</x:t>
   </x:si>
   <x:si>
     <x:t>35,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,691.06</x:t>
+    <x:t>$36,662.01</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2060</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00V0XGY88</x:t>
   </x:si>
   <x:si>
-    <x:t>$35,087.95</x:t>
+    <x:t>$35,099.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R9NV7J0</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,786.25</x:t>
+    <x:t>$34,806.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010CJ08Z7</x:t>
   </x:si>
   <x:si>
     <x:t>3.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,470.95</x:t>
+    <x:t>$34,513.16</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q5L6G62</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,429.03</x:t>
+    <x:t>$34,437.87</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017RD17N3</x:t>
   </x:si>
   <x:si>
-    <x:t>$34,347.27</x:t>
+    <x:t>$34,370.26</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QJ138Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,798.15</x:t>
+    <x:t>$33,826.18</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZS0BPT2</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,595.02</x:t>
+    <x:t>$33,668.37</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRSB227</x:t>
   </x:si>
   <x:si>
     <x:t>2.850</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,948.64</x:t>
+    <x:t>$32,955.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XS5PH19</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,741.79</x:t>
+    <x:t>$32,783.32</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LC1WGC2</x:t>
   </x:si>
   <x:si>
     <x:t>5.267</x:t>
   </x:si>
   <x:si>
     <x:t>30,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,427.23</x:t>
+    <x:t>$31,375.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JZ64TW2</x:t>
   </x:si>
   <x:si>
     <x:t>7.964</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,847.17</x:t>
+    <x:t>$29,823.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00008J8X7</x:t>
   </x:si>
   <x:si>
     <x:t>7.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,162.26</x:t>
+    <x:t>$29,139.38</x:t>
   </x:si>
   <x:si>
     <x:t>Var Energi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFQSQL9</x:t>
   </x:si>
   <x:si>
     <x:t>8.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$29,050.21</x:t>
+    <x:t>$29,005.69</x:t>
   </x:si>
   <x:si>
     <x:t>Norway</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003PS26C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,961.55</x:t>
+    <x:t>$28,912.03</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J5HRSG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,497.43</x:t>
+    <x:t>$28,499.24</x:t>
   </x:si>
   <x:si>
     <x:t>Aig Sunamerica Global Financing X</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00000LYP3</x:t>
   </x:si>
   <x:si>
     <x:t>6.900</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,452.56</x:t>
+    <x:t>$28,393.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J9H9BW1</x:t>
   </x:si>
   <x:si>
     <x:t>6.950</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,378.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$28,339.26</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000K8L81</x:t>
   </x:si>
   <x:si>
     <x:t>6.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,326.13</x:t>
+    <x:t>$28,301.72</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0000DPJQ3</x:t>
   </x:si>
   <x:si>
     <x:t>6.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,706.00</x:t>
+    <x:t>$27,683.34</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001LSHH24</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,521.60</x:t>
+    <x:t>$27,498.15</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KZJ6QM6</x:t>
   </x:si>
   <x:si>
     <x:t>6.066</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,227.17</x:t>
+    <x:t>$27,208.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCW2Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,072.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>Iqvia Inc</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L8FXYD5</x:t>
   </x:si>
   <x:si>
     <x:t>6.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,054.07</x:t>
-[...14 lines deleted...]
-    <x:t>Poland</x:t>
+    <x:t>$27,020.38</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of Montreal</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2084</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NPN4GT9</x:t>
   </x:si>
   <x:si>
     <x:t>7.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,002.81</x:t>
+    <x:t>$27,017.73</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian Natural Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00008Q3X0</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,986.74</x:t>
+    <x:t>$26,977.71</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SXGF919</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,956.24</x:t>
+    <x:t>$26,925.47</x:t>
   </x:si>
   <x:si>
     <x:t>Oncor Electric Delivery Co Llc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KR6C1R6</x:t>
   </x:si>
   <x:si>
     <x:t>5.650</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,896.61</x:t>
+    <x:t>$26,829.05</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRDFL31</x:t>
   </x:si>
   <x:si>
     <x:t>5.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,840.29</x:t>
+    <x:t>$26,807.61</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QW8M3</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,760.78</x:t>
+    <x:t>$26,730.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>01/10/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KV92VM5</x:t>
   </x:si>
   <x:si>
     <x:t>6.251</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,633.09</x:t>
+    <x:t>$26,615.08</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LTHZW68</x:t>
   </x:si>
   <x:si>
     <x:t>5.365</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,545.12</x:t>
+    <x:t>$26,518.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFQ02D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,465.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minera Mexico Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53MG87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,449.22</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2039</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NB2Z5H4</x:t>
   </x:si>
   <x:si>
     <x:t>5.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,485.98</x:t>
-[...20 lines deleted...]
-    <x:t>$26,476.22</x:t>
+    <x:t>$26,414.37</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VYFZQG6</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,388.01</x:t>
+    <x:t>$26,404.95</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S53GF04</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,384.56</x:t>
+    <x:t>$26,324.42</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H74YF40</x:t>
   </x:si>
   <x:si>
     <x:t>5.514</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,312.03</x:t>
+    <x:t>$26,279.89</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S2T2MW5</x:t>
   </x:si>
   <x:si>
     <x:t>5.130</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,298.90</x:t>
+    <x:t>$26,261.77</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QXLW510</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,261.23</x:t>
+    <x:t>$26,222.04</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MRSXMV0</x:t>
   </x:si>
   <x:si>
     <x:t>5.414</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,209.16</x:t>
+    <x:t>$26,187.02</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L0P4ZH6</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,205.36</x:t>
+    <x:t>$26,184.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBWF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,116.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CCZ38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,088.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,041.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRP7ST0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,025.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,007.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBW86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,996.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Citizens Bancshares Inc/Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ94SP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,973.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHWZPD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,971.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,953.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,877.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danske Bank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9DYP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,873.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019J0KQF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,848.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G137GB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,838.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SKD4ZC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,820.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT02K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,815.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0L08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,807.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TV6YQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,787.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2RSKZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,782.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G26NCX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,761.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1SS57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,733.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Carolinas Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6Y8BG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,726.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0JB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,716.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itc Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3M5Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,709.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJT2VD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,696.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westinghouse Air Brake Technologies Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY7Z109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,690.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZ2G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,681.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81VX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,602.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencosud Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H4FV4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,576.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expand Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZV9LPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,552.36</x:t>
   </x:si>
   <x:si>
     <x:t>M&amp;T Bank Corp</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R70C2J3</x:t>
   </x:si>
   <x:si>
     <x:t>5.385</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,176.72</x:t>
-[...296 lines deleted...]
-    <x:t>$25,549.11</x:t>
+    <x:t>$25,467.48</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NP89S93</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,462.25</x:t>
+    <x:t>$25,450.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLL3Z37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,439.09</x:t>
   </x:si>
   <x:si>
     <x:t>Ferguson Finance Plc</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M8RBC22</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,454.95</x:t>
-[...11 lines deleted...]
-    <x:t>$25,435.05</x:t>
+    <x:t>$25,418.60</x:t>
   </x:si>
   <x:si>
     <x:t>Roper Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LQ0XR99</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,425.83</x:t>
+    <x:t>$25,410.38</x:t>
   </x:si>
   <x:si>
     <x:t>Mplx Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FY6JD33</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,392.61</x:t>
+    <x:t>$25,382.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQKG6L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,357.03</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P2G80H9</x:t>
   </x:si>
   <x:si>
     <x:t>4.597</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,367.37</x:t>
-[...11 lines deleted...]
-    <x:t>$25,360.90</x:t>
+    <x:t>$25,348.19</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018TB2QQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,322.01</x:t>
+    <x:t>$25,301.51</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QSDFVC5</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,312.53</x:t>
+    <x:t>$25,284.85</x:t>
   </x:si>
   <x:si>
     <x:t>Cintas Corp No 2</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G6BVVQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,206.17</x:t>
+    <x:t>$25,190.29</x:t>
   </x:si>
   <x:si>
     <x:t>O'Reilly Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HFDK095</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,176.37</x:t>
+    <x:t>$25,162.59</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017X5RTL9</x:t>
   </x:si>
   <x:si>
     <x:t>4.108</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,176.19</x:t>
+    <x:t>$25,161.87</x:t>
   </x:si>
   <x:si>
     <x:t>Svenska Handelsbanken Ab</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017X6D0Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,166.93</x:t>
+    <x:t>$25,158.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
+    <x:t>02/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQKBFK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,146.40</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y5PZ0G7</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,164.55</x:t>
-[...8 lines deleted...]
-    <x:t>$25,154.46</x:t>
+    <x:t>$25,143.21</x:t>
   </x:si>
   <x:si>
     <x:t>Mccormick &amp; Co Inc/Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDQYCH8</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,148.17</x:t>
+    <x:t>$25,135.21</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016G45762</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,130.76</x:t>
+    <x:t>$25,123.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CD51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,087.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSN10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,082.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01743S0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,046.99</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014GVQNY8</x:t>
   </x:si>
   <x:si>
     <x:t>3.257</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,103.15</x:t>
-[...32 lines deleted...]
-    <x:t>$25,077.60</x:t>
+    <x:t>$25,044.67</x:t>
   </x:si>
   <x:si>
     <x:t>Enel Finance International Nv</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSK9VB9</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,981.48</x:t>
+    <x:t>$24,964.15</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VVSSD79</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,976.84</x:t>
+    <x:t>$24,949.51</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014J6PWZ0</x:t>
   </x:si>
   <x:si>
     <x:t>2.591</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,934.95</x:t>
+    <x:t>$24,929.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63R37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,906.64</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HMW4CK4</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,926.67</x:t>
+    <x:t>$24,905.35</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J9YRRW0</x:t>
   </x:si>
   <x:si>
     <x:t>3.667</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,923.25</x:t>
+    <x:t>$24,901.23</x:t>
   </x:si>
   <x:si>
     <x:t>India</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/24/2084</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QD83755</x:t>
   </x:si>
   <x:si>
     <x:t>6.350</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,843.60</x:t>
+    <x:t>$24,875.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7RWWG5</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,840.91</x:t>
+    <x:t>$24,833.51</x:t>
   </x:si>
   <x:si>
     <x:t>Bank Of New York Mellon Corp/The</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014MR3306</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,821.22</x:t>
+    <x:t>$24,815.45</x:t>
   </x:si>
   <x:si>
     <x:t>Dt Midstream Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113S2FV1</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,779.09</x:t>
+    <x:t>$24,759.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSB663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,719.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,697.24</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016L9VGM8</x:t>
   </x:si>
   <x:si>
     <x:t>4.588</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,733.35</x:t>
-[...17 lines deleted...]
-    <x:t>$24,654.36</x:t>
+    <x:t>$24,680.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,610.49</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZSWSP9</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,632.15</x:t>
-[...5 lines deleted...]
-    <x:t>$24,622.31</x:t>
+    <x:t>$24,605.17</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XLXLLW6</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,619.70</x:t>
+    <x:t>$24,586.57</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ST63RD6</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,616.61</x:t>
+    <x:t>$24,584.44</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z4KNGQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,609.27</x:t>
+    <x:t>$24,574.36</x:t>
   </x:si>
   <x:si>
     <x:t>Abu Dhabi Crude Oil Pipeline Llc</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J02WN52</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,591.44</x:t>
+    <x:t>$24,557.88</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>News Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXXPNK3</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,532.88</x:t>
+    <x:t>$24,497.61</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PT7KLS8</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,504.90</x:t>
+    <x:t>$24,489.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0068BF2F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,464.56</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Louisiana Llc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KDPR9V2</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,493.57</x:t>
-[...8 lines deleted...]
-    <x:t>$24,405.06</x:t>
+    <x:t>$24,450.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDV0B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,419.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,379.11</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016NCR5X6</x:t>
   </x:si>
   <x:si>
     <x:t>4.050</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,392.63</x:t>
+    <x:t>$24,344.85</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SRCRMG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,374.98</x:t>
-[...20 lines deleted...]
-    <x:t>$24,317.67</x:t>
+    <x:t>$24,339.35</x:t>
   </x:si>
   <x:si>
     <x:t>Jde Peet's Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012NJRDN4</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,311.88</x:t>
+    <x:t>$24,315.82</x:t>
   </x:si>
   <x:si>
     <x:t>Nrg Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y6TNGG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,227.27</x:t>
+    <x:t>$24,215.52</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKL2L72</x:t>
   </x:si>
   <x:si>
     <x:t>1.904</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,220.30</x:t>
+    <x:t>$24,211.13</x:t>
   </x:si>
   <x:si>
     <x:t>International Flavors &amp; Fragrances Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7K3D03</x:t>
   </x:si>
   <x:si>
     <x:t>1.832</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,115.62</x:t>
+    <x:t>$24,106.34</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M897H71</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,052.65</x:t>
+    <x:t>$24,073.24</x:t>
   </x:si>
   <x:si>
     <x:t>Gartner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XC9C5X3</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,051.62</x:t>
+    <x:t>$24,034.74</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XS5PR62</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,864.85</x:t>
+    <x:t>$23,860.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M3FYGS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,800.35</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RB6PY93</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,835.91</x:t>
+    <x:t>$23,800.25</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Q3W871</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,792.37</x:t>
-[...8 lines deleted...]
-    <x:t>$23,714.37</x:t>
+    <x:t>$23,767.04</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VH2D77</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,598.27</x:t>
+    <x:t>$23,558.02</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZKWNMM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,378.96</x:t>
+    <x:t>$23,339.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>Unicredit Spa</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01173QYM5</x:t>
   </x:si>
   <x:si>
     <x:t>3.127</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,343.79</x:t>
+    <x:t>$23,313.72</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BL6CVP9</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,163.47</x:t>
+    <x:t>$23,178.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V0YV1</x:t>
   </x:si>
   <x:si>
     <x:t>2.902</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,153.91</x:t>
+    <x:t>$23,103.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C171ZB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,076.98</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PC757X8</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,015.92</x:t>
-[...8 lines deleted...]
-    <x:t>$22,967.89</x:t>
+    <x:t>$23,039.55</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZHCFNY3</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,872.49</x:t>
+    <x:t>$22,838.19</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ06334</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,865.94</x:t>
+    <x:t>$22,836.07</x:t>
   </x:si>
   <x:si>
     <x:t>Pioneer Natural Resources Co</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YXM9X17</x:t>
   </x:si>
   <x:si>
     <x:t>2.150</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,738.89</x:t>
+    <x:t>$22,702.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YPZRV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,666.57</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006R54KG9</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,724.08</x:t>
-[...5 lines deleted...]
-    <x:t>$22,698.86</x:t>
+    <x:t>$22,658.34</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VQ5K8</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,538.79</x:t>
+    <x:t>$22,511.53</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V0ZG5</x:t>
   </x:si>
   <x:si>
     <x:t>3.302</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,966.90</x:t>
+    <x:t>$21,949.23</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y48MM46</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,861.14</x:t>
+    <x:t>$21,805.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C9M26R9</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,547.08</x:t>
+    <x:t>$21,607.98</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SJ1SS48</x:t>
   </x:si>
   <x:si>
     <x:t>20,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,039.38</x:t>
+    <x:t>$21,024.89</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LNN0RV3</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,920.03</x:t>
+    <x:t>$20,868.42</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2KQNJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,790.05</x:t>
+    <x:t>$20,724.94</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z4KQM79</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,592.98</x:t>
+    <x:t>$20,637.92</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0191F27S6</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,494.89</x:t>
+    <x:t>$20,529.76</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2062</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0168YSTD4</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,201.80</x:t>
+    <x:t>$20,277.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2063</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015Z953D3</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,100.53</x:t>
+    <x:t>$20,070.52</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KW9LG6</x:t>
   </x:si>
   <x:si>
     <x:t>3.330</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,422.80</x:t>
+    <x:t>$19,383.70</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHZ7Q86</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,308.83</x:t>
+    <x:t>$19,306.16</x:t>
   </x:si>
   <x:si>
     <x:t>Infraestructura Energetica Nova Sapi De</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X8R5V14</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,031.43</x:t>
+    <x:t>$19,147.23</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PYZYK98</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,700.46</x:t>
+    <x:t>$17,719.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7K3F71</x:t>
   </x:si>
   <x:si>
     <x:t>3.468</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,567.60</x:t>
+    <x:t>$17,559.39</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D7FYSW6</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,470.39</x:t>
+    <x:t>$17,477.05</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2061</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113H0SM9</x:t>
   </x:si>
   <x:si>
     <x:t>4.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,481.37</x:t>
+    <x:t>$16,457.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012VD92L4</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,066.83</x:t>
+    <x:t>$16,066.96</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z4KRXX5</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,790.25</x:t>
+    <x:t>$15,824.14</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X3GQPR5</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,343.16</x:t>
+    <x:t>$15,354.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXC1SB4</x:t>
   </x:si>
   <x:si>
     <x:t>2.987</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,271.62</x:t>
+    <x:t>$15,273.72</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>56,912</x:t>
-[...2 lines deleted...]
-    <x:t>$56,911.97</x:t>
+    <x:t>57,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,590.45</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,188.77</x:t>
+    <x:t>$-3,284.44</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -4333,51 +4336,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600e774b4e9a422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Reb6866832a4a45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95a03dbb39454035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c81fa544b344c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R836a776aac8d48be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59b363d93f314f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L359"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -4839,156 +4842,156 @@
       <x:c r="B13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
@@ -5020,250 +5023,250 @@
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
@@ -5286,203 +5289,203 @@
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
@@ -5590,89 +5593,89 @@
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
@@ -5751,241 +5754,241 @@
       <x:c r="B37" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
@@ -6096,846 +6099,846 @@
       <x:c r="C46" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
@@ -6981,51 +6984,51 @@
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
@@ -7057,51 +7060,51 @@
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
@@ -7271,10740 +7274,10740 @@
       <x:c r="B77" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="D146" s="1" t="s">
+      <x:c r="E146" s="1" t="s">
         <x:v>658</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="E205" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="F205" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G205" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H205" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="I205" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J205" s="1" t="s">
         <x:v>879</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>878</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>902</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H210" s="1" t="s">
+        <x:v>903</x:v>
+      </x:c>
+      <x:c r="I210" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J210" s="1" t="s">
         <x:v>899</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>902</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="F223" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G223" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H223" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="I223" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J223" s="1" t="s">
         <x:v>954</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>953</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="F235" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G235" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H235" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
-      <x:c r="F235" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
+        <x:v>999</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="D236" s="1" t="s">
+      <x:c r="E236" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H236" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
-      <x:c r="E236" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
+        <x:v>1002</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="E237" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F238" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G238" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H238" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
-      <x:c r="F238" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F239" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G239" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H239" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="E240" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H240" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="E240" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="F243" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G243" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H243" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
-      <x:c r="F243" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H244" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="D244" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>1040</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
         <x:v>1041</x:v>
       </x:c>
-      <x:c r="C248" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D248" s="1" t="s">
+      <x:c r="E248" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F248" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H248" s="1" t="s">
         <x:v>1042</x:v>
       </x:c>
-      <x:c r="E248" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
+        <x:v>1043</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
         <x:v>1044</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1045</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F250" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G250" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H250" s="1" t="s">
         <x:v>1047</x:v>
       </x:c>
-      <x:c r="D250" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="F251" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G251" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H251" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="E251" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="C253" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="C253" s="1" t="s">
+      <x:c r="D253" s="1" t="s">
         <x:v>1056</x:v>
       </x:c>
-      <x:c r="D253" s="1" t="s">
+      <x:c r="E253" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F253" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G253" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H253" s="1" t="s">
         <x:v>1057</x:v>
       </x:c>
-      <x:c r="E253" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
+        <x:v>1058</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="D254" s="1" t="s">
+      <x:c r="E254" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="F254" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G254" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H254" s="1" t="s">
         <x:v>1060</x:v>
       </x:c>
-      <x:c r="E254" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="C255" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D255" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="C255" s="1" t="s">
+      <x:c r="E255" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F255" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G255" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H255" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="D255" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="D257" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="F257" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G257" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H257" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
-      <x:c r="D257" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="C258" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
-      <x:c r="C258" s="1" t="s">
+      <x:c r="E258" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
-      <x:c r="D258" s="1" t="s">
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="E258" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
+        <x:v>1076</x:v>
+      </x:c>
+      <x:c r="C259" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="C259" s="1" t="s">
+      <x:c r="D259" s="1" t="s">
         <x:v>1078</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1079</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
-      <x:c r="D260" s="1" t="s">
+      <x:c r="E260" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
-      <x:c r="E260" s="1" t="s">
+      <x:c r="F260" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G260" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H260" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
-      <x:c r="F260" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D261" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
-      <x:c r="D261" s="1" t="s">
+      <x:c r="E261" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="F261" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G261" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H261" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
-      <x:c r="E261" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
+        <x:v>1087</x:v>
+      </x:c>
+      <x:c r="C262" s="1" t="s">
         <x:v>1088</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="C264" s="1" t="s">
         <x:v>1096</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>623</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="F290" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G290" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H290" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="F290" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
+        <x:v>1193</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="D291" s="1" t="s">
+      <x:c r="E291" s="1" t="s">
         <x:v>1195</x:v>
       </x:c>
-      <x:c r="E291" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="C325" s="1" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="D325" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
+        <x:v>1306</x:v>
+      </x:c>
+      <x:c r="F325" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G325" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H325" s="1" t="s">
+        <x:v>1307</x:v>
+      </x:c>
+      <x:c r="I325" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J325" s="1" t="s">
         <x:v>1302</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>1301</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="D338" s="1" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="E338" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="F338" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G338" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H338" s="1" t="s">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="I338" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J338" s="1" t="s">
         <x:v>1346</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1345</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="D350" s="1" t="s">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="E350" s="1" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="F350" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G350" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H350" s="1" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="I350" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J350" s="1" t="s">
         <x:v>1387</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1386</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="D353" s="1" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="E353" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="F353" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G353" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H353" s="1" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="I353" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J353" s="1" t="s">
         <x:v>1399</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1398</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="D356" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="E356" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="F356" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G356" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="H356" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="I356" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J356" s="1" t="s">
         <x:v>1409</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1408</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="2" t="s">
-        <x:v>1421</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="B359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I359" s="2" t="s">
         <x:v>1</x:v>
       </x:c>