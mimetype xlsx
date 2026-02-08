--- v2 (2026-01-16)
+++ v3 (2026-02-08)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5bdce015dd4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72235059221f43b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260115" sheetId="1" r:id="R59b363d93f314f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260205" sheetId="1" r:id="R1b969a9884794433"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3953" uniqueCount="1423">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4063" uniqueCount="1449">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,4257 +58,4335 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y8FSPY9</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>225,000</x:t>
-[...2 lines deleted...]
-    <x:t>$221,623.80</x:t>
+    <x:t>300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,082.10</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.36%</x:t>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0121DZZX2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
-    <x:t>200,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,003.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PV2CC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,905.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T-Mobile Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF8RG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,613.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verizon Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HQCKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,970.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV5M3C9</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$135,118.96</x:t>
-[...20 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>$130,810.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Societe Generale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RDM6DL9</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$119,602.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$118,376.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Charter Communications Operating Llc /</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHNZJ15</x:t>
   </x:si>
   <x:si>
     <x:t>5.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,126.54</x:t>
-[...20 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>$117,390.89</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4Q8W68</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$111,471.45</x:t>
-[...2 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>$110,834.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00V1L17H8</x:t>
   </x:si>
   <x:si>
     <x:t>2.525</x:t>
   </x:si>
   <x:si>
     <x:t>175,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$108,384.28</x:t>
-[...2 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$107,465.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KC2QKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,444.83</x:t>
   </x:si>
   <x:si>
     <x:t>Altria Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>08/09/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0038PKS87</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$107,980.04</x:t>
-[...20 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$107,322.31</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GXKMRM4</x:t>
   </x:si>
   <x:si>
     <x:t>5.335</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,037.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>$103,621.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital One Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19GVX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,572.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,311.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180XCWQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,731.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XRQ33J9</x:t>
   </x:si>
   <x:si>
     <x:t>4.928</x:t>
   </x:si>
   <x:si>
-    <x:t>$101,719.97</x:t>
+    <x:t>$101,509.24</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
+    <x:t>12/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZ10YF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,249.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNV31R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,025.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HGN8C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,485.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T64VY20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,537.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centene Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T5K2GV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,235.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,163.55</x:t>
+  </x:si>
+  <x:si>
     <x:t>Berkshire Hathaway Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VH2H32</x:t>
   </x:si>
   <x:si>
     <x:t>3.850</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,007.93</x:t>
-[...71 lines deleted...]
-    <x:t>$96,423.67</x:t>
+    <x:t>$97,486.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Home Depot Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SVDLHT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,792.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TN2PN26</x:t>
   </x:si>
   <x:si>
     <x:t>2.650</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,567.97</x:t>
-[...14 lines deleted...]
-    <x:t>$95,349.83</x:t>
+    <x:t>$94,605.64</x:t>
   </x:si>
   <x:si>
     <x:t>Sprint Capital Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2032</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG000027JD1</x:t>
   </x:si>
   <x:si>
     <x:t>8.750</x:t>
   </x:si>
   <x:si>
     <x:t>75,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,760.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$93,691.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZLKTF45</x:t>
   </x:si>
   <x:si>
     <x:t>2.550</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,216.27</x:t>
+    <x:t>$92,632.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabian Oil Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y707XB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,925.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKL2YC8</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,759.18</x:t>
-[...20 lines deleted...]
-    <x:t>Saudi Arabia</x:t>
+    <x:t>$90,912.45</x:t>
   </x:si>
   <x:si>
     <x:t>Hca Inc</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011K30QW4</x:t>
   </x:si>
   <x:si>
     <x:t>2.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,572.41</x:t>
-[...11 lines deleted...]
-    <x:t>$88,936.68</x:t>
+    <x:t>$90,075.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Deutsche Telekom International Finance</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00001TB91</x:t>
   </x:si>
   <x:si>
-    <x:t>$88,225.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$88,605.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>Pacific Gas And Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LQ9H3M5</x:t>
   </x:si>
   <x:si>
     <x:t>5.550</x:t>
   </x:si>
   <x:si>
     <x:t>84,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$87,491.78</x:t>
+    <x:t>$88,077.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkshire Hathaway Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MT7C0F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,978.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Foods Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZTGK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,644.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6SZC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,316.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5WZHQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,453.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z4S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,185.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JB6R25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,852.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Progress Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMZ2KR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,846.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP9BB13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,700.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZVW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,598.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC5552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,090.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH9QLH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,887.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8XGKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,859.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kroger Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL8W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,840.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcdonald's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C55R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,925.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ1ZL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,768.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,740.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9TD2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,591.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSSD79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,361.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,346.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJY83V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,306.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VG7474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,135.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNL4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,133.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sherwin-Williams Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM56528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,092.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6GNCT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,948.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3M67W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,937.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDHX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,802.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SNC6M56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,705.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp / Vici Note Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,423.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NTYCL12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,162.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,193.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5TT274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,820.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV2K9G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,651.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005HHDY85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,343.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,005.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX0G367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,694.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T413H35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,649.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,180.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0027G8HG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,968.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JB6QH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,998.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmware Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,668.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C6ZDN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,368.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF7DG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,132.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHNZVP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,799.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y3KRN52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,155.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSMR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,980.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRG3CK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,764.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNHXRT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,017.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MZZXH38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,702.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intesa Sanpaolo Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8D3RC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,177.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BV231H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,571.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,254.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8D3R68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,040.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Edison Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G9B3DK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,939.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6QW2B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,153.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF8445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,971.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank Ag/New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F3MLN18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,788.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008LS4X46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,796.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZWRHR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,794.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T239HG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,491.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCG9469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,475.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00006VK33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,471.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GXKWQ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,455.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ99GP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,104.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRSZ041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,070.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,867.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,451.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ99FW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,290.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Finance Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL35N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,122.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QW834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,950.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCW2Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,803.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K28Q4F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,801.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HP17343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,586.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Gas &amp; Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YGD67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,547.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ0F73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,505.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFQ00Z9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,445.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6SZC54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,325.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBW86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,140.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Rentals North America Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ9JL89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,687.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westinghouse Air Brake Technologies Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY7Z109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,681.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFPZZ40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,659.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flutter Treasury Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V57CJF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,614.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZ2G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,605.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHP753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,603.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV1M8N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,600.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,526.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKJX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,462.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conagra Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,422.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKS7K9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,304.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01D27L623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,297.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5BXNV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,258.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBCFRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,249.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKC6FT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,188.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C97HD64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,183.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glp Capital Lp / Glp Financing Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M0DVW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,142.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitios Latinoamerica Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G3XBY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,124.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0P54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,081.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hess Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DVRVPG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,985.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Mills Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHP0714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,880.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8FSNL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,812.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK61X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,807.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Corpus Christi Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCCY732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,778.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4QW5K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,770.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L524VF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,720.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C3DF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,717.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,704.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KVCJXV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,626.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tsmc Arizona Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016W8XQZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,609.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4R86W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,580.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYMK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,566.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haleon Us Capital Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019WPKCH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,362.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YM3CR56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,332.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,278.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SFP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,270.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR3L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,255.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDZGYX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,052.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXH1PF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,036.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Operations Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC0ZJ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,018.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYMQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,899.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P168QC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,755.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC2555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,375.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014X1W755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,209.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C6ZD42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,185.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118Z8S55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,971.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P98JG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,873.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4Q2R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,813.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,810.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S&amp;P Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7RX243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,779.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSDFBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,577.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,348.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SK430W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,223.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011B7SYN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,107.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,837.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T250BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,737.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BP7RK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,588.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VG76N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,457.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGDH40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,443.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Scientific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TW4T3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,394.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,391.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C7QBG91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,836.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S4X15V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,827.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015SKPHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,594.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS59M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,582.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CVP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,199.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZT3D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,054.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncor Electric Delivery Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C171ZB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,755.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T7L4695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,699.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,657.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Pacific Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KWWDS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,309.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5Y3314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,209.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,050.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WYRSJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,663.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,436.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XC9CRH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,282.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C5MJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,961.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005BRVT44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,804.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nestle Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X70DNM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,407.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011ZR87F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,172.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameron Lng Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V1071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,971.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004HST0K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,676.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HG8YR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,908.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CJFWD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,834.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Switzerland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SK43110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,770.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PXNPQ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,721.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PXNPR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,834.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alimentation Couche-Tard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHWBP76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,361.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012VD91P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,007.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012FCNQ53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,000.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWNCLW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,893.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0XGY88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,766.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R9NV7J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,552.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,331.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,170.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ08Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,159.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017RD17N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,035.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJ138Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,635.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS5PH19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,519.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,324.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KRXX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,426.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC1WGC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,422.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRV6XC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,727.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ64TW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,801.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFQSQL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,224.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J5HRSG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,218.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aig Sunamerica Global Financing X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000LYP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,577.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000MTFL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,435.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000K8L81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,397.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9H9BW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,351.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008J8X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,204.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS26C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,077.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DPJQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,721.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LSHH24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,382.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008Q3X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,203.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netflix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MC44D79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,175.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGF919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,059.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NPN4GT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,989.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDFL31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,893.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KR6C1R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,880.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QW8M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,754.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV92VM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,604.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZW68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,581.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZJ6QM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,539.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFQ02D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,528.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minera Mexico Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53MG87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,521.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z5H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,476.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T2MW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,398.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H74YF40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,358.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53GF04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,340.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRSXMV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,334.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iqvia Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L8FXYD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,329.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CCZ38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,306.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0P4ZH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,219.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBWF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,191.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRP7ST0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,149.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,129.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G012PB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,064.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Citizens Bancshares Inc/Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ94SP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,052.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,040.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G137GB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,993.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Co Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHWZPD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,972.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Element Fleet Management Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHW365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,970.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danske Bank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9DYP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,966.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYFZQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,966.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019J0KQF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,964.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0L08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,960.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMK9S54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,948.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJT2VD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,930.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,898.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2RSKZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,896.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TV6YQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,883.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0JB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,852.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G26NCX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,845.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SKD4ZC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,842.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT02K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,823.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itc Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3M5Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,810.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,774.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expand Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZV9LPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,645.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1SS57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,642.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferguson Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M8RBC22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,561.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXLW510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,547.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Chartered Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLL3Z37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,542.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQ0XR99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,515.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81VX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,487.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P2G80H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,483.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mplx Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FY6JD33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,477.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;T Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R70C2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,461.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018TB2QQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,409.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cintas Corp No 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6BVVQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,297.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O'Reilly Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HFDK095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,285.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017X5RTL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,261.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PZ0G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,257.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180FLN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,248.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FQKBFK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,246.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017X6D0Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,239.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mccormick &amp; Co Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDQYCH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,230.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G45762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,210.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01743S0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,192.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSN10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,169.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencosud Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H4FV4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,102.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Finance International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSK9VB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,082.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CD51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,076.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63R37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,008.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015SJLN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,982.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J9YRRW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,980.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMW4CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,975.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7RWWG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,935.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSB663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,889.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113S2FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,888.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD83755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,858.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gfl Environmental Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJ6YFT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,856.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016L9VGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,815.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XLXLLW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,753.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KNGQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,689.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abu Dhabi Crude Oil Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J02WN52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,672.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63RD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,668.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,667.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSWSP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,578.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>News Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXPNK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,538.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KDPR9V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,531.70</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Santander Sa</x:t>
   </x:si>
   <x:si>
-    <x:t>11/07/2033</x:t>
-[...8 lines deleted...]
-    <x:t>$87,057.87</x:t>
+    <x:t>06/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PH0GK76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,472.56</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
-    <x:t>Berkshire Hathaway Energy Co</x:t>
-[...2621 lines deleted...]
-    <x:t>$25,733.88</x:t>
+    <x:t>BBG016NCR5X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,461.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,442.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SRCRMG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,438.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDF07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,342.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y6TNGG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,325.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL2L72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,317.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0068BF2F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,275.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Flavors &amp; Fragrances Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K3D03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,252.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT7KLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,223.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,066.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS5PR62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,999.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RB6PY93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,982.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY22J39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,955.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011Q3W871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,942.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XC9C5X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,786.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VH2D77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,634.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M3FYGS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,626.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LNP102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,602.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKWNMM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,470.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicredit Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01173QYM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,417.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V0YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,257.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZHCFNY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,941.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,915.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006R54KG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,906.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pioneer Natural Resources Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YXM9X17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,830.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YPZRV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,743.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ06334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,671.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,609.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V0ZG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,047.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YP82P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,993.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y48MM46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,845.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C9M26R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,459.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J2KQNJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,177.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1SS48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,103.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNN0RV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,707.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KQM79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,553.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015Z953D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,402.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/08/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0191F27S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,317.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DHQX9M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,312.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,047.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barclays Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KW9LG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,462.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ7Q86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,263.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infraestructura Energetica Nova Sapi De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X8R5V14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,943.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D7FYSW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,824.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Carolinas Llc</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01C6Y8BG1</x:t>
-[...964 lines deleted...]
-  <x:si>
     <x:t>08/15/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PYZYK98</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,719.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$17,632.74</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7K3F71</x:t>
   </x:si>
   <x:si>
     <x:t>3.468</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,559.39</x:t>
-[...8 lines deleted...]
-    <x:t>$17,477.05</x:t>
+    <x:t>$17,483.46</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2061</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113H0SM9</x:t>
   </x:si>
   <x:si>
     <x:t>4.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,457.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$16,847.12</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012VD92L4</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,066.96</x:t>
-[...8 lines deleted...]
-    <x:t>$15,824.14</x:t>
+    <x:t>$15,993.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X3GQPR5</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,354.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$15,281.91</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXC1SB4</x:t>
   </x:si>
   <x:si>
     <x:t>2.987</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,273.72</x:t>
+    <x:t>$15,138.55</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>57,590</x:t>
-[...2 lines deleted...]
-    <x:t>$57,590.45</x:t>
+    <x:t>53,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,999.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,284.44</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$-2,516.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -4336,56 +4414,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c81fa544b344c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R836a776aac8d48be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59b363d93f314f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1344b932eb4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R226c5ad5d220429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b969a9884794433" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L359"/>
+  <x:dimension ref="A1:L369"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4655,13377 +4733,13757 @@
       <x:c r="C8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="H12" s="1" t="s">
+      <x:c r="I12" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J12" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="I16" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="K20" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="K32" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="K35" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="I66" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J66" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J74" s="1" t="s">
         <x:v>368</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="K106" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H133" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="I133" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J133" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H134" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
+      <x:c r="F135" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="E135" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="E136" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H137" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="F137" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>627</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
         <x:v>630</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H139" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="F139" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H141" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H143" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G144" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="F146" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="D149" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D149" s="1" t="s">
+      <x:c r="F149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C150" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="D150" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="C150" s="1" t="s">
+      <x:c r="E150" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H150" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="D150" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
+        <x:v>1062</x:v>
+      </x:c>
+      <x:c r="C257" s="1" t="s">
+        <x:v>1063</x:v>
+      </x:c>
+      <x:c r="D257" s="1" t="s">
+        <x:v>1064</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="F257" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G257" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H257" s="1" t="s">
+        <x:v>1066</x:v>
+      </x:c>
+      <x:c r="I257" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J257" s="1" t="s">
+        <x:v>982</x:v>
+      </x:c>
+      <x:c r="K257" s="1" t="s">
         <x:v>1067</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C258" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="C258" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1270</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1272</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>1380</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1381</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="C358" s="1" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="D358" s="1" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="E358" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="F358" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G358" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H358" s="1" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="I358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J358" s="1" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="K358" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="L358" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A359" s="1">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="B359" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C359" s="1" t="s">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="D359" s="1" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="E359" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F359" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G359" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H359" s="1" t="s">
+        <x:v>1411</x:v>
+      </x:c>
+      <x:c r="I359" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J359" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="K359" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L359" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A360" s="1">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="B360" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="C360" s="1" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="D360" s="1" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="E360" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="F360" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G360" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H360" s="1" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="I360" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J360" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="K360" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L360" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A361" s="1">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B361" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="C361" s="1" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="D361" s="1" t="s">
         <x:v>1418</x:v>
       </x:c>
-      <x:c r="C358" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F358" s="1" t="s">
+      <x:c r="E361" s="1" t="s">
         <x:v>1419</x:v>
       </x:c>
-      <x:c r="G358" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H358" s="1" t="s">
+      <x:c r="F361" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G361" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H361" s="1" t="s">
         <x:v>1420</x:v>
       </x:c>
-      <x:c r="I358" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J358" s="1" t="s">
+      <x:c r="I361" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J361" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="K361" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L361" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A362" s="1">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="B362" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C362" s="1" t="s">
         <x:v>1421</x:v>
       </x:c>
-      <x:c r="K358" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A359" s="2" t="s">
+      <x:c r="D362" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="B359" s="2" t="s">
+      <x:c r="E362" s="1" t="s">
+        <x:v>1423</x:v>
+      </x:c>
+      <x:c r="F362" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G362" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H362" s="1" t="s">
+        <x:v>1424</x:v>
+      </x:c>
+      <x:c r="I362" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J362" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="K362" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L362" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="363" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A363" s="1">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B363" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C363" s="1" t="s">
+        <x:v>1425</x:v>
+      </x:c>
+      <x:c r="D363" s="1" t="s">
+        <x:v>1426</x:v>
+      </x:c>
+      <x:c r="E363" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="F363" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G363" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H363" s="1" t="s">
+        <x:v>1427</x:v>
+      </x:c>
+      <x:c r="I363" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J363" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="K363" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L363" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A364" s="1">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="B364" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="C364" s="1" t="s">
+        <x:v>1429</x:v>
+      </x:c>
+      <x:c r="D364" s="1" t="s">
+        <x:v>1430</x:v>
+      </x:c>
+      <x:c r="E364" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F364" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G364" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H364" s="1" t="s">
+        <x:v>1431</x:v>
+      </x:c>
+      <x:c r="I364" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J364" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="K364" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L364" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="365" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A365" s="1">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B365" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C365" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="D365" s="1" t="s">
+        <x:v>1433</x:v>
+      </x:c>
+      <x:c r="E365" s="1" t="s">
+        <x:v>1434</x:v>
+      </x:c>
+      <x:c r="F365" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G365" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="H365" s="1" t="s">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="I365" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J365" s="1" t="s">
+        <x:v>1428</x:v>
+      </x:c>
+      <x:c r="K365" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L365" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A366" s="1">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="B366" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="C366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D366" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F366" s="1" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="G366" s="1" t="s">
+        <x:v>1438</x:v>
+      </x:c>
+      <x:c r="H366" s="1" t="s">
+        <x:v>1439</x:v>
+      </x:c>
+      <x:c r="I366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J366" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="K366" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L366" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A367" s="1">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="B367" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="C367" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D367" s="1" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="E367" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F367" s="1" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="G367" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H367" s="1" t="s">
+        <x:v>1440</x:v>
+      </x:c>
+      <x:c r="I367" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J367" s="1" t="s">
+        <x:v>1441</x:v>
+      </x:c>
+      <x:c r="K367" s="1" t="s">
+        <x:v>1442</x:v>
+      </x:c>
+      <x:c r="L367" s="1" t="s">
+        <x:v>1443</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A368" s="1">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="B368" s="1" t="s">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="C368" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D368" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E368" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F368" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="G368" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H368" s="1" t="s">
+        <x:v>1446</x:v>
+      </x:c>
+      <x:c r="I368" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J368" s="1" t="s">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="K368" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L368" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A369" s="2" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="B369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C359" s="2" t="s">
+      <x:c r="C369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D359" s="2" t="s">
+      <x:c r="D369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E359" s="2" t="s">
+      <x:c r="E369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F359" s="2" t="s">
+      <x:c r="F369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G359" s="2" t="s">
+      <x:c r="G369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H359" s="2" t="s">
+      <x:c r="H369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I359" s="2" t="s">
+      <x:c r="I369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J359" s="2" t="s">
+      <x:c r="J369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K359" s="2" t="s">
+      <x:c r="K369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L359" s="2" t="s">
+      <x:c r="L369" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A359:L359"/>
+    <x:mergeCell ref="A369:L369"/>
   </x:mergeCells>
 </x:worksheet>
 </file>