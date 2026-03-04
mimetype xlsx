--- v3 (2026-02-08)
+++ v4 (2026-03-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72235059221f43b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c1920733faf4c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260205" sheetId="1" r:id="R1b969a9884794433"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MIG_asof_20260302" sheetId="1" r:id="R74e9eca0e9864c2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4063" uniqueCount="1449">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4030" uniqueCount="1444">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,4332 +61,4317 @@
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Y8FSPY9</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>300,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$294,082.10</x:t>
+    <x:t>$300,233.02</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.70%</x:t>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK62B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,274.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L17H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,857.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0121DZZX2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
-    <x:t>250,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$175,882.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Altria Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/09/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038PKS87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,363.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PV2CC50</x:t>
   </x:si>
   <x:si>
     <x:t>2.625</x:t>
   </x:si>
   <x:si>
     <x:t>150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$143,905.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>$144,653.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>T-Mobile Usa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010HF8RG1</x:t>
   </x:si>
   <x:si>
     <x:t>4.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$136,613.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>$138,486.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Verizon Communications Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016HQCKF5</x:t>
   </x:si>
   <x:si>
     <x:t>2.355</x:t>
   </x:si>
   <x:si>
-    <x:t>$133,970.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>$135,084.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RV5M3C9</x:t>
   </x:si>
   <x:si>
     <x:t>6.020</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$130,810.74</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$131,322.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK62K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,904.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bnp Paribas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J6GNCT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,256.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Telekom International Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00001TB91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,668.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netherlands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charter Communications Operating Llc /</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHNZJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,235.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4Q8W68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,656.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHNZVP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,044.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KC2QKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,210.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,545.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital One Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19GVX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,899.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GXKMRM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,740.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRQ33J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,216.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Societe Generale Sa</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180XCWQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,967.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK61Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,889.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZ10YF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,921.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Operations Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC0ZJ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,298.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HGN8C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,243.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNV31R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,199.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centene Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T5K2GV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,427.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philip Morris International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P168QC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,261.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,832.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Home Depot Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SVDLHT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,328.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hca Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX0G367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,166.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN2PN26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,033.61</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/22/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RDM6DL9</x:t>
   </x:si>
   <x:si>
-    <x:t>3.000</x:t>
-[...209 lines deleted...]
-    <x:t>$99,485.06</x:t>
+    <x:t>$95,259.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sprint Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000027JD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,342.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZLKTF45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,335.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabian Oil Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y707XB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,354.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saudi Arabia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKL2YC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,997.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011K30QW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,413.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific Gas And Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9H3M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,474.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkshire Hathaway Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MT7C0F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,520.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6SZC72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,738.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00006VK33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,909.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkshire Hathaway Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,485.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C76KWF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,899.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coca-Cola Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JB6R25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,820.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M5WZHQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,620.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Progress Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SMZ2KR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,378.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NP9BB13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,910.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZVW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,861.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8XGKG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,730.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kroger Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL8W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,537.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y8FSNL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,188.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Imperial Bank Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NH9QLH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,993.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0P54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,935.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z4S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,661.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC5552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,661.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ1ZL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,947.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastercard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYML5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,941.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haleon Us Capital Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019WPKCH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,777.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSSD79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,770.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VG7474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,289.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNL4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,264.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDHX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,252.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJY83V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,227.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sherwin-Williams Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM56528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,226.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SNC6M56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,065.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Waste Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3M67W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,028.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mcdonald's Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C55R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,792.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NTYCL12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,608.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Bank Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X9TD2W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,437.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vici Properties Lp / Vici Note Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHH7RT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,162.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV2K9G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,035.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,015.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5TT274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,928.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSDFBD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,908.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005HHDY85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,746.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011B7SYN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,735.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ5H2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,729.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,426.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CVP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,156.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T413H35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,504.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Foods Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS59M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,364.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0027G8HG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,971.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JB6QH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,516.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014C6ZDN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,779.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010HF7DG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,603.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vmware Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,996.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y3KRN52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,729.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSMR74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,595.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YRG3CK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,287.23</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T64VY20</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,537.34</x:t>
-[...38 lines deleted...]
-    <x:t>Berkshire Hathaway Finance Corp</x:t>
+    <x:t>$65,550.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MZZXH38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,343.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intesa Sanpaolo Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8D3RC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,094.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNHXRT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,868.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZTGK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,941.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXC1SB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,607.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BV231H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,935.54</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015VH2H32</x:t>
   </x:si>
   <x:si>
     <x:t>3.850</x:t>
   </x:si>
   <x:si>
-    <x:t>$97,486.40</x:t>
-[...401 lines deleted...]
-    <x:t>$75,361.28</x:t>
+    <x:t>$59,229.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Edison Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G9B3DK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,815.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,603.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K8D3R68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,578.37</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJXGBM7</x:t>
   </x:si>
   <x:si>
     <x:t>2.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,346.62</x:t>
-[...443 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>$57,169.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J9H9BW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,140.35</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010HF8445</x:t>
   </x:si>
   <x:si>
-    <x:t>$56,971.33</x:t>
-[...14 lines deleted...]
-    <x:t>$56,788.89</x:t>
+    <x:t>$56,706.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GZWRHR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,252.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keurig Dr Pepper Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T239HG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,982.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008Q3X0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,221.01</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008LS4X46</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,796.01</x:t>
-[...26 lines deleted...]
-    <x:t>$55,491.24</x:t>
+    <x:t>$54,846.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GXKWQ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,696.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ99GP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,566.25</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZCG9469</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,475.87</x:t>
-[...38 lines deleted...]
-    <x:t>$54,104.27</x:t>
+    <x:t>$54,461.61</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YRSZ041</x:t>
   </x:si>
   <x:si>
     <x:t>2.811</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,070.69</x:t>
+    <x:t>$54,379.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDFL31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,342.02</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C76KWM4</x:t>
   </x:si>
   <x:si>
     <x:t>6.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,867.38</x:t>
-[...11 lines deleted...]
-    <x:t>$53,451.60</x:t>
+    <x:t>$54,045.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RXCW2Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,534.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BJ99FW6</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,290.91</x:t>
+    <x:t>$53,504.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K28Q4F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,238.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H74YF40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,192.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Gas &amp; Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T1YGD67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,853.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QRZ0F73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,749.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C6SZC54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,517.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,378.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBW86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,201.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dnb Bank Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJT2VD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,011.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QW834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,949.65</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Finance Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKL35N8</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,122.44</x:t>
-[...38 lines deleted...]
-    <x:t>$52,801.71</x:t>
+    <x:t>$51,891.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Rentals North America Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BJ9JL89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,890.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHP753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,845.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Westinghouse Air Brake Technologies Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY7Z109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,803.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKJX59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,756.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,729.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZ2G3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,714.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alimentation Couche-Tard Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LC1WGC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,705.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV1M8N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,704.70</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HP17343</x:t>
   </x:si>
   <x:si>
-    <x:t>4.875</x:t>
-[...32 lines deleted...]
-    <x:t>$52,505.98</x:t>
+    <x:t>$51,528.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01D27L623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,508.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMKS7K9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,508.49</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LFQ00Z9</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,445.65</x:t>
-[...47 lines deleted...]
-    <x:t>BBG01LFPZZ40</x:t>
+    <x:t>$51,453.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conagra Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,451.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5BXNV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,348.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sitios Latinoamerica Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G3XBY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,334.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mexico</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C97HD64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,307.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glp Capital Lp / Glp Financing Ii Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M0DVW89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,288.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBK61X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,220.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Flutter Treasury Dac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V57CJF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,162.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ireland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4QW5K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,982.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Mills Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHP0714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,914.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Corpus Christi Holdings Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCCY732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,872.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4R86W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,839.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C3DF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,832.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L524VF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,751.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tsmc Arizona Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016W8XQZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,730.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Republic Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KVCJXV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,699.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYMK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,678.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YM3CR56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,458.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,396.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBCFRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,380.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR3L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,379.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKLYMQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,379.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZDZGYX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,328.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enel Finance International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSK9VB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,293.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2SFP92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,241.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXH1PF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,142.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015SJLN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,105.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mplx Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FY6JD33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,058.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRC2555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,002.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KNGQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,578.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDHL926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,426.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TN4Q2R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,092.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0118Z8S55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,091.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P98JG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,044.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,873.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,794.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SK430W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,422.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CRDF07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,291.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S&amp;P Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7RX243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,248.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,026.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T250BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,830.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VG76N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,670.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Scientific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TW4T3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,471.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/08/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VQ626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,205.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015SKPHZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,862.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Owl Capital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BP7RK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,802.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGDH40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,639.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S4X15V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,532.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C7QBG91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,304.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006R54KG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,061.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5Y3314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,022.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DDZT3D7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,976.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T7L4695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,938.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJXGBK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,894.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC8J4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,786.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Pacific Railway Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KWWDS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,712.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRSB218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,209.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WYRSJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,840.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z3VVKV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,791.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XC9CRH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,553.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YP82P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,941.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5C5MJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,534.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameron Lng Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V1071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,496.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nestle Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X70DNM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,436.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011ZR87F8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,268.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004HST0K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,192.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SK43110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,277.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HG8YR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,045.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubs Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CJFWD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,353.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Switzerland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PXNPQ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,317.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RHWBP76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,191.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012FCNQ53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,404.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012VD91P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,372.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PXNPR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,365.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWNCLW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,948.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V0XGY88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,281.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q5L6G62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,759.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R9NV7J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,695.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017RD17N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,653.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJ138Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,116.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010CJ08Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,962.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZS0BPT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,730.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XS5PH19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,833.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KRXX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,750.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRV6XC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,209.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fifth Third Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000MTDB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,856.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ64TW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,019.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Var Energi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFQSQL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,562.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J5HRSG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,175.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000K8L81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,731.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aig Sunamerica Global Financing X</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00000LYP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,588.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00008J8X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,350.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS26C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,246.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000MTFL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,992.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000DPJQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,915.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001LSHH24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,716.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netflix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MC44D79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,307.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SXGF919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,140.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oncor Electric Delivery Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KR6C1R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,129.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHZW68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,776.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZJ6QM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,731.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/10/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KV92VM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,720.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NPN4GT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,616.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0000CCZ38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,477.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QW8M3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,367.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRDBWF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,360.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G012PB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,342.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S19H0K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,334.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QKHX852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,313.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TNXN1Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,267.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/14/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRP7ST0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,189.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Citizens Bancshares Inc/Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ94SP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,123.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019J0KQF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,117.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VYFZQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,114.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Co Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHWZPD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,109.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RMK9S54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,086.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LFQ02D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,067.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TV6YQH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,052.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/21/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01M2RSKZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,045.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marriott International Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G137GB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,044.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Element Fleet Management Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHW365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,031.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minera Mexico Sa De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53MG87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,018.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/29/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G26NCX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,013.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z5H4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,917.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/07/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S53GF04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,875.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S2T2MW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,871.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Itc Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019K3M5Q6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,838.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GGV7HF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,807.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expand Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZV9LPK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,716.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXLW510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,694.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;T Bank Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R70C2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,664.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calpine Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R4PZ5C7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,614.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferguson Finance Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M8RBC22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,587.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P2G80H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,558.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT02K18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,557.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hess Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DVRVPG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,548.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SKD4ZC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,530.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQ0XR99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,483.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BL6CD51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,446.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0L08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,414.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01743S0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,375.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danske Bank A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LQ9DYP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,356.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denmark</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cintas Corp No 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6BVVQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,348.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L0P4ZH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,330.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017X5RTL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,313.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y5PZ0G7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,309.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bangkok Bank Pcl/Hong Kong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0180FLN03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,307.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thailand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Handelsbanken Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017X6D0Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,281.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016XT0JB1</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,659.76</x:t>
-[...440 lines deleted...]
-    <x:t>$49,375.84</x:t>
+    <x:t>$25,280.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016G45762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,268.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSN10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,218.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencosud Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H4FV4Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,187.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NB2Z619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,169.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golub Capital BDC Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L81VX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,076.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J9YRRW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,074.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>India</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63R37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,035.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GH1NNR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,022.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018TB2QQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,019.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113S2FV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,014.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SJ1SS57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,996.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VVSB663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,985.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMW4CK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,970.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mccormick &amp; Co Inc/Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDQYCH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,901.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZSWSP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,899.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O'Reilly Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HFDK095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,867.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XLXLLW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,863.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ST63RD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,803.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016L9VGM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,801.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KDPR9V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,700.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QD83755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,700.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY21BH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,689.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7RWWG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,670.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016NCR5X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,651.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abu Dhabi Crude Oil Pipeline Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J02WN52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,637.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>News Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXXPNK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,617.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GHMP4P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,580.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0068BF2F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,579.09</x:t>
   </x:si>
   <x:si>
     <x:t>Procter &amp; Gamble Co/The</x:t>
   </x:si>
   <x:si>
-    <x:t>02/01/2027</x:t>
-[...1616 lines deleted...]
-    <x:t>$24,858.22</x:t>
+    <x:t>BBG00SRCRMG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,567.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PH0GK76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,503.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Gfl Environmental Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YJ6YFT9</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,856.31</x:t>
-[...128 lines deleted...]
-    <x:t>$24,342.44</x:t>
+    <x:t>$24,468.04</x:t>
   </x:si>
   <x:si>
     <x:t>Nrg Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y6TNGG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,325.90</x:t>
+    <x:t>$24,361.03</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKL2L72</x:t>
   </x:si>
   <x:si>
     <x:t>1.904</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,317.73</x:t>
-[...8 lines deleted...]
-    <x:t>$24,275.20</x:t>
+    <x:t>$24,347.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT7KLS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,306.55</x:t>
   </x:si>
   <x:si>
     <x:t>International Flavors &amp; Fragrances Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X7K3D03</x:t>
   </x:si>
   <x:si>
     <x:t>1.832</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,252.11</x:t>
-[...17 lines deleted...]
-    <x:t>$24,066.90</x:t>
+    <x:t>$24,263.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RB6PY93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,025.55</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XS5PR62</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,999.18</x:t>
-[...11 lines deleted...]
-    <x:t>$23,982.15</x:t>
+    <x:t>$24,010.25</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SY22J39</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,955.92</x:t>
+    <x:t>$23,968.66</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011Q3W871</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,942.11</x:t>
+    <x:t>$23,963.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M3FYGS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,896.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R0XZVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,828.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015VH2D77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,793.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZKWNMM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,658.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011LNP102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,619.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicredit Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01173QYM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,533.09</x:t>
   </x:si>
   <x:si>
     <x:t>Gartner Inc</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XC9C5X3</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,786.93</x:t>
-[...59 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$23,497.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC757X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,102.12</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZHCFNY3</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,941.14</x:t>
-[...17 lines deleted...]
-    <x:t>$22,906.95</x:t>
+    <x:t>$23,094.20</x:t>
   </x:si>
   <x:si>
     <x:t>Pioneer Natural Resources Co</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YXM9X17</x:t>
   </x:si>
   <x:si>
-    <x:t>2.150</x:t>
-[...2 lines deleted...]
-    <x:t>$22,830.60</x:t>
+    <x:t>$22,975.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013YPZRV7</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,743.50</x:t>
+    <x:t>$22,861.02</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ06334</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,671.24</x:t>
+    <x:t>$22,816.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M897H80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,751.31</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z3VQ5K8</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,609.24</x:t>
+    <x:t>$22,564.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013JSJLH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,557.30</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V0ZG5</x:t>
   </x:si>
   <x:si>
     <x:t>3.302</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,047.75</x:t>
-[...11 lines deleted...]
-    <x:t>$21,993.81</x:t>
+    <x:t>$22,336.97</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y48MM46</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,845.87</x:t>
+    <x:t>$21,803.43</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C9M26R9</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,459.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$21,461.83</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2KQNJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,177.69</x:t>
+    <x:t>$21,207.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z4KQM79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,960.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SJ1SS48</x:t>
   </x:si>
   <x:si>
     <x:t>20,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,103.95</x:t>
+    <x:t>$20,752.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DHQX9M5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,670.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015Z953D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,513.20</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LNN0RV3</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,707.09</x:t>
-[...14 lines deleted...]
-    <x:t>$20,402.16</x:t>
+    <x:t>$20,382.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0168YSTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,159.14</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0191F27S6</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,317.25</x:t>
-[...17 lines deleted...]
-    <x:t>$20,047.54</x:t>
+    <x:t>$20,091.10</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Plc</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KW9LG6</x:t>
   </x:si>
   <x:si>
     <x:t>3.330</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,462.24</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$19,564.98</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHZ7Q86</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,263.81</x:t>
+    <x:t>$19,286.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Infraestructura Energetica Nova Sapi De</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X8R5V14</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,943.82</x:t>
+    <x:t>$19,276.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X7K3F71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,710.87</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D7FYSW6</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,824.18</x:t>
-[...26 lines deleted...]
-    <x:t>$17,483.46</x:t>
+    <x:t>$17,534.34</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2061</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113H0SM9</x:t>
   </x:si>
   <x:si>
     <x:t>4.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,847.12</x:t>
+    <x:t>$16,871.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012VD92L4</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,993.41</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$16,232.80</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X3GQPR5</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,281.91</x:t>
-[...11 lines deleted...]
-    <x:t>$15,138.55</x:t>
+    <x:t>$15,534.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>53,000</x:t>
-[...5 lines deleted...]
-    <x:t>$.52</x:t>
+    <x:t>84,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,168.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.51</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-2,516.26</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-63,873.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -4414,56 +4399,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a1344b932eb4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R226c5ad5d220429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b969a9884794433" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92001baace1f4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd955b2125ae94b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R74e9eca0e9864c2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L369"/>
+  <x:dimension ref="A1:L366"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="19" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="28" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4683,13807 +4668,13693 @@
       </x:c>
       <x:c r="L6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="I14" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="I39" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="I52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J76" s="1" t="s">
         <x:v>373</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J85" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>438</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J96" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="I96" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J107" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J111" s="1" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J119" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="I128" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J128" s="1" t="s">
         <x:v>587</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>512</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="I162" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J162" s="1" t="s">
         <x:v>712</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>695</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="F181" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G181" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H181" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="I181" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J181" s="1" t="s">
         <x:v>776</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>779</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
+        <x:v>816</x:v>
+      </x:c>
+      <x:c r="E189" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H189" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="I189" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J189" s="1" t="s">
         <x:v>803</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>779</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="E200" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F200" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G200" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H200" s="1" t="s">
+        <x:v>853</x:v>
+      </x:c>
+      <x:c r="I200" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J200" s="1" t="s">
         <x:v>848</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="F209" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G209" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H209" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="I209" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J209" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="F209" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
+        <x:v>910</x:v>
+      </x:c>
+      <x:c r="F215" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G215" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="H215" s="1" t="s">
+        <x:v>912</x:v>
+      </x:c>
+      <x:c r="I215" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J215" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="E215" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H218" s="1" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="I218" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J218" s="1" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="E218" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G222" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H222" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="I222" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J222" s="1" t="s">
         <x:v>933</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
+        <x:v>944</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="E225" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F225" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G225" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H225" s="1" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="I225" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J225" s="1" t="s">
         <x:v>943</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="I228" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J228" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="I228" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F233" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G233" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H233" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="I233" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J233" s="1" t="s">
         <x:v>977</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>931</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H236" s="1" t="s">
         <x:v>989</x:v>
       </x:c>
-      <x:c r="F236" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="D237" s="1" t="s">
+      <x:c r="E237" s="1" t="s">
         <x:v>992</x:v>
       </x:c>
-      <x:c r="E237" s="1" t="s">
+      <x:c r="F237" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G237" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H237" s="1" t="s">
         <x:v>993</x:v>
       </x:c>
-      <x:c r="F237" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
+        <x:v>1020</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H244" s="1" t="s">
+        <x:v>1021</x:v>
+      </x:c>
+      <x:c r="I244" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J244" s="1" t="s">
         <x:v>1018</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>982</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
-      <x:c r="F258" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="D291" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
-      <x:c r="D291" s="1" t="s">
+      <x:c r="E291" s="1" t="s">
         <x:v>1184</x:v>
       </x:c>
-      <x:c r="E291" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D306" s="1" t="s">
         <x:v>1235</x:v>
       </x:c>
-      <x:c r="D306" s="1" t="s">
+      <x:c r="E306" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="F306" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G306" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H306" s="1" t="s">
         <x:v>1236</x:v>
       </x:c>
-      <x:c r="E306" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H307" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="I307" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J307" s="1" t="s">
         <x:v>1239</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1207</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="D308" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="D308" s="1" t="s">
+      <x:c r="E308" s="1" t="s">
         <x:v>1242</x:v>
       </x:c>
-      <x:c r="E308" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1293</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1294</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1295</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="E341" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="F341" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G341" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H341" s="1" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="I341" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J341" s="1" t="s">
         <x:v>1350</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1334</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>1365</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1366</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="D350" s="1" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="E350" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="F350" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G350" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H350" s="1" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="I350" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J350" s="1" t="s">
         <x:v>1379</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>1371</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1382</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="E358" s="1" t="s">
+        <x:v>1414</x:v>
+      </x:c>
+      <x:c r="F358" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G358" s="1" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="H358" s="1" t="s">
+        <x:v>1415</x:v>
+      </x:c>
+      <x:c r="I358" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J358" s="1" t="s">
         <x:v>1407</x:v>
       </x:c>
-      <x:c r="E358" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>1438</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A366" s="1">
-[...70 lines deleted...]
-      <x:c r="L367" s="1" t="s">
+      <x:c r="A366" s="2" t="s">
         <x:v>1443</x:v>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      <x:c r="B369" s="2" t="s">
+      <x:c r="B366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C369" s="2" t="s">
+      <x:c r="C366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D369" s="2" t="s">
+      <x:c r="D366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E369" s="2" t="s">
+      <x:c r="E366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F369" s="2" t="s">
+      <x:c r="F366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G369" s="2" t="s">
+      <x:c r="G366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H369" s="2" t="s">
+      <x:c r="H366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I369" s="2" t="s">
+      <x:c r="I366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J369" s="2" t="s">
+      <x:c r="J366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K369" s="2" t="s">
+      <x:c r="K366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L369" s="2" t="s">
+      <x:c r="L366" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A369:L369"/>
+    <x:mergeCell ref="A366:L366"/>
   </x:mergeCells>
 </x:worksheet>
 </file>