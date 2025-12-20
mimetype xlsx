--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,1518 +1,1494 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5ded89f7834821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472eb90d93b54858" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20251203" sheetId="1" r:id="R82f886674ec34f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20251218" sheetId="1" r:id="R9b2134682196410e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="724" uniqueCount="491">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="483">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>6954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanuc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM3TW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,750.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>10,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>$454,705.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,833.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT5GJ1</x:t>
   </x:si>
   <x:si>
     <x:t>17,495</x:t>
   </x:si>
   <x:si>
-    <x:t>$427,301.04</x:t>
-[...17 lines deleted...]
-    <x:t>$414,212.85</x:t>
+    <x:t>$422,603.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMFX1S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,734.09</x:t>
   </x:si>
   <x:si>
     <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>7741 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hoya Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGSH67</x:t>
   </x:si>
   <x:si>
     <x:t>2,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$407,927.03</x:t>
+    <x:t>$410,823.51</x:t>
   </x:si>
   <x:si>
     <x:t>2.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>9888 HK</x:t>
-[...14 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,940.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,042.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,340.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$373,907.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>ABEV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ambev Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCR6J5</x:t>
   </x:si>
   <x:si>
     <x:t>149,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$400,110.35</x:t>
-[...71 lines deleted...]
-    <x:t>$375,575.20</x:t>
+    <x:t>$358,725.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,745.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>BVI FP</x:t>
   </x:si>
   <x:si>
     <x:t>Bureau Veritas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LHT4L5</x:t>
   </x:si>
   <x:si>
     <x:t>10,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$330,606.96</x:t>
-[...2 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>$338,432.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,185.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNKG9</x:t>
   </x:si>
   <x:si>
     <x:t>5,064</x:t>
   </x:si>
   <x:si>
-    <x:t>$327,235.68</x:t>
+    <x:t>$329,717.04</x:t>
   </x:si>
   <x:si>
     <x:t>1.82%</x:t>
   </x:si>
   <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,441.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,725.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
     <x:t>000858 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wuliangye Yibin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DY65RX9</x:t>
   </x:si>
   <x:si>
     <x:t>19,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,302.93</x:t>
-[...53 lines deleted...]
-    <x:t>$317,759.06</x:t>
+    <x:t>$308,056.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>9618 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC6RYV6</x:t>
   </x:si>
   <x:si>
     <x:t>21,250</x:t>
   </x:si>
   <x:si>
-    <x:t>$317,030.95</x:t>
-[...2 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>$306,976.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,689.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,455.14</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S39JX6</x:t>
   </x:si>
   <x:si>
     <x:t>972</x:t>
   </x:si>
   <x:si>
-    <x:t>$310,680.36</x:t>
-[...20 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>$293,991.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>ASX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Asx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ3V25</x:t>
   </x:si>
   <x:si>
     <x:t>8,091</x:t>
   </x:si>
   <x:si>
-    <x:t>$305,482.18</x:t>
-[...35 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>$280,600.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF0K17</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
-    <x:t>$281,549.24</x:t>
-[...2 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>$269,335.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>6268 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nabtesco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q04VG0</x:t>
   </x:si>
   <x:si>
-    <x:t>$236,528.02</x:t>
-[...2 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>$249,700.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
     <x:t>750</x:t>
   </x:si>
   <x:si>
-    <x:t>$231,922.50</x:t>
-[...2 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>$241,972.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DDXHG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,621.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,118.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FT9SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,001.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
     <x:t>882</x:t>
   </x:si>
   <x:si>
-    <x:t>$221,949.78</x:t>
-[...38 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$209,379.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAER SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Julius Baer Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PJ8DQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,350.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BATS LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>British American Tobacco Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG9N74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,151.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>9988 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QV37ZP9</x:t>
   </x:si>
   <x:si>
     <x:t>10,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$213,730.45</x:t>
-[...2 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>$199,470.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFR SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cie Financiere Richemont Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJVR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,473.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anheuser-Busch Inbev Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQ4YZ45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,963.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C38NP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,622.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safran Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP01S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,985.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,883.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS7JV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,823.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,593.92</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
     <x:t>1,408</x:t>
   </x:si>
   <x:si>
-    <x:t>$210,158.08</x:t>
-[...74 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$192,755.20</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
     <x:t>2,304</x:t>
   </x:si>
   <x:si>
-    <x:t>$192,591.36</x:t>
-[...65 lines deleted...]
-    <x:t>$186,747.89</x:t>
+    <x:t>$190,126.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,653.90</x:t>
   </x:si>
   <x:si>
     <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>HEIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Heineken Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW4R84</x:t>
   </x:si>
   <x:si>
     <x:t>2,294</x:t>
   </x:si>
   <x:si>
-    <x:t>$186,082.12</x:t>
+    <x:t>$186,196.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,457.84</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCMBG4</x:t>
   </x:si>
   <x:si>
     <x:t>2,245</x:t>
   </x:si>
   <x:si>
-    <x:t>$185,796.20</x:t>
-[...17 lines deleted...]
-    <x:t>$185,794.99</x:t>
+    <x:t>$179,038.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,664.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L088N79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,841.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,200.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,762.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brambles Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q8XH27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,499.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>PHIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Koninklijke Philips Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JX4KH9</x:t>
   </x:si>
   <x:si>
     <x:t>6,483</x:t>
   </x:si>
   <x:si>
-    <x:t>$182,193.47</x:t>
-[...17 lines deleted...]
-    <x:t>$182,048.00</x:t>
+    <x:t>$172,176.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIA NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JQSF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,442.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,357.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MXL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,354.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,763.31</x:t>
   </x:si>
   <x:si>
     <x:t>6758 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sony Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C26F38</x:t>
   </x:si>
   <x:si>
     <x:t>6,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$181,997.99</x:t>
-[...98 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>$165,743.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,448.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWBBP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,365.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5C2SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,103.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,553.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9L467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,321.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,983.15</x:t>
   </x:si>
   <x:si>
     <x:t>000568 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Luzhou Laojiao Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136BD3</x:t>
   </x:si>
   <x:si>
     <x:t>9,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$173,282.19</x:t>
-[...152 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>$159,700.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
     <x:t>2,433</x:t>
   </x:si>
   <x:si>
-    <x:t>$159,726.45</x:t>
+    <x:t>$159,677.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,468.00</x:t>
   </x:si>
   <x:si>
     <x:t>6465 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hoshizaki Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C8NTC6</x:t>
   </x:si>
   <x:si>
     <x:t>4,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$159,432.78</x:t>
-[...17 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>$159,286.47</x:t>
   </x:si>
   <x:si>
     <x:t>002304 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137K60</x:t>
   </x:si>
   <x:si>
     <x:t>17,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,422.54</x:t>
-[...32 lines deleted...]
-    <x:t>$153,504.00</x:t>
+    <x:t>$153,595.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>AM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Aviation Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR565</x:t>
   </x:si>
   <x:si>
     <x:t>481</x:t>
   </x:si>
   <x:si>
-    <x:t>$151,711.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>$153,239.81</x:t>
   </x:si>
   <x:si>
     <x:t>4452 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kao Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG5Y92</x:t>
   </x:si>
   <x:si>
     <x:t>3,700</x:t>
   </x:si>
   <x:si>
-    <x:t>$147,973.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$150,599.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>4689 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ly Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV9DT9</x:t>
   </x:si>
   <x:si>
     <x:t>55,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,020.09</x:t>
+    <x:t>$149,662.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,549.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.81%</x:t>
   </x:si>
   <x:si>
-    <x:t>WDAY US</x:t>
-[...14 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,612.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBZ23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,503.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>CLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Clorox Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFS7D3</x:t>
   </x:si>
   <x:si>
     <x:t>1,349</x:t>
   </x:si>
   <x:si>
-    <x:t>$141,874.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>$134,077.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
     <x:t>291</x:t>
   </x:si>
   <x:si>
-    <x:t>$134,395.44</x:t>
-[...35 lines deleted...]
-    <x:t>$122,178.15</x:t>
+    <x:t>$132,527.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6K3S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,696.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.68%</x:t>
   </x:si>
   <x:si>
-    <x:t>DSFIR NA</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CJZ0G09</x:t>
   </x:si>
   <x:si>
     <x:t>2,420</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,282.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$110,012.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>8,475</x:t>
+    <x:t>21,262</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,475.38</x:t>
-[...14 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$21,262.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,140.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>76</x:t>
   </x:si>
   <x:si>
-    <x:t>$89.18</x:t>
+    <x:t>$89.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.49</x:t>
+    <x:t>$9.52</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
-    <x:t>-CNY CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-20,500.16</x:t>
-[...2 lines deleted...]
-    <x:t>-0.11%</x:t>
+    <x:t>$-7,542.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1540,56 +1516,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c61df1291d04bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1e7fda342f2c4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R82f886674ec34f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e636718df894ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R691860e7a51d46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b2134682196410e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I90"/>
+  <x:dimension ref="A1:I89"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1961,283 +1937,283 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -2355,51 +2331,51 @@
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
@@ -2686,515 +2662,515 @@
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
@@ -3208,138 +3184,138 @@
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
@@ -3440,761 +3416,732 @@
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A89" s="2" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
-[...54 lines deleted...]
-      <x:c r="B90" s="2" t="s">
+      <x:c r="B89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C90" s="2" t="s">
+      <x:c r="C89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D90" s="2" t="s">
+      <x:c r="D89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E90" s="2" t="s">
+      <x:c r="E89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F90" s="2" t="s">
+      <x:c r="F89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G90" s="2" t="s">
+      <x:c r="G89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H90" s="2" t="s">
+      <x:c r="H89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I90" s="2" t="s">
+      <x:c r="I89" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A90:I90"/>
+    <x:mergeCell ref="A89:I89"/>
   </x:mergeCells>
 </x:worksheet>
 </file>