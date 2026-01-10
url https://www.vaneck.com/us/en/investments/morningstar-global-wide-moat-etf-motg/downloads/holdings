--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,1494 +1,1437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472eb90d93b54858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8eda2762e84b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20251218" sheetId="1" r:id="R9b2134682196410e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260108" sheetId="1" r:id="R9f03d041082a46aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="483">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="464">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>2330 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2JD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,047.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMFX1S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,490.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,437.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,379.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,629.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,201.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,138.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,991.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,325.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABEV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCR6J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,020.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MXL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,829.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,787.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L088N79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,405.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,752.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5C2SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,485.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,097.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,759.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$348,428.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,563.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,006.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,215.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,425.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002304 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137K60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,490.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,157.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,885.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ3V25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,700.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
-    <x:t>12,900</x:t>
-[...83 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,751.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DDXHG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,123.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FT9SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,142.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sartorius Stedim Biotech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FH5WS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,644.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,239.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,824.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,644.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,942.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,828.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Aviation Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBR565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,242.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,153.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>7741 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hoya Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGSH67</x:t>
   </x:si>
   <x:si>
-    <x:t>2,700</x:t>
-[...95 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>1,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,966.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safran Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP01S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,816.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVTMG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,615.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anheuser-Busch Inbev Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQ4YZ45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,862.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,326.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,830.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIA NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JQSF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,160.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,859.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,786.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C38NP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,351.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,960.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,070.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQKSQ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,653.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,893.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9L467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,763.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,337</x:t>
-[...41 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,378.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,165.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,894.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4MHF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,106.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,100.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,902.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4452 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kao Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5Y92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,490.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,960.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,584.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,164.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,448.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,636.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,644.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,584.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,474.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,384.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6758 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sony Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C26F38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,325.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNKG9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,064</x:t>
-[...686 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>2,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,858.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,915.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,301.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TW0F94</x:t>
   </x:si>
   <x:si>
-    <x:t>19,000</x:t>
-[...227 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,495.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>4689 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ly Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV9DT9</x:t>
   </x:si>
   <x:si>
-    <x:t>55,600</x:t>
-[...53 lines deleted...]
-    <x:t>$138,503.25</x:t>
+    <x:t>52,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,951.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>CLX US</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>21,262</x:t>
+    <x:t>25,436</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,262.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$25,435.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,762.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CHF CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>43,185</x:t>
-[...38 lines deleted...]
-    <x:t>$-.01</x:t>
+    <x:t>-2,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-328.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-7,542.66</x:t>
-[...2 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>$-16,643.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1516,56 +1459,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e636718df894ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R691860e7a51d46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b2134682196410e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2244e772d048412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15de8373b9634cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f03d041082a46aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I89"/>
+  <x:dimension ref="A1:I86"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1821,457 +1764,457 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
@@ -2331,63 +2274,63 @@
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
@@ -2517,1631 +2460,1544 @@
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="F79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
+      <x:c r="F80" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>447</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A86" s="1">
-[...89 lines deleted...]
-      <x:c r="B89" s="2" t="s">
+      <x:c r="A86" s="2" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C89" s="2" t="s">
+      <x:c r="C86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D89" s="2" t="s">
+      <x:c r="D86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E89" s="2" t="s">
+      <x:c r="E86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F89" s="2" t="s">
+      <x:c r="F86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G89" s="2" t="s">
+      <x:c r="G86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H89" s="2" t="s">
+      <x:c r="H86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I89" s="2" t="s">
+      <x:c r="I86" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A89:I89"/>
+    <x:mergeCell ref="A86:I86"/>
   </x:mergeCells>
 </x:worksheet>
 </file>