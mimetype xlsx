--- v2 (2026-01-10)
+++ v3 (2026-01-18)
@@ -1,1437 +1,1431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8eda2762e84b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6b596c7a794439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260108" sheetId="1" r:id="R9f03d041082a46aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260115" sheetId="1" r:id="R26f44252379e4a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="692" uniqueCount="464">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="684" uniqueCount="462">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>8,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$424,047.80</x:t>
+    <x:t>$438,878.45</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMFX1S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,773.13</x:t>
+  </x:si>
+  <x:si>
     <x:t>2.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>9888 HK</x:t>
-[...14 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,215.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,788.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,189.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,815.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>HO FP</x:t>
   </x:si>
   <x:si>
     <x:t>Thales Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCFRQ6</x:t>
   </x:si>
   <x:si>
     <x:t>1,292</x:t>
   </x:si>
   <x:si>
-    <x:t>$399,437.18</x:t>
-[...71 lines deleted...]
-    <x:t>$392,138.50</x:t>
+    <x:t>$384,786.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MXL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,325.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABEV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCR6J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,218.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,176.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,764.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>USB US</x:t>
   </x:si>
   <x:si>
     <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FFDM15</x:t>
   </x:si>
   <x:si>
     <x:t>6,843</x:t>
   </x:si>
   <x:si>
-    <x:t>$379,991.79</x:t>
-[...68 lines deleted...]
-    <x:t>$366,787.70</x:t>
+    <x:t>$369,179.85</x:t>
   </x:si>
   <x:si>
     <x:t>2.03%</x:t>
   </x:si>
   <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5C2SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$367,107.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$366,195.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,662.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L088N79</x:t>
   </x:si>
   <x:si>
     <x:t>217</x:t>
   </x:si>
   <x:si>
-    <x:t>$365,405.94</x:t>
-[...53 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>$354,081.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,003.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$352,787.80</x:t>
   </x:si>
   <x:si>
     <x:t>SHL GR</x:t>
   </x:si>
   <x:si>
     <x:t>Siemens Healthineers Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRNPKX0</x:t>
   </x:si>
   <x:si>
     <x:t>6,492</x:t>
   </x:si>
   <x:si>
-    <x:t>$352,759.29</x:t>
-[...17 lines deleted...]
-    <x:t>$348,428.17</x:t>
+    <x:t>$351,044.55</x:t>
   </x:si>
   <x:si>
     <x:t>1.93%</x:t>
   </x:si>
   <x:si>
-    <x:t>SPX LN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>002352 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sf Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDGRJ5</x:t>
   </x:si>
   <x:si>
     <x:t>60,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$338,006.87</x:t>
+    <x:t>$341,400.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.87%</x:t>
   </x:si>
   <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,104.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
     <x:t>9618 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC6RYV6</x:t>
   </x:si>
   <x:si>
     <x:t>22,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$330,215.66</x:t>
-[...20 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>$330,727.54</x:t>
   </x:si>
   <x:si>
     <x:t>002304 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137K60</x:t>
   </x:si>
   <x:si>
     <x:t>35,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$320,490.42</x:t>
-[...2 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>$324,755.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>000858 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Wuliangye Yibin Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DY65RX9</x:t>
   </x:si>
   <x:si>
     <x:t>20,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$311,157.05</x:t>
-[...2 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>$309,642.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>000568 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Luzhou Laojiao Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136BD3</x:t>
   </x:si>
   <x:si>
     <x:t>18,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$310,885.41</x:t>
+    <x:t>$308,589.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>ASX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Asx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ3V25</x:t>
   </x:si>
   <x:si>
     <x:t>8,765</x:t>
   </x:si>
   <x:si>
-    <x:t>$306,700.09</x:t>
-[...2 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>$307,188.06</x:t>
   </x:si>
   <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
     <x:t>6,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$247,751.31</x:t>
-[...2 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>$259,185.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FT9SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,140.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,697.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,789.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>TEMN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Temenos Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DDXHG5</x:t>
   </x:si>
   <x:si>
     <x:t>2,264</x:t>
   </x:si>
   <x:si>
-    <x:t>$237,123.02</x:t>
-[...17 lines deleted...]
-    <x:t>$222,142.56</x:t>
+    <x:t>$224,840.33</x:t>
   </x:si>
   <x:si>
     <x:t>1.23%</x:t>
   </x:si>
   <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,656.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,655.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
     <x:t>842</x:t>
   </x:si>
   <x:si>
-    <x:t>$216,644.40</x:t>
-[...50 lines deleted...]
-    <x:t>$206,644.62</x:t>
+    <x:t>$207,248.84</x:t>
   </x:si>
   <x:si>
     <x:t>1.14%</x:t>
   </x:si>
   <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,238.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anheuser-Busch Inbev Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQ4YZ45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,786.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
     <x:t>1,358</x:t>
   </x:si>
   <x:si>
-    <x:t>$197,942.08</x:t>
-[...17 lines deleted...]
-    <x:t>$196,828.65</x:t>
+    <x:t>$196,679.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>AM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Aviation Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBR565</x:t>
   </x:si>
   <x:si>
     <x:t>549</x:t>
   </x:si>
   <x:si>
-    <x:t>$195,242.46</x:t>
-[...2 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>$196,387.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGSH67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,643.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safran Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP01S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,987.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,112.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,406.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVTMG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,295.79</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
     <x:t>1,393</x:t>
   </x:si>
   <x:si>
-    <x:t>$193,153.38</x:t>
-[...104 lines deleted...]
-    <x:t>$183,830.76</x:t>
+    <x:t>$184,711.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,569.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,880.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,594.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQKSQ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,419.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,380.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C38NP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,100.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,427.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>AIA NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Auckland International Airport Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JQSF25</x:t>
   </x:si>
   <x:si>
     <x:t>37,446</x:t>
   </x:si>
   <x:si>
-    <x:t>$183,160.60</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$179,322.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9L467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,362.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,356.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4MHF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,993.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,870.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,769.45</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
     <x:t>2,075</x:t>
   </x:si>
   <x:si>
-    <x:t>$182,859.38</x:t>
-[...113 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$171,208.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4452 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kao Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5Y92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,971.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,285.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,556.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,986.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,931.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,104.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,203.54</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
     <x:t>677</x:t>
   </x:si>
   <x:si>
-    <x:t>$176,378.81</x:t>
-[...161 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>$158,099.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,788.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,437.76</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
     <x:t>780</x:t>
   </x:si>
   <x:si>
-    <x:t>$163,636.20</x:t>
-[...71 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$150,321.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,462.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>6758 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sony Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C26F38</x:t>
   </x:si>
   <x:si>
-    <x:t>$154,325.36</x:t>
-[...35 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$146,596.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,332.66</x:t>
   </x:si>
   <x:si>
     <x:t>META US</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MM2P62</x:t>
   </x:si>
   <x:si>
     <x:t>228</x:t>
   </x:si>
   <x:si>
-    <x:t>$147,301.68</x:t>
-[...20 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>$141,542.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>4689 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ly Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV9DT9</x:t>
   </x:si>
   <x:si>
     <x:t>52,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$138,951.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>$135,536.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>25,436</x:t>
+    <x:t>31,763</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,435.64</x:t>
-[...14 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$31,762.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>76</x:t>
   </x:si>
   <x:si>
-    <x:t>$89.23</x:t>
+    <x:t>$88.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
     <x:t>$9.64</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-2,291</x:t>
   </x:si>
   <x:si>
-    <x:t>$-328.10</x:t>
+    <x:t>$-329.05</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-16,643.41</x:t>
-[...2 lines deleted...]
-    <x:t>-0.09%</x:t>
+    <x:t>$-21,040.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1459,56 +1453,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2244e772d048412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15de8373b9634cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f03d041082a46aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4530c229aac04ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd4d301c3d9104ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f44252379e4a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I86"/>
+  <x:dimension ref="A1:I85"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1764,80 +1758,80 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
@@ -2054,1153 +2048,1153 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
@@ -3243,761 +3237,732 @@
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>379</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A85" s="1">
-[...17 lines deleted...]
-      <x:c r="G85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="H85" s="1" t="s">
-[...10 lines deleted...]
-      <x:c r="B86" s="2" t="s">
+      <x:c r="B85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C86" s="2" t="s">
+      <x:c r="C85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D86" s="2" t="s">
+      <x:c r="D85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E86" s="2" t="s">
+      <x:c r="E85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F86" s="2" t="s">
+      <x:c r="F85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G86" s="2" t="s">
+      <x:c r="G85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H86" s="2" t="s">
+      <x:c r="H85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I86" s="2" t="s">
+      <x:c r="I85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A86:I86"/>
+    <x:mergeCell ref="A85:I85"/>
   </x:mergeCells>
 </x:worksheet>
 </file>