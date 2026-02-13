--- v3 (2026-01-18)
+++ v4 (2026-02-13)
@@ -1,1428 +1,1449 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6b596c7a794439a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7c2e24493146d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260115" sheetId="1" r:id="R26f44252379e4a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260212" sheetId="1" r:id="R4161610f7dc84dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="684" uniqueCount="462">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="684" uniqueCount="469">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>8,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$438,878.45</x:t>
+    <x:t>$490,339.92</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.41%</x:t>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABEV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCR6J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,192.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,745.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,114.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$421,115.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$408,866.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,829.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>9888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Baidu Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZMFX1S5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,750</x:t>
-[...23 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>22,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,746.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,428.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,828.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>BA/ LN</x:t>
   </x:si>
   <x:si>
     <x:t>Bae Systems Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5TW4</x:t>
   </x:si>
   <x:si>
-    <x:t>14,606</x:t>
-[...41 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>14,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,616.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>HO FP</x:t>
   </x:si>
   <x:si>
     <x:t>Thales Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCFRQ6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,292</x:t>
-[...2 lines deleted...]
-    <x:t>$384,786.36</x:t>
+    <x:t>1,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$380,472.73</x:t>
   </x:si>
   <x:si>
     <x:t>2.11%</x:t>
   </x:si>
   <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5C2SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,514.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,838.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ3V25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,798.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,683.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,434.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,551.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$313,122.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,355.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,500.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,241.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,890.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002304 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137K60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,506.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ETSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Etsy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7MXL8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,040</x:t>
-[...122 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>6,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,075.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,528.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanuc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM3TW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,829.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FT9SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,525.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABI BB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anheuser-Busch Inbev Sa/Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQ4YZ45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,372.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L088N79</x:t>
   </x:si>
   <x:si>
     <x:t>217</x:t>
   </x:si>
   <x:si>
-    <x:t>$354,081.40</x:t>
-[...206 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>$232,620.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>546</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,497.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoya Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGSH67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,047.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$216,858.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Aviation Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBR565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,130.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,347.43</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FKJRC5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,961</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>1,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,221.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,552.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIA NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JQSF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,590.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,230.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,913.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TEMN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Temenos Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DDXHG5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,264</x:t>
-[...41 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>2,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,217.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safran Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP01S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,096.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTX GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mtu Aero Engines Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVTMG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,134.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4452 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kao Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5Y92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,959.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,298.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reckitt Benckiser Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C38NP3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,860.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4MHF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,373.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,299.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,611.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,415.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,791.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,613.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,228.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,145.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9L467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,695.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,368.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,961.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
-    <x:t>842</x:t>
-[...161 lines deleted...]
-    <x:t>$186,295.79</x:t>
+    <x:t>844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,390.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,422.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,592.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,098.76</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
-    <x:t>1,393</x:t>
-[...56 lines deleted...]
-    <x:t>$180,594.98</x:t>
+    <x:t>1,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,880.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,770.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,806.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQKSQ99</x:t>
   </x:si>
   <x:si>
-    <x:t>2,888</x:t>
-[...272 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>2,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,875.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,845.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6758 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sony Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C26F38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,636.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,123.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4689 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ly Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV9DT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,712.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,420.08</x:t>
   </x:si>
   <x:si>
     <x:t>TRU US</x:t>
   </x:si>
   <x:si>
     <x:t>Transunion</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002Q7J5Z1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,879</x:t>
-[...2 lines deleted...]
-    <x:t>$160,203.54</x:t>
+    <x:t>1,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,406.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>677</x:t>
-[...38 lines deleted...]
-    <x:t>$153,437.76</x:t>
+    <x:t>680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,092.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,680.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>780</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>782</x:t>
   </x:si>
   <x:si>
-    <x:t>$148,462.70</x:t>
-[...68 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$112,639.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>31,763</x:t>
+    <x:t>8,909</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,762.91</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$8,909.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>76</x:t>
   </x:si>
   <x:si>
-    <x:t>$88.73</x:t>
+    <x:t>$90.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.64</x:t>
+    <x:t>$10.26</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-2,291</x:t>
   </x:si>
   <x:si>
-    <x:t>$-329.05</x:t>
+    <x:t>$-332.44</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-21,040.31</x:t>
+    <x:t>$-21,259.32</x:t>
   </x:si>
   <x:si>
     <x:t>-0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -1453,51 +1474,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4530c229aac04ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd4d301c3d9104ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f44252379e4a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35506dd9cb342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R658c25e7e6564187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4161610f7dc84dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I85"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1787,2173 +1808,2173 @@
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="E12" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="2" t="s">
-        <x:v>461</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I85" s="2" t="s">
         <x:v>1</x:v>
       </x:c>