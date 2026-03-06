--- v4 (2026-02-13)
+++ v5 (2026-03-06)
@@ -1,1452 +1,1452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7c2e24493146d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d55dcae3177479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260212" sheetId="1" r:id="R4161610f7dc84dba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTG_asof_20260304" sheetId="1" r:id="R5993164985c242cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="684" uniqueCount="469">
   <x:si>
-    <x:t>Daily Holdings (%)  02/12/2026</x:t>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>8,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$490,339.92</x:t>
+    <x:t>$485,096.47</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.72%</x:t>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,535.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,146.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>ABEV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ambev Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCR6J5</x:t>
   </x:si>
   <x:si>
     <x:t>146,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$467,192.94</x:t>
-[...20 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>$438,916.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,491.55</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNV243</x:t>
   </x:si>
   <x:si>
     <x:t>933</x:t>
   </x:si>
   <x:si>
-    <x:t>$438,114.30</x:t>
+    <x:t>$431,161.78</x:t>
   </x:si>
   <x:si>
     <x:t>2.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>BMY US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>YUMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Yum China Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8N0HG1</x:t>
   </x:si>
   <x:si>
     <x:t>7,621</x:t>
   </x:si>
   <x:si>
-    <x:t>$408,866.65</x:t>
-[...2 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>$398,806.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,371.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,556.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$378,605.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>USB US</x:t>
   </x:si>
   <x:si>
     <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FFDM15</x:t>
   </x:si>
   <x:si>
     <x:t>6,862</x:t>
   </x:si>
   <x:si>
-    <x:t>$396,829.46</x:t>
-[...2 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>$372,881.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,691.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>9888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Baidu Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZMFX1S5</x:t>
   </x:si>
   <x:si>
     <x:t>22,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$394,746.93</x:t>
-[...71 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>$340,661.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MXL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,072.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,499.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ3V25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$328,504.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>MRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B5C2SM5</x:t>
   </x:si>
   <x:si>
     <x:t>43,282</x:t>
   </x:si>
   <x:si>
-    <x:t>$369,514.17</x:t>
-[...38 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>$325,793.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
   </x:si>
   <x:si>
     <x:t>002352 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sf Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDGRJ5</x:t>
   </x:si>
   <x:si>
     <x:t>60,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$334,683.61</x:t>
-[...17 lines deleted...]
-    <x:t>$323,434.31</x:t>
+    <x:t>$320,152.35</x:t>
   </x:si>
   <x:si>
     <x:t>1.80%</x:t>
   </x:si>
   <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$314,675.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,639.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J967J2</x:t>
   </x:si>
   <x:si>
     <x:t>13,116</x:t>
   </x:si>
   <x:si>
-    <x:t>$317,551.51</x:t>
-[...20 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>$290,033.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,897.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOG NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kongsberg Gruppen Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6JL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,071.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284,979.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>000568 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Luzhou Laojiao Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F136BD3</x:t>
   </x:si>
   <x:si>
     <x:t>18,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$311,355.95</x:t>
-[...53 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>$280,822.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BESI NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Be Semiconductor Industries Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FT9SV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,347.08</x:t>
   </x:si>
   <x:si>
     <x:t>002304 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137K60</x:t>
   </x:si>
   <x:si>
     <x:t>35,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$282,506.81</x:t>
-[...35 lines deleted...]
-    <x:t>$266,528.56</x:t>
+    <x:t>$262,630.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
     <x:t>6,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$260,829.32</x:t>
-[...20 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>$255,257.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L088N79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,798.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,055.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,198.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Aviation Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBR565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,842.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>ABI BB</x:t>
   </x:si>
   <x:si>
     <x:t>Anheuser-Busch Inbev Sa/Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DQ4YZ45</x:t>
   </x:si>
   <x:si>
     <x:t>2,930</x:t>
   </x:si>
   <x:si>
-    <x:t>$236,372.91</x:t>
-[...35 lines deleted...]
-    <x:t>$222,497.72</x:t>
+    <x:t>$220,843.05</x:t>
   </x:si>
   <x:si>
     <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>7741 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hoya Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGSH67</x:t>
   </x:si>
   <x:si>
     <x:t>1,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$220,047.19</x:t>
-[...17 lines deleted...]
-    <x:t>$216,858.72</x:t>
+    <x:t>$218,439.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEMN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temenos Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DDXHG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,523.92</x:t>
   </x:si>
   <x:si>
     <x:t>1.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>AM FP</x:t>
-[...14 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>AIA NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Auckland International Airport Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JQSF25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,533.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAF FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safran Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP01S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,447.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,541.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,046.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,899.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2395 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantech Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4MHF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,056.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,213.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>HEIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Heineken Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW4R84</x:t>
   </x:si>
   <x:si>
     <x:t>2,217</x:t>
   </x:si>
   <x:si>
-    <x:t>$210,347.43</x:t>
-[...53 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>$188,792.66</x:t>
   </x:si>
   <x:si>
     <x:t>MDLZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Mondelez International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4LWF6</x:t>
   </x:si>
   <x:si>
     <x:t>3,156</x:t>
   </x:si>
   <x:si>
-    <x:t>$195,230.16</x:t>
-[...56 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>$185,225.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,048.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,938.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,478.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4452 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kao Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG5Y92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,489.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,696.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>MTX GR</x:t>
   </x:si>
   <x:si>
     <x:t>Mtu Aero Engines Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVTMG1</x:t>
   </x:si>
   <x:si>
     <x:t>419</x:t>
   </x:si>
   <x:si>
-    <x:t>$188,134.66</x:t>
-[...35 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$174,401.99</x:t>
   </x:si>
   <x:si>
     <x:t>RKT LN</x:t>
   </x:si>
   <x:si>
     <x:t>Reckitt Benckiser Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C38NP3</x:t>
   </x:si>
   <x:si>
     <x:t>2,112</x:t>
   </x:si>
   <x:si>
-    <x:t>$183,860.03</x:t>
-[...32 lines deleted...]
-    <x:t>$183,299.31</x:t>
+    <x:t>$172,388.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sartorius Stedim Biotech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FH5WS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,070.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,593.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,785.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,482.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,361.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,054.94</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
     <x:t>754</x:t>
   </x:si>
   <x:si>
-    <x:t>$182,611.26</x:t>
-[...20 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$163,142.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,632.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNKG9</x:t>
   </x:si>
   <x:si>
     <x:t>2,280</x:t>
   </x:si>
   <x:si>
-    <x:t>$176,791.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$156,043.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITRK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intertek Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9L467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,048.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,910.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>9988 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QV37ZP9</x:t>
   </x:si>
   <x:si>
     <x:t>8,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$174,613.47</x:t>
-[...164 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>$147,321.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2TYL8</x:t>
   </x:si>
   <x:si>
     <x:t>469</x:t>
   </x:si>
   <x:si>
-    <x:t>$154,770.00</x:t>
-[...20 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>$146,271.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,972.32</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQKSQ99</x:t>
   </x:si>
   <x:si>
     <x:t>2,896</x:t>
   </x:si>
   <x:si>
-    <x:t>$146,875.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$141,428.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
     <x:t>2,387</x:t>
   </x:si>
   <x:si>
-    <x:t>$145,845.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>$139,973.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,552.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>6758 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Sony Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C26F38</x:t>
   </x:si>
   <x:si>
-    <x:t>$139,636.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$136,224.71</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TW0F94</x:t>
   </x:si>
   <x:si>
     <x:t>18,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,123.05</x:t>
+    <x:t>$134,569.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,294.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
     <x:t>4689 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Ly Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV9DT9</x:t>
   </x:si>
   <x:si>
     <x:t>52,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$135,712.70</x:t>
-[...50 lines deleted...]
-    <x:t>$126,092.40</x:t>
+    <x:t>$125,202.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
     <x:t>784</x:t>
   </x:si>
   <x:si>
-    <x:t>$122,680.32</x:t>
-[...2 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>$119,458.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
     <x:t>782</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,639.28</x:t>
+    <x:t>$111,857.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>8,909</x:t>
+    <x:t>14,685</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,909.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$14,685.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>76</x:t>
   </x:si>
   <x:si>
-    <x:t>$90.90</x:t>
+    <x:t>$89.02</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$10.26</x:t>
+    <x:t>$10.18</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-2,291</x:t>
   </x:si>
   <x:si>
-    <x:t>$-332.44</x:t>
+    <x:t>$-332.28</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-21,259.32</x:t>
-[...2 lines deleted...]
-    <x:t>-0.12%</x:t>
+    <x:t>$-15,844.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1474,51 +1474,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35506dd9cb342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R658c25e7e6564187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4161610f7dc84dba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36dcf7f78b3b4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2188c37439b347c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5993164985c242cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I85"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1721,167 +1721,167 @@
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
@@ -2214,80 +2214,80 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
@@ -2330,312 +2330,312 @@
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
@@ -2649,370 +2649,370 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
@@ -3026,631 +3026,631 @@
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="F73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">