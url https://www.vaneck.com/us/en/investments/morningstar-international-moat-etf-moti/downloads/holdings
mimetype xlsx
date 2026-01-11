--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -1,1056 +1,1020 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5ed165c9984898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909fe1c1a2ec4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20251203" sheetId="1" r:id="Ra6b8b5ebabf64150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260108" sheetId="1" r:id="Rbbed6b87f8364b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="337">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="325">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>EKTAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elekta Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH56D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>931,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,941,619.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2330 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2JD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,830,657.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMFX1S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,655,069.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,631,384.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novo Nordisk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F8TZ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,588,470.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>219,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,536,286.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABEV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCR6J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,061,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,216,473.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,214,695.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,144,014.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,116,368.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>James Hardie Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D01850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,056,596.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,048,589.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,972,645.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,989,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,965,436.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,870,075.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,791,159.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>854,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,766,560.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,198,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,685,745.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLV8Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,662,700.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000W907Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>211,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,658,999.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GVXC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,655,492.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,647,343.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N4B6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,619,102.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCHRW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,550,565.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002304 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137K60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>506,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,521,682.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6K3S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,421,989.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJH37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,416,212.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,386,854.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,360,752.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC9MR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,314,892.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,057,191.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisetech Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CJZ0G09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,041,426.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCF47</x:t>
   </x:si>
   <x:si>
-    <x:t>226,200</x:t>
-[...29 lines deleted...]
-    <x:t>3.07%</x:t>
+    <x:t>118,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,732,460.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,136,014.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sartorius Stedim Biotech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FH5WS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,044,085.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,992,293.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,929,307.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,925,334.16</x:t>
   </x:si>
   <x:si>
     <x:t>BARN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Barry Callebaut Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C35LZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,966</x:t>
-[...218 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>1,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,745,620.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5C2SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,620,143.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,531,569.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQKSQ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,526,284.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L088N79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,502,272.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,454,569.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HPZ1T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,423,494.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diageo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS69D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,394,991.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,351,002.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,337,514.40</x:t>
   </x:si>
   <x:si>
     <x:t>6645 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Omron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJC59</x:t>
   </x:si>
   <x:si>
-    <x:t>182,200</x:t>
-[...638 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>89,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,303,667.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,028.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,335.16</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$6.18</x:t>
+    <x:t>$6.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
-    <x:t>-GBP CASH-</x:t>
-[...5 lines deleted...]
-    <x:t>$30.98</x:t>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-706.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$302,325.44</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$-210,857.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1078,56 +1042,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e63eaf6f34a4514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a53b47935114ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6b8b5ebabf64150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4740caa0c234725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0bc24a343694f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbbed6b87f8364b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I61"/>
+  <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1412,1486 +1376,1457 @@
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
-    </x:row>
-[...33 lines deleted...]
-      <x:c r="B61" s="2" t="s">
+      <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C61" s="2" t="s">
+      <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D61" s="2" t="s">
+      <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E61" s="2" t="s">
+      <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F61" s="2" t="s">
+      <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G61" s="2" t="s">
+      <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H61" s="2" t="s">
+      <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I61" s="2" t="s">
+      <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A61:I61"/>
+    <x:mergeCell ref="A60:I60"/>
   </x:mergeCells>
 </x:worksheet>
 </file>