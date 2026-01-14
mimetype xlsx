--- v1 (2026-01-11)
+++ v2 (2026-01-14)
@@ -1,1020 +1,1023 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909fe1c1a2ec4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c5de9475d940cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260108" sheetId="1" r:id="Rbbed6b87f8364b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260112" sheetId="1" r:id="R426eb90dff774e77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="325">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="326">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>EKTAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Elekta Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH56D6</x:t>
   </x:si>
   <x:si>
     <x:t>931,897</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,941,619.39</x:t>
+    <x:t>$6,154,973.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.94%</x:t>
+    <x:t>2.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMFX1S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,072,080.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,830,657.25</x:t>
-[...20 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>$5,990,402.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novo Nordisk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F8TZ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,849,053.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>HO FP</x:t>
   </x:si>
   <x:si>
     <x:t>Thales Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCFRQ6</x:t>
   </x:si>
   <x:si>
     <x:t>18,215</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,631,384.17</x:t>
+    <x:t>$5,779,601.94</x:t>
   </x:si>
   <x:si>
     <x:t>2.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>NOVOB DC</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT5GJ1</x:t>
   </x:si>
   <x:si>
     <x:t>219,555</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,536,286.06</x:t>
-[...2 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>$5,559,646.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>James Hardie Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D01850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,558,983.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,399,516.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ABEV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ambev Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCR6J5</x:t>
   </x:si>
   <x:si>
     <x:t>2,061,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,216,473.97</x:t>
-[...17 lines deleted...]
-    <x:t>$5,214,695.87</x:t>
+    <x:t>$5,335,659.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>PHIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Koninklijke Philips Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JX4KH9</x:t>
   </x:si>
   <x:si>
     <x:t>175,152</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,144,014.73</x:t>
-[...2 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>$5,253,721.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>YUMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Yum China Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8N0HG1</x:t>
   </x:si>
   <x:si>
     <x:t>106,591</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,116,368.00</x:t>
-[...17 lines deleted...]
-    <x:t>$5,056,596.92</x:t>
+    <x:t>$5,184,586.24</x:t>
   </x:si>
   <x:si>
     <x:t>2.50%</x:t>
   </x:si>
   <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,989,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,102,788.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,031,887.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,029,358.28</x:t>
+  </x:si>
+  <x:si>
     <x:t>BVI FP</x:t>
   </x:si>
   <x:si>
     <x:t>Bureau Veritas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LHT4L5</x:t>
   </x:si>
   <x:si>
     <x:t>157,352</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,048,589.13</x:t>
-[...50 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>$4,971,945.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>SPX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Spirax-Sarco Engineering Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF2FG0</x:t>
   </x:si>
   <x:si>
     <x:t>51,129</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,791,159.54</x:t>
+    <x:t>$4,910,953.31</x:t>
   </x:si>
   <x:si>
     <x:t>2.37%</x:t>
   </x:si>
   <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,843,196.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>002352 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Sf Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FNDGRJ5</x:t>
   </x:si>
   <x:si>
     <x:t>854,579</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,766,560.63</x:t>
-[...2 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>$4,800,047.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>600887 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709J682</x:t>
   </x:si>
   <x:si>
     <x:t>1,198,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,685,745.09</x:t>
-[...2 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>$4,784,284.06</x:t>
   </x:si>
   <x:si>
     <x:t>COLOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Coloplast A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLV8Z0</x:t>
   </x:si>
   <x:si>
     <x:t>53,226</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,662,700.81</x:t>
-[...2 lines deleted...]
-    <x:t>2.31%</x:t>
+    <x:t>$4,782,609.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GVXC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,761,013.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N4B6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,724,838.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002304 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137K60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>506,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,604,419.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCHRW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,544,393.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6K3S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,513,510.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>EDEN FP</x:t>
   </x:si>
   <x:si>
     <x:t>Edenred</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000W907Q0</x:t>
   </x:si>
   <x:si>
     <x:t>211,653</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,658,999.21</x:t>
-[...104 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>$4,494,680.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,484,492.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,473,038.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,472,622.41</x:t>
   </x:si>
   <x:si>
     <x:t>8113 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Unicharm Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDJH37</x:t>
   </x:si>
   <x:si>
     <x:t>786,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,416,212.67</x:t>
-[...38 lines deleted...]
-    <x:t>2.16%</x:t>
+    <x:t>$4,431,546.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>RI FP</x:t>
   </x:si>
   <x:si>
     <x:t>Pernod Ricard Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC9MR3</x:t>
   </x:si>
   <x:si>
     <x:t>49,793</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,314,892.15</x:t>
-[...20 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>$4,345,350.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CJZ0G09</x:t>
   </x:si>
   <x:si>
     <x:t>87,763</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,041,426.27</x:t>
-[...2 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>$3,997,868.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCF47</x:t>
   </x:si>
   <x:si>
     <x:t>118,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,732,460.64</x:t>
-[...2 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>$3,958,462.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>ASM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Asm International Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F5L454</x:t>
   </x:si>
   <x:si>
     <x:t>4,522</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,136,014.50</x:t>
+    <x:t>$3,337,699.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,220,582.52</x:t>
   </x:si>
   <x:si>
     <x:t>1.55%</x:t>
   </x:si>
   <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,460.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
     <x:t>11,831</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,044,085.42</x:t>
-[...38 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>$2,981,394.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNV243</x:t>
   </x:si>
   <x:si>
     <x:t>6,919</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,925,334.16</x:t>
+    <x:t>$2,971,358.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>BARN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Barry Callebaut Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C35LZ9</x:t>
   </x:si>
   <x:si>
     <x:t>1,708</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,745,620.71</x:t>
-[...2 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>$2,766,573.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>MRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B5C2SM5</x:t>
   </x:si>
   <x:si>
     <x:t>311,979</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,620,143.45</x:t>
-[...2 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>$2,661,791.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQKSQ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,656,595.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,573,417.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,531,275.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diageo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS69D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,510,311.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADYEN NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adyen Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L088N79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,488,986.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,439,566.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>HEIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Heineken Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW4R84</x:t>
   </x:si>
   <x:si>
     <x:t>31,084</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,531,569.07</x:t>
-[...53 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>$2,433,963.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>4661 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Oriental Land Co Ltd/Japan</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HPZ1T3</x:t>
   </x:si>
   <x:si>
     <x:t>130,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,423,494.68</x:t>
-[...35 lines deleted...]
-    <x:t>$2,351,002.94</x:t>
+    <x:t>$2,401,238.19</x:t>
   </x:si>
   <x:si>
     <x:t>1.16%</x:t>
   </x:si>
   <x:si>
-    <x:t>3092 JP</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>6645 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Omron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJC59</x:t>
   </x:si>
   <x:si>
     <x:t>89,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,303,667.54</x:t>
-[...2 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>$2,353,979.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>61,029</x:t>
+    <x:t>4,774</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$61,028.50</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$4,773.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.03</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>38,192</x:t>
-[...26 lines deleted...]
-    <x:t>$-.03</x:t>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31.32</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-4,930</x:t>
   </x:si>
   <x:si>
-    <x:t>$-706.06</x:t>
+    <x:t>$-708.02</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-210,857.06</x:t>
-[...2 lines deleted...]
-    <x:t>-0.10%</x:t>
+    <x:t>$-62,078.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1042,51 +1045,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4740caa0c234725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc0bc24a343694f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbbed6b87f8364b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9b360606814b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R84d18946cdfa40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R426eb90dff774e77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1347,80 +1350,80 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
@@ -1492,254 +1495,254 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -1753,283 +1756,283 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
@@ -2246,578 +2249,578 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>