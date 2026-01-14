--- v2 (2026-01-14)
+++ v3 (2026-01-14)
@@ -1,1020 +1,1017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c5de9475d940cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf6c227a14d4496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260112" sheetId="1" r:id="R426eb90dff774e77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260113" sheetId="1" r:id="R5bf8d5d16a224ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="326">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="325">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>EKTAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Elekta Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH56D6</x:t>
   </x:si>
   <x:si>
     <x:t>931,897</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,154,973.00</x:t>
+    <x:t>$6,045,215.32</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.97%</x:t>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2330 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2JD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,000,162.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>9888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Baidu Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZMFX1S5</x:t>
   </x:si>
   <x:si>
     <x:t>318,850</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,072,080.42</x:t>
-[...17 lines deleted...]
-    <x:t>$5,990,402.34</x:t>
+    <x:t>$5,941,843.95</x:t>
   </x:si>
   <x:si>
     <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F8TZ33</x:t>
   </x:si>
   <x:si>
     <x:t>97,836</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,849,053.84</x:t>
-[...2 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>$5,837,328.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>James Hardie Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D01850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,626,615.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>HO FP</x:t>
   </x:si>
   <x:si>
     <x:t>Thales Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCFRQ6</x:t>
   </x:si>
   <x:si>
     <x:t>18,215</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,779,601.94</x:t>
-[...2 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>$5,587,298.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT5GJ1</x:t>
   </x:si>
   <x:si>
     <x:t>219,555</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,559,646.27</x:t>
-[...17 lines deleted...]
-    <x:t>$5,558,983.45</x:t>
+    <x:t>$5,487,255.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>RHM GR</x:t>
   </x:si>
   <x:si>
     <x:t>Rheinmetall Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC7QR6</x:t>
   </x:si>
   <x:si>
     <x:t>2,422</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,399,516.40</x:t>
+    <x:t>$5,369,962.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABEV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCR6J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,061,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,329,720.87</x:t>
   </x:si>
   <x:si>
     <x:t>2.60%</x:t>
   </x:si>
   <x:si>
-    <x:t>ABEV3 BZ</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PHIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Koninklijke Philips Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JX4KH9</x:t>
   </x:si>
   <x:si>
     <x:t>175,152</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,253,721.09</x:t>
-[...2 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>$5,213,986.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>YUMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Yum China Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8N0HG1</x:t>
   </x:si>
   <x:si>
     <x:t>106,591</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,184,586.24</x:t>
+    <x:t>$5,134,488.47</x:t>
   </x:si>
   <x:si>
     <x:t>2.50%</x:t>
   </x:si>
   <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,985,591.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,982,234.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,940,923.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N4B6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,940,329.06</x:t>
+  </x:si>
+  <x:si>
     <x:t>EDV AU</x:t>
   </x:si>
   <x:si>
     <x:t>Endeavour Group Ltd/Australia</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006YQKTG8</x:t>
   </x:si>
   <x:si>
     <x:t>1,989,582</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,102,788.92</x:t>
-[...50 lines deleted...]
-    <x:t>$4,971,945.12</x:t>
+    <x:t>$4,923,582.79</x:t>
   </x:si>
   <x:si>
     <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>SPX LN</x:t>
   </x:si>
   <x:si>
     <x:t>Spirax-Sarco Engineering Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF2FG0</x:t>
   </x:si>
   <x:si>
     <x:t>51,129</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,910,953.31</x:t>
-[...2 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>$4,830,126.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLV8Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,781,100.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>854,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,773,169.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,198,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,734,226.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>9618 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC6RYV6</x:t>
   </x:si>
   <x:si>
     <x:t>315,250</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,843,196.44</x:t>
-[...50 lines deleted...]
-    <x:t>$4,782,609.98</x:t>
+    <x:t>$4,727,842.13</x:t>
   </x:si>
   <x:si>
     <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GVXC37</x:t>
   </x:si>
   <x:si>
     <x:t>164,546</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,761,013.02</x:t>
-[...17 lines deleted...]
-    <x:t>$4,724,838.34</x:t>
+    <x:t>$4,681,146.83</x:t>
   </x:si>
   <x:si>
     <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>002304 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137K60</x:t>
   </x:si>
   <x:si>
     <x:t>506,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,604,419.48</x:t>
-[...2 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>$4,617,146.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,474,568.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCHRW7</x:t>
   </x:si>
   <x:si>
     <x:t>43,170</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,544,393.80</x:t>
-[...2 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>$4,456,964.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>286,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,434,964.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJH37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,426,490.39</x:t>
   </x:si>
   <x:si>
     <x:t>DSFIR NA</x:t>
   </x:si>
   <x:si>
     <x:t>Dsm-Firmenich Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F6K3S63</x:t>
   </x:si>
   <x:si>
     <x:t>56,670</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,513,510.71</x:t>
-[...2 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>$4,423,234.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,417,077.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC9MR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,393,405.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>EDEN FP</x:t>
   </x:si>
   <x:si>
     <x:t>Edenred</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000W907Q0</x:t>
   </x:si>
   <x:si>
     <x:t>211,653</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,494,680.60</x:t>
-[...86 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>$4,374,753.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CJZ0G09</x:t>
   </x:si>
   <x:si>
     <x:t>87,763</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,997,868.73</x:t>
-[...2 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>$3,933,017.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCF47</x:t>
   </x:si>
   <x:si>
     <x:t>118,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,958,462.12</x:t>
-[...2 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>$3,685,844.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>ASM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Asm International Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F5L454</x:t>
   </x:si>
   <x:si>
     <x:t>4,522</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,337,699.41</x:t>
-[...2 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>$3,265,305.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>HAG GR</x:t>
   </x:si>
   <x:si>
     <x:t>Hensoldt Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GQ6M668</x:t>
   </x:si>
   <x:si>
     <x:t>29,807</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,220,582.52</x:t>
+    <x:t>$3,189,207.14</x:t>
   </x:si>
   <x:si>
     <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BA/ LN</x:t>
   </x:si>
   <x:si>
     <x:t>Bae Systems Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5TW4</x:t>
   </x:si>
   <x:si>
     <x:t>107,669</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,040,460.42</x:t>
-[...2 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$2,999,939.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
     <x:t>11,831</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,981,394.98</x:t>
+    <x:t>$2,961,206.78</x:t>
   </x:si>
   <x:si>
     <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNV243</x:t>
   </x:si>
   <x:si>
     <x:t>6,919</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,971,358.27</x:t>
-[...2 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>$2,951,837.11</x:t>
   </x:si>
   <x:si>
     <x:t>BARN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Barry Callebaut Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C35LZ9</x:t>
   </x:si>
   <x:si>
     <x:t>1,708</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,766,573.34</x:t>
+    <x:t>$2,729,774.28</x:t>
   </x:si>
   <x:si>
     <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>MRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B5C2SM5</x:t>
   </x:si>
   <x:si>
     <x:t>311,979</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,661,791.26</x:t>
+    <x:t>$2,710,329.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQKSQ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,626,641.76</x:t>
   </x:si>
   <x:si>
     <x:t>1.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>PRX NA</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J967J2</x:t>
   </x:si>
   <x:si>
     <x:t>98,348</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,573,417.66</x:t>
+    <x:t>$2,565,380.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,547,769.27</x:t>
   </x:si>
   <x:si>
     <x:t>1.24%</x:t>
   </x:si>
   <x:si>
-    <x:t>9988 HK</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DGE LN</x:t>
   </x:si>
   <x:si>
     <x:t>Diageo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS69D5</x:t>
   </x:si>
   <x:si>
     <x:t>110,713</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,510,311.24</x:t>
+    <x:t>$2,477,469.63</x:t>
   </x:si>
   <x:si>
     <x:t>1.21%</x:t>
   </x:si>
   <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,425,419.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L088N79</x:t>
   </x:si>
   <x:si>
     <x:t>1,486</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,488,986.65</x:t>
-[...2 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>$2,418,938.55</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TW0F94</x:t>
   </x:si>
   <x:si>
     <x:t>292,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,439,566.40</x:t>
-[...20 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>$2,389,168.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>4661 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Oriental Land Co Ltd/Japan</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HPZ1T3</x:t>
   </x:si>
   <x:si>
     <x:t>130,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,401,238.19</x:t>
-[...2 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>$2,380,954.78</x:t>
   </x:si>
   <x:si>
     <x:t>6645 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Omron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJC59</x:t>
   </x:si>
   <x:si>
     <x:t>89,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,353,979.04</x:t>
-[...2 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>$2,276,746.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>4,774</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,773.89</x:t>
+    <x:t>$4,774.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>$6.21</x:t>
+    <x:t>$6.19</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
-    <x:t>$31.32</x:t>
+    <x:t>$31.23</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-4,930</x:t>
   </x:si>
   <x:si>
-    <x:t>$-708.02</x:t>
+    <x:t>$-707.22</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-62,078.88</x:t>
+    <x:t>$-64,997.27</x:t>
   </x:si>
   <x:si>
     <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -1045,51 +1042,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9b360606814b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R84d18946cdfa40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R426eb90dff774e77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08ad05945bb402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R865dbf2587e54b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bf8d5d16a224ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1350,283 +1347,283 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
@@ -1698,602 +1695,602 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -2336,196 +2333,196 @@
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>277</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
@@ -2539,288 +2536,288 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="G59" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>