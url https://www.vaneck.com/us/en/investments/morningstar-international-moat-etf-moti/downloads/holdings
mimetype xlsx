--- v3 (2026-01-14)
+++ v4 (2026-02-04)
@@ -1,1020 +1,1035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf6c227a14d4496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3022e48f0d414fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260113" sheetId="1" r:id="R5bf8d5d16a224ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260203" sheetId="1" r:id="R5d529df01fc945d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="325">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/13/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="330">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>2330 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2JD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,328,750.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABEV3 BZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ambev Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCR6J5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,074,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,117,499.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,897,850.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
     <x:t>EKTAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Elekta Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH56D6</x:t>
   </x:si>
   <x:si>
-    <x:t>931,897</x:t>
-[...29 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>940,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,878,654.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>9888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Baidu Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZMFX1S5</x:t>
   </x:si>
   <x:si>
-    <x:t>318,850</x:t>
-[...5 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>321,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,813,236.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>James Hardie Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D01850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,707,169.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,645,899.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,459,116.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F8TZ33</x:t>
   </x:si>
   <x:si>
-    <x:t>97,836</x:t>
-[...59 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>98,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,188,667.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,008,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,162,829.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,145,887.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>RHM GR</x:t>
   </x:si>
   <x:si>
     <x:t>Rheinmetall Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC7QR6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,422</x:t>
-[...23 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>2,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,136,247.28</x:t>
   </x:si>
   <x:si>
     <x:t>PHIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Koninklijke Philips Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JX4KH9</x:t>
   </x:si>
   <x:si>
-    <x:t>175,152</x:t>
-[...23 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>176,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,122,530.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>BVI FP</x:t>
   </x:si>
   <x:si>
     <x:t>Bureau Veritas Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LHT4L5</x:t>
   </x:si>
   <x:si>
-    <x:t>157,352</x:t>
-[...5 lines deleted...]
-    <x:t>2.43%</x:t>
+    <x:t>158,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,040,760.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJH37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>793,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,876,218.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N4B6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,740,252.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,667,881.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,641,123.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,209,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,640,930.74</x:t>
   </x:si>
   <x:si>
     <x:t>SHL GR</x:t>
   </x:si>
   <x:si>
     <x:t>Siemens Healthineers Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRNPKX0</x:t>
   </x:si>
   <x:si>
-    <x:t>91,514</x:t>
-[...2 lines deleted...]
-    <x:t>$4,982,234.05</x:t>
+    <x:t>92,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,591,898.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ35N5</x:t>
   </x:si>
   <x:si>
-    <x:t>61,500</x:t>
-[...56 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>62,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,576,296.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,542,899.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC9MR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,535,079.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6K3S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,511,634.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,455,830.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,443,951.21</x:t>
   </x:si>
   <x:si>
     <x:t>COLOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Coloplast A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLV8Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>53,226</x:t>
-[...59 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>53,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,422,781.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GVXC37</x:t>
   </x:si>
   <x:si>
-    <x:t>164,546</x:t>
-[...5 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>166,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,384,081.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000W907Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,359,580.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>002304 C2</x:t>
   </x:si>
   <x:si>
     <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F137K60</x:t>
   </x:si>
   <x:si>
-    <x:t>506,500</x:t>
-[...23 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>509,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,057,638.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCF47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,930,649.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,751,365.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCHRW7</x:t>
   </x:si>
   <x:si>
-    <x:t>43,170</x:t>
-[...107 lines deleted...]
-    <x:t>2.13%</x:t>
+    <x:t>43,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,595,629.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CJZ0G09</x:t>
   </x:si>
   <x:si>
-    <x:t>87,763</x:t>
-[...41 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>88,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,532,960.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,155,751.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barry Callebaut Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35LZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,963,810.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,883,122.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>HAG GR</x:t>
   </x:si>
   <x:si>
     <x:t>Hensoldt Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GQ6M668</x:t>
   </x:si>
   <x:si>
-    <x:t>29,807</x:t>
-[...23 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>30,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,874,467.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
-    <x:t>11,831</x:t>
-[...35 lines deleted...]
-    <x:t>$2,729,774.28</x:t>
+    <x:t>11,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,705,112.29</x:t>
   </x:si>
   <x:si>
     <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>MRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B5C2SM5</x:t>
   </x:si>
   <x:si>
-    <x:t>311,979</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>314,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,669,865.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,660,079.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diageo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS69D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,600,756.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9988 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alibaba Group Holding Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV37ZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>123,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,518,049.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,300,497.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal Music Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J967J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,299,893.92</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQKSQ99</x:t>
   </x:si>
   <x:si>
-    <x:t>40,611</x:t>
-[...77 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>40,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,287,802.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HPZ1T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,278,986.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,151,331.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L088N79</x:t>
   </x:si>
   <x:si>
-    <x:t>1,486</x:t>
-[...53 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>1,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,079,158.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TWD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,766,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,951.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-214,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-30,908.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...53 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>-70,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-70,468.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-64,997.27</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$24,054.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1042,56 +1057,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08ad05945bb402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R865dbf2587e54b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5bf8d5d16a224ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c73f3141aa43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc932b97c39094a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d529df01fc945d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I60"/>
+  <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1492,80 +1507,80 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
@@ -1579,167 +1594,167 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -1811,225 +1826,225 @@
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
@@ -2246,138 +2261,138 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
@@ -2449,138 +2464,138 @@
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="F51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
@@ -2623,210 +2638,239 @@
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A60" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A61" s="2" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C60" s="2" t="s">
+      <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D60" s="2" t="s">
+      <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E60" s="2" t="s">
+      <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F60" s="2" t="s">
+      <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G60" s="2" t="s">
+      <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H60" s="2" t="s">
+      <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I60" s="2" t="s">
+      <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A60:I60"/>
+    <x:mergeCell ref="A61:I61"/>
   </x:mergeCells>
 </x:worksheet>
 </file>