--- v4 (2026-02-04)
+++ v5 (2026-02-26)
@@ -1,1035 +1,1044 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3022e48f0d414fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb288d132e91745e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260203" sheetId="1" r:id="R5d529df01fc945d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260224" sheetId="1" r:id="R244d7606edf8424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="330">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="333">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>111,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,328,750.58</x:t>
+    <x:t>$7,034,704.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.11%</x:t>
+    <x:t>3.42%</x:t>
   </x:si>
   <x:si>
     <x:t>ABEV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ambev Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCR6J5</x:t>
   </x:si>
   <x:si>
     <x:t>2,074,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,117,499.50</x:t>
-[...2 lines deleted...]
-    <x:t>3.01%</x:t>
+    <x:t>$6,675,957.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK LN</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CT5GJ1</x:t>
   </x:si>
   <x:si>
     <x:t>221,612</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,897,850.58</x:t>
-[...2 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>$6,572,435.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JHX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>James Hardie Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D01850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>244,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,118,659.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,025,040.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>EKTAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Elekta Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH56D6</x:t>
   </x:si>
   <x:si>
     <x:t>940,629</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,878,654.77</x:t>
-[...2 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>$5,849,090.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unicharm Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJH37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>793,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,582,646.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,538,671.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,534,589.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,008,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,466,544.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,461,283.82</x:t>
   </x:si>
   <x:si>
     <x:t>9888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Baidu Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZMFX1S5</x:t>
   </x:si>
   <x:si>
     <x:t>321,850</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,813,236.16</x:t>
-[...56 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>$5,381,653.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N4B6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,282,166.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,162,910.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,076,394.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pernod Ricard Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC9MR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,001,598.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,984,877.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000W907Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,760,026.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,711,861.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,209,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,638,411.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,566,871.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,408,106.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,375,564.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,306,976.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,159,099.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coloplast A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLV8Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,135,939.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6K3S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,077,796.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002304 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137K60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,999,612.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCF47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,959,124.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,867,233.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>NOVOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F8TZ33</x:t>
   </x:si>
   <x:si>
     <x:t>98,748</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,188,667.00</x:t>
-[...314 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>$3,801,023.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GVXC37</x:t>
   </x:si>
   <x:si>
     <x:t>166,080</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,384,081.56</x:t>
-[...74 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>$3,412,406.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barry Callebaut Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C35LZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,403,076.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROG SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNV243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,371,250.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>WKL NA</x:t>
   </x:si>
   <x:si>
     <x:t>Wolters Kluwer Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCHRW7</x:t>
   </x:si>
   <x:si>
     <x:t>43,572</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,595,629.49</x:t>
-[...2 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>$3,190,733.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,164,118.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,100,022.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Heineken Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW4R84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,895,861.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGE LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diageo Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS69D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>111,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,846,880.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,826,523.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Melrose Industries Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B5C2SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,738,164.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>WTC AU</x:t>
   </x:si>
   <x:si>
     <x:t>Wisetech Global Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CJZ0G09</x:t>
   </x:si>
   <x:si>
     <x:t>88,581</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,532,960.48</x:t>
-[...74 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>$2,711,558.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>DIM FP</x:t>
   </x:si>
   <x:si>
     <x:t>Sartorius Stedim Biotech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FH5WS9</x:t>
   </x:si>
   <x:si>
     <x:t>11,942</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,705,112.29</x:t>
-[...53 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>$2,522,283.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>9988 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QV37ZP9</x:t>
   </x:si>
   <x:si>
     <x:t>123,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,518,049.67</x:t>
-[...20 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>$2,363,303.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HPZ1T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,295,225.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J967J2</x:t>
   </x:si>
   <x:si>
     <x:t>99,265</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,299,893.92</x:t>
+    <x:t>$2,175,042.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>PRX NA</x:t>
   </x:si>
   <x:si>
     <x:t>Prosus Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQKSQ99</x:t>
   </x:si>
   <x:si>
     <x:t>40,990</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,287,802.91</x:t>
-[...17 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>$2,128,222.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>3092 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Zozo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TW0F94</x:t>
   </x:si>
   <x:si>
     <x:t>295,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,151,331.79</x:t>
-[...2 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$2,080,150.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L088N79</x:t>
   </x:si>
   <x:si>
     <x:t>1,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,079,158.61</x:t>
-[...5 lines deleted...]
-    <x:t>-TWD CASH-</x:t>
+    <x:t>$1,650,199.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,766,765</x:t>
+    <x:t>22</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,951.01</x:t>
+    <x:t>$6.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-4,930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-716.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-10,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-10,382.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,456.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
-  </x:si>
-[...67 lines deleted...]
-    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1057,51 +1066,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c73f3141aa43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc932b97c39094a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d529df01fc945d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46104b696fd24b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb777d4fcbf0e41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R244d7606edf8424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1478,80 +1487,80 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
@@ -1652,109 +1661,109 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -1826,1042 +1835,1042 @@
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="2" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>