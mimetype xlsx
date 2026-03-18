--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,1044 +1,1035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb288d132e91745e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400f407c7ad346a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260224" sheetId="1" r:id="R244d7606edf8424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOTI_asof_20260316" sheetId="1" r:id="R658769b300f048a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="333">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/24/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="492" uniqueCount="330">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/16/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>2330 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2JD8</x:t>
   </x:si>
   <x:si>
     <x:t>111,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,034,704.00</x:t>
+    <x:t>$6,475,262.52</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.42%</x:t>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CT5GJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>221,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,969,091.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ABEV3 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Ambev Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DCR6J5</x:t>
   </x:si>
   <x:si>
     <x:t>2,074,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,675,957.18</x:t>
-[...20 lines deleted...]
-    <x:t>3.20%</x:t>
+    <x:t>$5,948,250.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YUMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yum China Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8N0HG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,818,467.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EKTAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elekta Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH56D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>940,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,691,026.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HO FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thales Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCFRQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,292,234.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Group Ltd/Australia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006YQKTG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,008,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,270,683.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bureau Veritas Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LHT4L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,057,585.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHIA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Philips Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JX4KH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>176,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,989,143.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baidu Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZMFX1S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>321,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,932,214.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SY1 GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symrise Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N4B6Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,907,531.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>JHX AU</x:t>
   </x:si>
   <x:si>
     <x:t>James Hardie Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D01850</x:t>
   </x:si>
   <x:si>
     <x:t>244,812</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,118,659.10</x:t>
-[...38 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>$4,897,465.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002352 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sf Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FNDGRJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>860,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,705,424.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600887 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inner Mongolia Yili Industrial Group Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709J682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,209,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,703,785.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rheinmetall Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC7QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,574,082.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPX LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spirax-Sarco Engineering Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF2FG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,557,275.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9618 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC6RYV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,538,958.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>8113 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Unicharm Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDJH37</x:t>
   </x:si>
   <x:si>
     <x:t>793,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,582,646.66</x:t>
-[...125 lines deleted...]
-    <x:t>2.51%</x:t>
+    <x:t>$4,536,139.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tencent Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ35N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,457,491.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDEN FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edenred</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000W907Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,437,624.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
   </x:si>
   <x:si>
     <x:t>8035 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electron Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB59S7</x:t>
   </x:si>
   <x:si>
     <x:t>17,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,076,394.47</x:t>
-[...2 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>$4,378,127.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000858 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wuliangye Yibin Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DY65RX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,368,321.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000568 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luzhou Laojiao Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F136BD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,149,696.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siemens Healthineers Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRNPKX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,085,331.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSFIR NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dsm-Firmenich Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F6K3S63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,909,680.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>RI FP</x:t>
   </x:si>
   <x:si>
     <x:t>Pernod Ricard Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC9MR3</x:t>
   </x:si>
   <x:si>
     <x:t>50,257</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,001,598.31</x:t>
-[...161 lines deleted...]
-    <x:t>2.02%</x:t>
+    <x:t>$3,905,971.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>002304 C2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jiangsu Yanghe Brewery Joint-Stock Co L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F137K60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,828,662.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVOB DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novo Nordisk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F8TZ33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,801,083.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>COLOB DC</x:t>
   </x:si>
   <x:si>
     <x:t>Coloplast A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLV8Z0</x:t>
   </x:si>
   <x:si>
     <x:t>53,722</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,135,939.14</x:t>
-[...38 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>$3,761,311.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,591,635.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GVXC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>166,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,526,286.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCF47</x:t>
   </x:si>
   <x:si>
     <x:t>119,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,959,124.44</x:t>
-[...56 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>$3,449,662.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA/ LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bae Systems Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5TW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,367,972.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WKL NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wolters Kluwer Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCHRW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,338,972.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>BARN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Barry Callebaut Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C35LZ9</x:t>
   </x:si>
   <x:si>
     <x:t>1,724</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,403,076.11</x:t>
+    <x:t>$3,092,862.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisetech Global Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CJZ0G09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,928,321.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>ROG SW</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNV243</x:t>
   </x:si>
   <x:si>
     <x:t>6,984</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,371,250.30</x:t>
-[...38 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>$2,865,693.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hensoldt Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GQ6M668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,858,831.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>6645 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Omron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJC59</x:t>
   </x:si>
   <x:si>
     <x:t>90,600</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,100,022.36</x:t>
-[...2 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>$2,626,022.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>HEIA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Heineken Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW4R84</x:t>
   </x:si>
   <x:si>
     <x:t>31,375</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,895,861.28</x:t>
-[...2 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>$2,557,279.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4661 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oriental Land Co Ltd/Japan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HPZ1T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,284,355.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRX NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prosus Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQKSQ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,216,543.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIM FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sartorius Stedim Biotech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FH5WS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,205,388.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>DGE LN</x:t>
   </x:si>
   <x:si>
     <x:t>Diageo Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS69D5</x:t>
   </x:si>
   <x:si>
     <x:t>111,745</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,846,880.24</x:t>
-[...20 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>$2,150,721.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>MRO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Melrose Industries Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B5C2SM5</x:t>
   </x:si>
   <x:si>
     <x:t>314,902</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,738,164.30</x:t>
-[...38 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>$2,137,340.13</x:t>
   </x:si>
   <x:si>
     <x:t>9988 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Alibaba Group Holding Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QV37ZP9</x:t>
   </x:si>
   <x:si>
     <x:t>123,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,363,303.89</x:t>
-[...20 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>$2,115,699.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3092 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zozo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW0F94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,090,697.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>UMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Music Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J967J2</x:t>
   </x:si>
   <x:si>
     <x:t>99,265</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,175,042.33</x:t>
-[...38 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$2,063,083.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>ADYEN NA</x:t>
   </x:si>
   <x:si>
     <x:t>Adyen Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L088N79</x:t>
   </x:si>
   <x:si>
     <x:t>1,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,650,199.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>$1,545,651.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CHF CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,396.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,692.85</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$6.25</x:t>
+    <x:t>$6.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.03</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
-    <x:t>$31.41</x:t>
+    <x:t>$30.91</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$2.33</x:t>
-[...23 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$2.27</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,456.17</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$290,826.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1066,51 +1057,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46104b696fd24b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb777d4fcbf0e41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R244d7606edf8424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5520c1ab9c534de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8ecee72e97b34387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R658769b300f048a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I61"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1487,80 +1478,80 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
@@ -1574,1303 +1565,1303 @@
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E53" s="1" t="s">
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E57" s="1" t="s">
+      <x:c r="G57" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="G58" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="2" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I61" s="2" t="s">
         <x:v>1</x:v>
       </x:c>