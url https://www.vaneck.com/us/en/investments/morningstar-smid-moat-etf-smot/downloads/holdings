--- v0 (2026-01-10)
+++ v1 (2026-02-04)
@@ -1,1890 +1,1911 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a8a1a75d1a4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7f8840237a4883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOT_asof_20260108" sheetId="1" r:id="Rb268e24650d2420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOT_asof_20260202" sheetId="1" r:id="R652b1be55cdd43fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="615">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="622">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>48,582</x:t>
+    <x:t>47,229</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,691,016.42</x:t>
+    <x:t>$7,789,478.97</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.08%</x:t>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>16,363</x:t>
-[...5 lines deleted...]
-    <x:t>1.67%</x:t>
+    <x:t>15,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,683,190.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>132,259</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>128,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,178,509.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPWGR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,730,652.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paccar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQVTF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,691,686.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hasbro Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKVJK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,515,915.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L5YZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,454,909.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carnival Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6LY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,342,600.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portland General Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCRMW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,290,162.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,287,353.52</x:t>
   </x:si>
   <x:si>
     <x:t>MAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Mattel Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNYW1</x:t>
   </x:si>
   <x:si>
-    <x:t>254,793</x:t>
-[...23 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>247,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,260,871.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensata Technologies Holding Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JPGYW43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,114,091.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,092,025.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
-    <x:t>39,879</x:t>
-[...23 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>38,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,090,626.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,067,562.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,057,122.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoom Video Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042V6JM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,991,586.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMH2Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,949,668.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,805,539.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Utilities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRMJN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,791,577.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVMPN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,775,680.35</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
-    <x:t>61,164</x:t>
-[...86 lines deleted...]
-    <x:t>$5,319,472.90</x:t>
+    <x:t>59,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,763,260.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,712,491.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithia Motors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K3BC83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,672,103.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L4M7F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,604,170.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,600,452.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRGSJR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,561,973.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asbury Automotive Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKDWB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,513,816.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sba Communications Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2M0Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,452,058.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ETSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Etsy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7MXL8</x:t>
   </x:si>
   <x:si>
-    <x:t>85,412</x:t>
-[...119 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>83,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,450,970.25</x:t>
   </x:si>
   <x:si>
     <x:t>SSNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ss&amp;C Technologies Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RJ2J04</x:t>
   </x:si>
   <x:si>
-    <x:t>55,547</x:t>
-[...35 lines deleted...]
-    <x:t>$4,923,392.88</x:t>
+    <x:t>53,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,439,011.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FV1Z23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,301,439.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,223,695.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ5HK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,219,594.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,179,169.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>FIS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidelity National Information Services</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK2F42</x:t>
   </x:si>
   <x:si>
-    <x:t>72,689</x:t>
-[...53 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>70,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,962,893.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,950,139.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dupont De Nemours Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN961G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,919,703.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dynatrace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PNN7C40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,781,332.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lamb Weston Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CVMLQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,649,186.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,603,703.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesco International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D0FNV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,332,084.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,287,039.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IONS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ionis Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JH6683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,280,600.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PINS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinterest Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002583CV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>148,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,260,444.00</x:t>
   </x:si>
   <x:si>
     <x:t>HUM US</x:t>
   </x:si>
   <x:si>
     <x:t>Humana Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLKK03</x:t>
   </x:si>
   <x:si>
-    <x:t>17,361</x:t>
-[...248 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>16,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,159,374.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MHTV89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,075,709.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C22QV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,059,268.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>EXPE US</x:t>
   </x:si>
   <x:si>
     <x:t>Expedia Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QY3XZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>11,344</x:t>
-[...74 lines deleted...]
-    <x:t>$3,119,480.64</x:t>
+    <x:t>11,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,050,286.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LFUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littelfuse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFGT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,983,142.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.84%</x:t>
   </x:si>
   <x:si>
-    <x:t>WCC US</x:t>
-[...14 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KY3845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,866,460.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,805,297.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDV81</x:t>
   </x:si>
   <x:si>
-    <x:t>34,742</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>33,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,800,202.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGFJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,794,050.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDDNH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,759,102.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oshkosh Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CC53X1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,693,928.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Products And Chemicals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC4JJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,664,373.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJQWD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,617,996.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
-    <x:t>19,714</x:t>
-[...86 lines deleted...]
-    <x:t>$2,733,315.00</x:t>
+    <x:t>19,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,594,613.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,584,831.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,579,593.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QTF8K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,566,256.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRXP69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,531,982.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZWZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,524,475.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C15114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,512,908.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chart Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1K2X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,497,075.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,488,573.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,480,491.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Flavors &amp; Fragrances Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLSL58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,478,008.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Becton Dickinson &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCZYD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,473,599.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNJRQ09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,452,056.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6M98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,427,456.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PQ4W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,408,997.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS7JV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,408,647.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labcorp Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MMT6PL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,404,499.84</x:t>
   </x:si>
   <x:si>
     <x:t>ELV US</x:t>
   </x:si>
   <x:si>
     <x:t>Elevance Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCG930</x:t>
   </x:si>
   <x:si>
-    <x:t>7,223</x:t>
-[...89 lines deleted...]
-    <x:t>$2,573,679.30</x:t>
+    <x:t>7,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,401,355.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H433CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,394,639.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>CI US</x:t>
   </x:si>
   <x:si>
     <x:t>Cigna Group/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KXRCDP0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,062</x:t>
-[...116 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>8,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,391,995.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059JSF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,340,727.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHSYX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,338,829.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C17X76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,305,246.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NCLH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norwegian Cruise Line Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSRN78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,293,789.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,289,988.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,274,983.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,272,119.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimberly-Clark Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMW2Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,268,500.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,259,780.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005CPNTQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,226,178.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Warner Music Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP2T9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,219,156.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGX2S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,203,124.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>EFX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equifax Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHPL78</x:t>
   </x:si>
   <x:si>
-    <x:t>11,357</x:t>
-[...326 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>11,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,198,438.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,914</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,993,796.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>25,850</x:t>
-[...2 lines deleted...]
-    <x:t>$2,155,631.50</x:t>
+    <x:t>25,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,976,253.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM9RH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,972,413.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NJHZT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,942,202.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>ZS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zscaler Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003338H34</x:t>
   </x:si>
   <x:si>
-    <x:t>9,753</x:t>
-[...2 lines deleted...]
-    <x:t>$2,148,780.96</x:t>
+    <x:t>9,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,901,381.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zebra Technologies Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CC7LQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,856,942.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath &amp; Body Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNGTQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,798,949.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>VEEV US</x:t>
   </x:si>
   <x:si>
     <x:t>Veeva Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CGB489</x:t>
   </x:si>
   <x:si>
-    <x:t>8,853</x:t>
-[...17 lines deleted...]
-    <x:t>$2,130,451.64</x:t>
+    <x:t>8,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,751,046.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elastic Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LWZDYB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,685,717.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Factset Research Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJL83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,613,954.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,572,721.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>TEAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Atlassian Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BGWHFR5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,194</x:t>
-[...125 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>13,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,568,832.60</x:t>
   </x:si>
   <x:si>
     <x:t>DKNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Draftkings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0134WCM78</x:t>
   </x:si>
   <x:si>
-    <x:t>51,047</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>49,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,360,635.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>FLUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Flutter Entertainment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2GPN9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,334</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>8,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,316,818.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>HUBS US</x:t>
   </x:si>
   <x:si>
     <x:t>Hubspot Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7MZ06</x:t>
   </x:si>
   <x:si>
-    <x:t>4,891</x:t>
-[...2 lines deleted...]
-    <x:t>$1,809,180.90</x:t>
+    <x:t>4,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,304,251.54</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>117,567</x:t>
+    <x:t>157,311</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$117,567.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$157,311.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$109,008.96</x:t>
+    <x:t>$36,330.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1912,51 +1933,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36827172e9144d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Radd04e3fdb524bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb268e24650d2420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562edb78db3e412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3da757594664b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R652b1be55cdd43fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I112"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2275,80 +2296,80 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
@@ -2362,2840 +2383,2840 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>375</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>471</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="E92" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>508</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>519</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>530</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="2" t="s">
-        <x:v>614</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>