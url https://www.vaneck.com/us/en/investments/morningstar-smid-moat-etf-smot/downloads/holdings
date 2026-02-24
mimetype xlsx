--- v1 (2026-02-04)
+++ v2 (2026-02-24)
@@ -1,1911 +1,1926 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7f8840237a4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592a29569c124760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOT_asof_20260202" sheetId="1" r:id="R652b1be55cdd43fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOT_asof_20260223" sheetId="1" r:id="Ra387a99d375544e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="622">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="627">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>47,229</x:t>
+    <x:t>46,338</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,789,478.97</x:t>
+    <x:t>$8,225,921.76</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>2.19%</x:t>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,901</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>15,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,863,616.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>128,585</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>126,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,463,926.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NDSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Nordson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWGR1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,695</x:t>
-[...2 lines deleted...]
-    <x:t>$5,730,652.45</x:t>
+    <x:t>20,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,889,617.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L5YZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,769,370.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,728,387.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hasbro Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKVJK4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,691,012.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paccar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQVTF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,673,456.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portland General Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCRMW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,580,941.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>PCAR US</x:t>
-[...50 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,511,473.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensata Technologies Holding Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JPGYW43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,220,301.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,193,239.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,026,256.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>CCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Carnival Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF6LY3</x:t>
   </x:si>
   <x:si>
-    <x:t>164,641</x:t>
-[...38 lines deleted...]
-    <x:t>$5,287,353.52</x:t>
+    <x:t>162,223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,934,823.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,913,021.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,859,546.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sba Communications Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2M0Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,834,681.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Utilities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRMJN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,830,497.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRGSJR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,811,453.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,729,820.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,716,357.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,677,029.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L4M7F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,644,148.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoom Video Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042V6JM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,557,479.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FV1Z23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,375,089.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dupont De Nemours Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN961G4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,334,373.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MXL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,284,389.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMH2Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,237,453.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>MAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Mattel Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNYW1</x:t>
   </x:si>
   <x:si>
-    <x:t>247,687</x:t>
-[...71 lines deleted...]
-    <x:t>$5,067,562.80</x:t>
+    <x:t>244,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,204,912.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asbury Automotive Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKDWB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,159,355.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVMPN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,106,179.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>LPLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Lpl Financial Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2TYL8</x:t>
   </x:si>
   <x:si>
-    <x:t>13,438</x:t>
-[...125 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>13,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,006,657.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>LAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithia Motors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K3BC83</x:t>
   </x:si>
   <x:si>
-    <x:t>14,259</x:t>
-[...107 lines deleted...]
-    <x:t>$4,450,970.25</x:t>
+    <x:t>14,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,003,543.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ5HK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,945,284.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,839,510.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lamb Weston Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003CVMLQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,755,264.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>SSNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ss&amp;C Technologies Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RJ2J04</x:t>
   </x:si>
   <x:si>
-    <x:t>53,996</x:t>
-[...71 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>53,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,700,407.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,433,939.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LFUS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Littelfuse Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGFGT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,329,050.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dynatrace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PNN7C40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,293,860.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IONS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ionis Pharmaceuticals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JH6683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,292,039.80</x:t>
   </x:si>
   <x:si>
     <x:t>FIS US</x:t>
   </x:si>
   <x:si>
     <x:t>Fidelity National Information Services</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BK2F42</x:t>
   </x:si>
   <x:si>
-    <x:t>70,665</x:t>
-[...77 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>69,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,290,496.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDDNH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,205,465.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesco International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D0FNV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,158,486.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PQ4W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,158,370.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oshkosh Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CC53X1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,128,829.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,082,168.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C22QV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,431.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humana Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLKK03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,999,828.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KY3845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,993,557.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,953,238.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,951,969.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGFJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,873,082.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Flavors &amp; Fragrances Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLSL58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,865,817.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMCR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amcor Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LNJRQ09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,793,027.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Products And Chemicals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC4JJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,732,796.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZWZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,689,137.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059JSF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,678,735.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,647,712.10</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>20,785</x:t>
-[...59 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>20,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,646,091.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJQWD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,636,560.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6M98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,567,547.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H433CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,550,500.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXCM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dexcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QTF8K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,543,147.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGX2S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,534,070.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,518,362.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHSYX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,958.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,511,808.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labcorp Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MMT6PL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,500,369.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRXP69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,488,616.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C17X76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,478,203.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,472,717.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimberly-Clark Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMW2Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,471,777.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,451,125.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chart Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1K2X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,449,222.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cigna Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXRCDP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,447,524.74</x:t>
   </x:si>
   <x:si>
     <x:t>PINS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pinterest Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002583CV8</x:t>
   </x:si>
   <x:si>
-    <x:t>148,202</x:t>
-[...20 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>145,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,426,659.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,345,268.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elevance Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCG930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,314,480.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005CPNTQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,280,649.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS7JV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,275,169.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,261,839.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NCLH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Norwegian Cruise Line Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSRN78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,245,690.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Becton Dickinson &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCZYD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,215,766.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C15114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,069,051.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Warner Music Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP2T9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,062,846.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,061,763.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedia Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QY3XZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,047,972.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPL78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,040,885.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,034,345.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gentex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,948,838.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marvell Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXBJ153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,925,924.82</x:t>
   </x:si>
   <x:si>
     <x:t>EPAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Epam Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MHTV89</x:t>
   </x:si>
   <x:si>
-    <x:t>14,617</x:t>
-[...758 lines deleted...]
-    <x:t>$1,976,253.84</x:t>
+    <x:t>14,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,871,683.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBWI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bath &amp; Body Works Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNGTQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,794,731.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zebra Technologies Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CC7LQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,748,779.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM9RH1</x:t>
   </x:si>
   <x:si>
-    <x:t>49,708</x:t>
-[...2 lines deleted...]
-    <x:t>$1,972,413.44</x:t>
+    <x:t>48,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,731,968.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>DDOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Datadog Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003NJHZT9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,050</x:t>
-[...5 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>14,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,515,213.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CGB489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,459,485.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,355,108.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elastic Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LWZDYB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,353,022.44</x:t>
   </x:si>
   <x:si>
     <x:t>ZS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zscaler Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003338H34</x:t>
   </x:si>
   <x:si>
-    <x:t>9,478</x:t>
-[...77 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>9,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,332,647.28</x:t>
   </x:si>
   <x:si>
     <x:t>FDS US</x:t>
   </x:si>
   <x:si>
     <x:t>Factset Research Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDJL83</x:t>
   </x:si>
   <x:si>
-    <x:t>6,488</x:t>
-[...23 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>6,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,216,332.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Draftkings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0134WCM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,356.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubspot Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,766.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>TEAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Atlassian Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BGWHFR5</x:t>
   </x:si>
   <x:si>
-    <x:t>13,798</x:t>
-[...20 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>13,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$935,540.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>FLUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Flutter Entertainment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2GPN9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,103</x:t>
-[...20 lines deleted...]
-    <x:t>$1,304,251.54</x:t>
+    <x:t>7,984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$921,513.28</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>157,311</x:t>
+    <x:t>68,893</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$157,311.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$68,893.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,330.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$335,470.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1933,51 +1948,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562edb78db3e412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf3da757594664b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R652b1be55cdd43fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860520f62a1f45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f949a68f8fb462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra387a99d375544e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I112"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2325,2898 +2340,2898 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>480</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>497</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>529</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
         <x:v>610</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="2" t="s">
-        <x:v>621</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>