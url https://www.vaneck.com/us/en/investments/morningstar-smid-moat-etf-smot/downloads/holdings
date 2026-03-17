--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -1,1926 +1,1929 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592a29569c124760" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dcae68aac4946d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOT_asof_20260223" sheetId="1" r:id="Ra387a99d375544e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMOT_asof_20260313" sheetId="1" r:id="Rcbc827f4213c4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="627">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/23/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="628">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,441,982.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>46,338</x:t>
-[...11 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>46,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,292,676.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>15,670</x:t>
-[...2 lines deleted...]
-    <x:t>$6,863,616.70</x:t>
+    <x:t>15,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,479,256.06</x:t>
   </x:si>
   <x:si>
     <x:t>1.98%</x:t>
   </x:si>
   <x:si>
+    <x:t>RPRX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royalty Pharma Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1L5YZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,761,440.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>126,150</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>125,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,611,465.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Portland General Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCRMW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,546,152.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,471,753.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>NDSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Nordson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWGR1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,392</x:t>
-[...41 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>20,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,427,389.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>HAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Hasbro Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKVJK4</x:t>
   </x:si>
   <x:si>
-    <x:t>57,912</x:t>
-[...5 lines deleted...]
-    <x:t>1.65%</x:t>
+    <x:t>57,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,380,213.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,351,506.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>PCAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Paccar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQVTF5</x:t>
   </x:si>
   <x:si>
-    <x:t>45,006</x:t>
-[...41 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>44,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,163,310.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WTRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essential Utilities Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRMJN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>122,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,094,628.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>ST US</x:t>
   </x:si>
   <x:si>
     <x:t>Sensata Technologies Holding Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JPGYW43</x:t>
   </x:si>
   <x:si>
-    <x:t>141,013</x:t>
-[...23 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>140,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,806,881.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,778,560.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMH2Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,569,447.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sba Communications Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D2M0Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,529,695.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,440,765.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,408,639.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Castle Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FV1Z23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,340,523.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vontier Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RRGSJR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>118,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,262,683.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etsy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MXL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,233,179.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNKG9</x:t>
   </x:si>
   <x:si>
-    <x:t>68,088</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>67,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,166,503.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,124,050.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resmed Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L4M7F1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,089,099.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoom Video Communications Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0042V6JM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,903,217.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mattel Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNYW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,898,565.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,873,503.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Carnival Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF6LY3</x:t>
   </x:si>
   <x:si>
-    <x:t>162,223</x:t>
-[...197 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>161,361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,871,050.39</x:t>
   </x:si>
   <x:si>
     <x:t>DD US</x:t>
   </x:si>
   <x:si>
     <x:t>Dupont De Nemours Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN961G4</x:t>
   </x:si>
   <x:si>
-    <x:t>86,549</x:t>
-[...59 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>86,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,865,396.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T Rowe Price Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVMPN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,831,158.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSNC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ss&amp;C Technologies Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RJ2J04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,800,929.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,790,628.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,750,509.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dynatrace Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PNN7C40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,738,994.05</x:t>
   </x:si>
   <x:si>
     <x:t>ABG US</x:t>
   </x:si>
   <x:si>
     <x:t>Asbury Automotive Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKDWB5</x:t>
   </x:si>
   <x:si>
-    <x:t>18,865</x:t>
-[...41 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>18,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,686,571.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>LAD US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithia Motors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K3BC83</x:t>
   </x:si>
   <x:si>
-    <x:t>14,049</x:t>
-[...2 lines deleted...]
-    <x:t>$4,003,543.53</x:t>
+    <x:t>13,975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,559,432.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,447,054.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fidelity National Information Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BK2F42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,427,510.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>AYI US</x:t>
   </x:si>
   <x:si>
     <x:t>Acuity Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ5HK0</x:t>
   </x:si>
   <x:si>
-    <x:t>13,133</x:t>
-[...23 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>13,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,407,222.29</x:t>
   </x:si>
   <x:si>
     <x:t>LW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lamb Weston Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003CVMLQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>79,527</x:t>
-[...41 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>79,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,207,707.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sealed Air Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C22QV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,983,694.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BALL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ball Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDDNH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,953,340.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>LFUS US</x:t>
   </x:si>
   <x:si>
     <x:t>Littelfuse Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGFGT8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,037</x:t>
-[...23 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>8,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,932,032.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGFJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,888,910.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allison Transmission Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KY3845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,875,217.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,871,254.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJQWD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,859,284.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesco International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D0FNV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,808,502.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,789,245.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GNRC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Generac Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PQ4W72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,769,720.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Products And Chemicals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC4JJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,763,456.08</x:t>
   </x:si>
   <x:si>
     <x:t>IONS US</x:t>
   </x:si>
   <x:si>
     <x:t>Ionis Pharmaceuticals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JH6683</x:t>
   </x:si>
   <x:si>
-    <x:t>38,913</x:t>
-[...68 lines deleted...]
-    <x:t>$3,158,370.70</x:t>
+    <x:t>38,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,755,551.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,736,128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humana Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLKK03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,724,797.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,711,176.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crown Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,682,991.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PINS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pinterest Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002583CV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>144,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,629,264.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHSYX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,623,757.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Firstenergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6M98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,590,384.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>OSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Oshkosh Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC53X1</x:t>
   </x:si>
   <x:si>
-    <x:t>17,682</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>17,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,588,250.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H433CR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,553,101.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMRN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biomarin Pharmaceutical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CZWZ05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,487,435.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expedia Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QY3XZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,467,766.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edwards Lifesciences Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRXP69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,456,508.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTLS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chart Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P1K2X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,431,554.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Flavors &amp; Fragrances Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLSL58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,412,752.21</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FKJRC5</x:t>
   </x:si>
   <x:si>
-    <x:t>27,271</x:t>
-[...119 lines deleted...]
-    <x:t>$2,865,817.28</x:t>
+    <x:t>27,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,383,920.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labcorp Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MMT6PL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,299,808.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cigna Group/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXRCDP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,297,032.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIIB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biogen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C17X76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,279,178.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,271,348.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,263,560.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,250,210.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,247,570.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059JSF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,229,140.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>AMCR US</x:t>
   </x:si>
   <x:si>
     <x:t>Amcor Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LNJRQ09</x:t>
   </x:si>
   <x:si>
-    <x:t>55,220</x:t>
-[...140 lines deleted...]
-    <x:t>$2,550,500.82</x:t>
+    <x:t>54,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,228,347.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptargroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGX2S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,225,387.70</x:t>
   </x:si>
   <x:si>
     <x:t>DXCM US</x:t>
   </x:si>
   <x:si>
     <x:t>Dexcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QTF8K1</x:t>
   </x:si>
   <x:si>
-    <x:t>34,714</x:t>
-[...131 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>34,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,218,207.20</x:t>
   </x:si>
   <x:si>
     <x:t>KMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Kimberly-Clark Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMW2Z0</x:t>
   </x:si>
   <x:si>
-    <x:t>22,367</x:t>
-[...65 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>22,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,199,091.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marvell Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXBJ153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,163,640.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
-    <x:t>18,883</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>18,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,094,492.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kraft Heinz Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005CPNTQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,087,340.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS7JV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,073,127.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>ELV US</x:t>
   </x:si>
   <x:si>
     <x:t>Elevance Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCG930</x:t>
   </x:si>
   <x:si>
-    <x:t>6,891</x:t>
-[...38 lines deleted...]
-    <x:t>$2,275,169.13</x:t>
+    <x:t>6,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,999,123.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,998,428.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPL78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,985,248.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Warner Music Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP2T9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,967,641.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MHTV89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,964,667.64</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
-    <x:t>35,851</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>35,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,924,980.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-Techne Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C15114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,911,146.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Becton Dickinson &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCZYD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,905,308.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NJHZT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,828,949.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>NCLH US</x:t>
   </x:si>
   <x:si>
     <x:t>Norwegian Cruise Line Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSRN78</x:t>
   </x:si>
   <x:si>
-    <x:t>95,602</x:t>
-[...116 lines deleted...]
-    <x:t>$2,034,345.27</x:t>
+    <x:t>95,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,794,423.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>GNTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Gentex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJ092</x:t>
   </x:si>
   <x:si>
-    <x:t>82,683</x:t>
-[...38 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>82,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,724,635.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM9RH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,660,898.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BBWI US</x:t>
   </x:si>
   <x:si>
     <x:t>Bath &amp; Body Works Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNGTQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>79,695</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>79,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,545,784.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>ZBRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Zebra Technologies Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC7LQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>7,560</x:t>
-[...41 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>7,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,524,454.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>VEEV US</x:t>
   </x:si>
   <x:si>
     <x:t>Veeva Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CGB489</x:t>
   </x:si>
   <x:si>
-    <x:t>8,477</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>8,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,508,137.28</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,269</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>4,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,485,558.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zscaler Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003338H34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,422,433.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Factset Research Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDJL83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,307,728.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>ESTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Elastic Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWZDYB9</x:t>
   </x:si>
   <x:si>
-    <x:t>25,366</x:t>
-[...35 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>25,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,299,195.68</x:t>
   </x:si>
   <x:si>
     <x:t>DKNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Draftkings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0134WCM78</x:t>
   </x:si>
   <x:si>
-    <x:t>48,893</x:t>
-[...2 lines deleted...]
-    <x:t>$1,066,356.33</x:t>
+    <x:t>48,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,258,135.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubspot Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7MZ06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,232,430.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlassian Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BGWHFR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,140.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.31%</x:t>
   </x:si>
   <x:si>
-    <x:t>HUBS US</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>FLUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Flutter Entertainment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000P2GPN9</x:t>
   </x:si>
   <x:si>
-    <x:t>7,984</x:t>
-[...2 lines deleted...]
-    <x:t>$921,513.28</x:t>
+    <x:t>7,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$860,674.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>68,893</x:t>
+    <x:t>482,067</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$68,893.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$482,066.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$335,470.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$442,315.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1948,51 +1951,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860520f62a1f45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f949a68f8fb462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra387a99d375544e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17f3cd893154843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdc515f69744d4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbc827f4213c4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I112"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2543,1965 +2546,1965 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="D82" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="F82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>462</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="D83" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="F83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="D84" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="E84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="F84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G84" s="1" t="s">
+      <x:c r="H84" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I84" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="D86" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="F86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G86" s="1" t="s">
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
@@ -4515,428 +4518,428 @@
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="F89" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="D90" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="F90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G90" s="1" t="s">
+      <x:c r="H90" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>507</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="F92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>518</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
@@ -4950,167 +4953,167 @@
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I105" s="1" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
         <x:v>599</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
@@ -5124,114 +5127,114 @@
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="2" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="B112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I112" s="2" t="s">
         <x:v>1</x:v>
       </x:c>