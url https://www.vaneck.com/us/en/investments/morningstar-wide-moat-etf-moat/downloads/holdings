--- v0 (2025-12-07)
+++ v1 (2025-12-20)
@@ -1,1050 +1,1050 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde89ef72c7cb4bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re34fd4661f894d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251204" sheetId="1" r:id="R1fd94c239cc24a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251218" sheetId="1" r:id="Rf7f9dd862a7a4320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="335">
   <x:si>
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,809,490</x:t>
+    <x:t>2,219,796</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$487,548,985.60</x:t>
+    <x:t>$562,718,286.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.76%</x:t>
+    <x:t>3.55%</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FKJRC5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,844,755</x:t>
-[...5 lines deleted...]
-    <x:t>3.08%</x:t>
+    <x:t>4,717,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,190,219.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,484,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$478,853,253.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.02%</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
-    <x:t>674,694</x:t>
-[...23 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>827,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,580,185.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>3,675,196</x:t>
-[...2 lines deleted...]
-    <x:t>$370,790,524.44</x:t>
+    <x:t>4,509,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$454,033,261.11</x:t>
   </x:si>
   <x:si>
     <x:t>2.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,865,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,730,161.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBS2Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,296,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,601,770.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH3JF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,852,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,683,532.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L9CV04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,051,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,539,656.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX24N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,534,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,365,428.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,451,589</x:t>
-[...59 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>3,007,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,767,272.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,713,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,372,580.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,826,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,246,058.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,685,863</x:t>
-[...77 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>2,068,219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,892,308.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>IEX US</x:t>
   </x:si>
   <x:si>
     <x:t>Idex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1HN22</x:t>
   </x:si>
   <x:si>
-    <x:t>1,734,628</x:t>
-[...5 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>2,128,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$377,749,110.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>1,368,112</x:t>
-[...5 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>1,678,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,729,522.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,399,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,904,651.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
-    <x:t>4,413,856</x:t>
-[...2 lines deleted...]
-    <x:t>$289,946,200.64</x:t>
+    <x:t>5,415,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$355,424,318.51</x:t>
   </x:si>
   <x:si>
     <x:t>2.24%</x:t>
   </x:si>
   <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,989,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$343,736,526.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,632,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,975,366.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Zimmer Biomet Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKPL53</x:t>
   </x:si>
   <x:si>
-    <x:t>3,049,812</x:t>
-[...56 lines deleted...]
-    <x:t>$268,591,668.66</x:t>
+    <x:t>3,741,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,263,149.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,693,214.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,517,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,954,718.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBZ23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,809,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,646,909.20</x:t>
   </x:si>
   <x:si>
     <x:t>2.07%</x:t>
   </x:si>
   <x:si>
-    <x:t>WDAY US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>STZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J1QLT0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,916,699</x:t>
-[...5 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>2,351,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,722,532.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,707,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,898,044.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,713,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,996,759.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S39JX6</x:t>
   </x:si>
   <x:si>
-    <x:t>825,393</x:t>
-[...59 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>1,012,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,288,538.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>CLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Clorox Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFS7D3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,373,062</x:t>
-[...23 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>2,911,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,361,958.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF0K17</x:t>
   </x:si>
   <x:si>
-    <x:t>404,539</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>496,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$280,773,333.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>205,320</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>251,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,965,917.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,604,572</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,467,947.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMH2Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>950,477</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>1,166,251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,033,359.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>PEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Pepsico Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DH7JK6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,150,592</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>1,411,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,857,413.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,520,779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,769,178.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PS7JV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,263,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,000,229.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,741,650.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,052,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,997,757.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,028,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,198,774.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>ENTG US</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTV4N4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,880,693</x:t>
-[...38 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>2,307,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,074,605.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>859,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,775,373.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NDSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPWGR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>806,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,142,557.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,169,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,503,291.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCMBG4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,922,349</x:t>
-[...23 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>2,358,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,079,927.75</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR2B91</x:t>
   </x:si>
   <x:si>
-    <x:t>6,119,989</x:t>
-[...50 lines deleted...]
-    <x:t>$156,505,429.92</x:t>
+    <x:t>7,508,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,013,841.60</x:t>
   </x:si>
   <x:si>
     <x:t>DE US</x:t>
   </x:si>
   <x:si>
     <x:t>Deere &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1NH9</x:t>
   </x:si>
   <x:si>
-    <x:t>320,826</x:t>
-[...23 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>393,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,930,274.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,155,357.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>655,014</x:t>
-[...35 lines deleted...]
-    <x:t>$149,093,097.12</x:t>
+    <x:t>803,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,248,826.08</x:t>
   </x:si>
   <x:si>
     <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Masco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNNKG9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,279,756</x:t>
-[...23 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>2,796,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,101,666.41</x:t>
   </x:si>
   <x:si>
     <x:t>DIS US</x:t>
   </x:si>
   <x:si>
     <x:t>Walt Disney Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH4R78</x:t>
   </x:si>
   <x:si>
-    <x:t>1,241,724</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>1,523,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,429,470.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
-    <x:t>272,874</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>334,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,530,632.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM9RH1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,168,820</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>3,887,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,475,437.12</x:t>
   </x:si>
   <x:si>
     <x:t>IFF US</x:t>
   </x:si>
   <x:si>
     <x:t>International Flavors &amp; Fragrances Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLSL58</x:t>
   </x:si>
   <x:si>
-    <x:t>1,847,115</x:t>
-[...2 lines deleted...]
-    <x:t>$122,814,676.35</x:t>
+    <x:t>2,266,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,336,063.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>14,943,139</x:t>
+    <x:t>388</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,943,139.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$388.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,273,114.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$-13,103,063.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1072,51 +1072,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b6573c2deb4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4cc93ae5240d4a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1fd94c239cc24a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3fbd0f06ba41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6232c94ba6e444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf7f9dd862a7a4320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1493,370 +1493,370 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
@@ -2189,109 +2189,109 @@
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
@@ -2334,312 +2334,312 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
@@ -2682,80 +2682,80 @@
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">