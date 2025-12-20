--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re34fd4661f894d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da722d81df94cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251218" sheetId="1" r:id="Rf7f9dd862a7a4320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251218" sheetId="1" r:id="Ra2d1506f67d74d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="335">
   <x:si>
     <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1072,51 +1072,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3fbd0f06ba41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6232c94ba6e444cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf7f9dd862a7a4320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90fb1a6b38074a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a9454cc47f9400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2d1506f67d74d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">