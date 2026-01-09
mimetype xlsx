--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -1,1050 +1,1062 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da722d81df94cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2f6c893b654b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251218" sheetId="1" r:id="Ra2d1506f67d74d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260108" sheetId="1" r:id="R7cd7d1fef40d49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="335">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="339">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,063,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,448,723.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L9CV04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,510,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,481,815.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,351,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,537,816.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,464,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,356,997.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,586,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$358,619,547.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH3JF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,503,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,383,835.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,977,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,487,048.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1HN22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,867,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,018,022.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,386,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,937,729.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,649,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,876,677.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,436,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,686,395.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QLT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,197,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,076,849.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,237,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$322,287,333.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>915,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,479,270.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,671,357</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,642,249.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,094,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,432,045.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,934,284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,070,866.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,698,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,620,716.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,239,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,744,312.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>633,853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$303,051,457.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,873,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,553,618.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,330,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,629,680.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,446,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,068,844.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,393,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,358,099.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$285,063,008.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,004,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,697,512.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,219,796</x:t>
-[...47 lines deleted...]
-    <x:t>3.02%</x:t>
+    <x:t>959,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,215,555.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPD168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,864,803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,974,484.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
-    <x:t>827,860</x:t>
-[...23 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>321,578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,037,057.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTV4N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,895,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,216,848.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBS2Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,228,391.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QX74T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,771,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,939,338.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,240,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,762,806.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMH2Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>960,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,422,305.25</x:t>
   </x:si>
   <x:si>
     <x:t>USB US</x:t>
   </x:si>
   <x:si>
     <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FFDM15</x:t>
   </x:si>
   <x:si>
-    <x:t>7,865,791</x:t>
-[...59 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>3,188,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,050,408.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>WST US</x:t>
   </x:si>
   <x:si>
     <x:t>West Pharmaceutical Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX24N8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,534,897</x:t>
-[...236 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>640,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,147,750.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,567,448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,583,854.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,357,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,156,760.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>289,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,147,136.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,489,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,106,792.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,656,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,879,742.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPL78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>762,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,266,407.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP8Z50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,887,499.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1NH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>329,154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,840,323.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVPV84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>667,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,353,750.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>887,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,885,813.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>864,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,923,225.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,688,201.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,370,969.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,101,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,468,808.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>MKTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBZ23</x:t>
   </x:si>
   <x:si>
-    <x:t>1,809,704</x:t>
-[...476 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>842,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,579,453.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>727,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,539,665.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M1R011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>939,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,334,979.32</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM9RH1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,887,696</x:t>
-[...20 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>3,216,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,588,088.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>388</x:t>
+    <x:t>726,626</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$388.32</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$726,626.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-13,103,063.22</x:t>
-[...2 lines deleted...]
-    <x:t>-0.08%</x:t>
+    <x:t>$6,735,278.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1072,60 +1084,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90fb1a6b38074a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a9454cc47f9400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2d1506f67d74d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefbe1e39c9b4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7fdd30dee8a4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7cd7d1fef40d49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I59"/>
+  <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
-    <x:col min="3" max="3" width="50" customWidth="1"/>
+    <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
@@ -1464,80 +1476,80 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
@@ -1609,1225 +1621,1254 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A59" s="2" t="s">
+      <x:c r="A59" s="1">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="B59" s="2" t="s">
+      <x:c r="D59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="2" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C59" s="2" t="s">
+      <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D59" s="2" t="s">
+      <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E59" s="2" t="s">
+      <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F59" s="2" t="s">
+      <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G59" s="2" t="s">
+      <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H59" s="2" t="s">
+      <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I59" s="2" t="s">
+      <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A59:I59"/>
+    <x:mergeCell ref="A60:I60"/>
   </x:mergeCells>
 </x:worksheet>
 </file>