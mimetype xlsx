--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -1,1062 +1,1059 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2f6c893b654b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485d9e71dcc24280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260108" sheetId="1" r:id="R7cd7d1fef40d49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260128" sheetId="1" r:id="R3a3754d54cf147af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="339">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="338">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,063,357</x:t>
+    <x:t>1,054,817</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$402,448,723.79</x:t>
+    <x:t>$448,708,603.63</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.04%</x:t>
+    <x:t>3.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,324,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,034,589.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1HN22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,852,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,852,014.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000L9CV04</x:t>
   </x:si>
   <x:si>
-    <x:t>3,510,160</x:t>
-[...23 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>3,482,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$361,083,400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
-    <x:t>6,464,347</x:t>
-[...5 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>6,412,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$350,250,039.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,425,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,319,382.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QLT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,179,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,561,680.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
-    <x:t>2,586,323</x:t>
-[...5 lines deleted...]
-    <x:t>2.71%</x:t>
+    <x:t>2,565,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,499,812.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3JF8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,503,761</x:t>
-[...5 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>1,491,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,946,542.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,375,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,236,634.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,620,202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,749,897.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>951,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,497,098.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,902,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,335,585.92</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,977,158</x:t>
-[...92 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>3,945,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$312,700,911.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,403,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,916,806.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,949,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,247,832.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,850,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$310,118,732.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,835,939.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,641,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,612,779.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,660,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$290,084,955.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,915,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,197,329.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,237,045</x:t>
-[...5 lines deleted...]
-    <x:t>2.43%</x:t>
+    <x:t>1,227,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,735,415.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,213,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,405,429.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
-    <x:t>915,760</x:t>
-[...125 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>908,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,144,463.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>BR US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadridge Financial Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPFKQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,330,715</x:t>
-[...23 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>1,320,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,461,971.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,393,575</x:t>
-[...5 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>1,382,395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,438,542.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
-    <x:t>628,723</x:t>
-[...41 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>623,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,398,018.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTV4N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,879,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,799,197.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>287,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,036,666.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>1,864,803</x:t>
-[...5 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>1,849,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$197,748,216.70</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
-    <x:t>321,578</x:t>
-[...23 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>318,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,957,163.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>AMGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amgen Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBS2Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>570,199</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>565,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,566,134.18</x:t>
   </x:si>
   <x:si>
     <x:t>CMG US</x:t>
   </x:si>
   <x:si>
     <x:t>Chipotle Mexican Grill Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QX74T1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,771,295</x:t>
-[...2 lines deleted...]
-    <x:t>$186,939,338.10</x:t>
+    <x:t>4,733,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,344,867.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.41%</x:t>
   </x:si>
   <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,162,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$176,294,137.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP8Z50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,498,599.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1NH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,423,115.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JKHY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMH2Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>953,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,405,500.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,643,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,032,147.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,546,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,314,455.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>879,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$168,950,016.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,240,140</x:t>
-[...38 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>1,230,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,686,204.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>857,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,194,500.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,346,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$164,152,895.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,092,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,209,668.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,477,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,927,817.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVPV84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,862,413.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,538,916.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>431,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,379,723.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPL78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>756,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,324,958.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>WST US</x:t>
   </x:si>
   <x:si>
     <x:t>West Pharmaceutical Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX24N8</x:t>
   </x:si>
   <x:si>
-    <x:t>640,002</x:t>
-[...245 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>634,862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,757,597.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>MKTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBZ23</x:t>
   </x:si>
   <x:si>
-    <x:t>842,145</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>835,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,812,495.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM9RH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,191,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,622,603.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>727,146</x:t>
-[...5 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>721,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,641,676.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>939,428</x:t>
-[...20 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>931,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,791,322.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>726,626</x:t>
+    <x:t>3,129,700</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$726,626.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$3,129,699.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,735,278.75</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$9,114,269.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1084,51 +1081,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdefbe1e39c9b4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7fdd30dee8a4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7cd7d1fef40d49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ce2cecc9df4a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R44e424482c8a4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a3754d54cf147af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1476,254 +1473,254 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
@@ -1969,897 +1966,897 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
+      <x:c r="G58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="G59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>