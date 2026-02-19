--- v4 (2026-01-30)
+++ v5 (2026-02-19)
@@ -1,1059 +1,1074 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485d9e71dcc24280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c36d6fb78ed4476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260128" sheetId="1" r:id="R3a3754d54cf147af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260217" sheetId="1" r:id="Ra6f3856c06f44110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="338">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/28/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="343">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,054,817</x:t>
+    <x:t>1,045,449</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$448,708,603.63</x:t>
+    <x:t>$436,819,955.67</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>3.42%</x:t>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L9CV04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,451,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,629,052.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1HN22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,836,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,135,292.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,355,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,551,407.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FKJRC5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,324,329</x:t>
-[...56 lines deleted...]
-    <x:t>$350,250,039.94</x:t>
+    <x:t>3,294,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,473,489.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,825,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,363,721.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,412,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,715,773.52</x:t>
   </x:si>
   <x:si>
     <x:t>2.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>BA US</x:t>
-[...14 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>943,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,756,195.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,363,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$334,197,371.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,588,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,675,551.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>STZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J1QLT0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,179,439</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>2,160,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,839,024.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,782,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,379,046.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,354,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,548,683.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,910,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,107,831.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,818,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,558,556.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,868,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,978,145.35</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
-    <x:t>2,565,563</x:t>
-[...5 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>2,542,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,886,577.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,184,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,387,387.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3JF8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,491,701</x:t>
-[...137 lines deleted...]
-    <x:t>$310,118,732.80</x:t>
+    <x:t>1,478,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$305,088,402.08</x:t>
   </x:si>
   <x:si>
     <x:t>2.36%</x:t>
   </x:si>
   <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,619,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,422,961.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,609,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,832,273.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>628,773</x:t>
-[...59 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>623,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,315,214.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CTV4N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,863,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,381,292.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,492,250.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,308,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,812,885.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,227,125</x:t>
-[...59 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>1,216,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,134,419.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPD168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,833,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,884,736.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBS2Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,301,135.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>284,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,690,193.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,382,395</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>1,370,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,088,425.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1NH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>323,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,437,832.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP8Z50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>424,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,317,746.72</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
-    <x:t>623,683</x:t>
-[...53 lines deleted...]
-    <x:t>$197,748,216.70</x:t>
+    <x:t>618,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,154,824.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,524,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$192,268,618.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>872,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,343,128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,134,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,343,812.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QX74T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,690,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,692,011.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,082,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,297,668.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,334,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,535,586.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
-    <x:t>318,998</x:t>
-[...92 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>316,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,582,694.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>849,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,168,824.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,464,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,453,889.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX24N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>629,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,018,552.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,628,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,599,023.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>236,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,155,645.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,219,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,028,745.24</x:t>
   </x:si>
   <x:si>
     <x:t>JKHY US</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMH2Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>953,259</x:t>
-[...140 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>944,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,833,611.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBZ23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>827,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,522,842.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPL78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>749,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,474,127.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>427,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,847,702.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>661,958</x:t>
-[...92 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>656,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,968,279.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>CPRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM9RH1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,191,103</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>3,162,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,665,066.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>721,306</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>714,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,071,459.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>931,888</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>923,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,818,264.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>3,129,700</x:t>
+    <x:t>6,340,353</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,129,699.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$6,340,353.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,114,269.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$12,218,118.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1081,51 +1096,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ce2cecc9df4a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R44e424482c8a4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a3754d54cf147af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3eeb736ff9c4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6fb8436a642345cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6f3856c06f44110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1531,1332 +1546,1332 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>