--- v5 (2026-02-19)
+++ v6 (2026-03-31)
@@ -1,1071 +1,1113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c36d6fb78ed4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae50ed99de44b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260217" sheetId="1" r:id="Ra6f3856c06f44110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260330" sheetId="1" r:id="R3bb66acddd1646da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="343">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/17/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="508" uniqueCount="357">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>HII US</x:t>
+    <x:t>BMY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,559,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,098,142.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QLT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,122,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$320,427,134.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,527,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,198,225.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,968,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,768,906.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,495,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,052,363.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,930,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,117,126.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,578,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,948,412.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,428,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,934,562.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,360,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$297,008,679.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,716,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,768,772.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,890,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,597,598.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPLA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P2TYL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>920,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,426,756.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,617,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,126,904.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,668,387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,567,480.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH3JF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,464,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,316,835.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFR8YV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,896,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,983,967.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,222,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,613,043.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,426,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,238,940.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002Q7J5Z1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,976,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,414,705.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>768,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,179,233.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPFKQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,535,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,006,575.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>696,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,100,713.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,195,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,230,701.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>283,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,597,913.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>867,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,239,249.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,045,449</x:t>
-[...14 lines deleted...]
-    <x:t>UPS US</x:t>
+    <x:t>491,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,223,078.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP8Z50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>420,557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,485,316.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,052,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,028,272.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1HN22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$162,172,498.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPS</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000L9CV04</x:t>
   </x:si>
   <x:si>
-    <x:t>3,451,035</x:t>
-[...80 lines deleted...]
-    <x:t>BA US</x:t>
+    <x:t>1,664,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,032,596.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH0106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,409,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,265,046.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX24N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,090,101.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,652,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,745,914.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,991,110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,632,299.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2V3D6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,336,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,396,319.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,648,124.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVDLH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,781,528.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVPV84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,768,454.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSST7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,412,538</x:t>
-[...272 lines deleted...]
-    <x:t>ENTG US</x:t>
+    <x:t>773,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,298,118.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo Alto Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0014GJCT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>944,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,772,770.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENTG</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CTV4N4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,863,085</x:t>
-[...8 lines deleted...]
-    <x:t>ADBE US</x:t>
+    <x:t>1,328,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,365,068.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QX74T1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,630,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,280,116.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NJHZT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,212,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,462,706.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Veeva Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CGB489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>797,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,291,852.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBZ23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>842,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,785,111.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,440,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,910,309.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPRT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM9RH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,150,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,340,956.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHPL78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>749,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,047,516.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHY5S69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,321,161.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSGP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costar Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7JKW9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,220,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,645,373.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>231,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,410,122.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FICO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fair Isaac Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DW76Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,379,772.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>608,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,550,418.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
-    <x:t>900,335</x:t>
-[...98 lines deleted...]
-    <x:t>WDAY US</x:t>
+    <x:t>459,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,866,028.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,625,450.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M1R011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>927,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,367,127.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,370,098</x:t>
-[...428 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>716,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,244,260.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>6,340,353</x:t>
+    <x:t>5,554,918</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,340,353.32</x:t>
+    <x:t>$5,554,917.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,218,118.61</x:t>
+    <x:t>$10,277,575.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -1096,56 +1138,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3eeb736ff9c4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6fb8436a642345cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra6f3856c06f44110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4953af4730144fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfdd98bb50d8a481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bb66acddd1646da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I60"/>
+  <x:dimension ref="A1:I63"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1401,1486 +1443,1573 @@
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I59" s="1" t="s">
+      <x:c r="C60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A60" s="2" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="B60" s="2" t="s">
+      <x:c r="E60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A61" s="1">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A62" s="1">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A63" s="2" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="B63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C60" s="2" t="s">
+      <x:c r="C63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D60" s="2" t="s">
+      <x:c r="D63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E60" s="2" t="s">
+      <x:c r="E63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F60" s="2" t="s">
+      <x:c r="F63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G60" s="2" t="s">
+      <x:c r="G63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H60" s="2" t="s">
+      <x:c r="H63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I60" s="2" t="s">
+      <x:c r="I63" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A60:I60"/>
+    <x:mergeCell ref="A63:I63"/>
   </x:mergeCells>
 </x:worksheet>
 </file>