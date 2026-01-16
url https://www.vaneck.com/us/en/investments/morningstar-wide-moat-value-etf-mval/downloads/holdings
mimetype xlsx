--- v0 (2026-01-10)
+++ v1 (2026-01-16)
@@ -1,810 +1,807 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286798213d744f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487ec643c6044639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVAL_asof_20260108" sheetId="1" r:id="Rd7ec8005dabd4a79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVAL_asof_20260115" sheetId="1" r:id="R4c44ce56f79f4ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="255">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="254">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
     <x:t>2,579</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$286,243.21</x:t>
+    <x:t>$286,191.63</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.08%</x:t>
+    <x:t>4.97%</x:t>
   </x:si>
   <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000L9CV04</x:t>
   </x:si>
   <x:si>
     <x:t>2,593</x:t>
   </x:si>
   <x:si>
-    <x:t>$277,373.21</x:t>
-[...2 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>$281,651.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
     <x:t>4,775</x:t>
   </x:si>
   <x:si>
-    <x:t>$266,922.50</x:t>
-[...2 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>$270,360.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3JF8</x:t>
   </x:si>
   <x:si>
     <x:t>1,111</x:t>
   </x:si>
   <x:si>
-    <x:t>$261,085.00</x:t>
-[...2 lines deleted...]
-    <x:t>4.64%</x:t>
+    <x:t>$266,517.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>BA US</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSST7</x:t>
   </x:si>
   <x:si>
     <x:t>1,054</x:t>
   </x:si>
   <x:si>
-    <x:t>$239,658.52</x:t>
-[...2 lines deleted...]
-    <x:t>4.26%</x:t>
+    <x:t>$261,117.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
   </x:si>
   <x:si>
     <x:t>STZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J1QLT0</x:t>
   </x:si>
   <x:si>
     <x:t>1,617</x:t>
   </x:si>
   <x:si>
-    <x:t>$239,251.32</x:t>
-[...2 lines deleted...]
-    <x:t>4.25%</x:t>
+    <x:t>$256,698.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
   </x:si>
   <x:si>
     <x:t>KVUE US</x:t>
   </x:si>
   <x:si>
     <x:t>Kenvue Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C79X561</x:t>
   </x:si>
   <x:si>
     <x:t>13,295</x:t>
   </x:si>
   <x:si>
-    <x:t>$225,882.05</x:t>
-[...2 lines deleted...]
-    <x:t>4.01%</x:t>
+    <x:t>$229,471.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>ZBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Zimmer Biomet Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKPL53</x:t>
   </x:si>
   <x:si>
     <x:t>2,379</x:t>
   </x:si>
   <x:si>
-    <x:t>$223,816.32</x:t>
-[...2 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>$211,136.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FKJRC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,305.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
   </x:si>
   <x:si>
     <x:t>CPB US</x:t>
   </x:si>
   <x:si>
     <x:t>Campbell's Company/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4202</x:t>
   </x:si>
   <x:si>
     <x:t>7,235</x:t>
   </x:si>
   <x:si>
-    <x:t>$191,438.10</x:t>
-[...20 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>$194,621.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
     <x:t>2,710</x:t>
   </x:si>
   <x:si>
-    <x:t>$176,854.60</x:t>
-[...2 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>$175,038.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,881.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,355.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,454.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
     <x:t>1,953</x:t>
   </x:si>
   <x:si>
-    <x:t>$172,108.13</x:t>
-[...20 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>$161,142.03</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
     <x:t>250</x:t>
   </x:si>
   <x:si>
-    <x:t>$151,625.00</x:t>
-[...20 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>$156,162.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,940.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
     <x:t>618</x:t>
   </x:si>
   <x:si>
-    <x:t>$147,016.02</x:t>
-[...35 lines deleted...]
-    <x:t>$142,405.50</x:t>
+    <x:t>$147,454.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,853.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF0K17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,260.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>USB US</x:t>
   </x:si>
   <x:si>
     <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FFDM15</x:t>
   </x:si>
   <x:si>
     <x:t>2,476</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,492.28</x:t>
-[...20 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>$133,580.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,231.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>OTIS US</x:t>
   </x:si>
   <x:si>
     <x:t>Otis Worldwide Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RP60KV0</x:t>
   </x:si>
   <x:si>
     <x:t>1,436</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,800.04</x:t>
-[...20 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>$129,742.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>APD US</x:t>
   </x:si>
   <x:si>
     <x:t>Air Products And Chemicals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC4JJ4</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
-    <x:t>$124,340.72</x:t>
-[...20 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>$126,606.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,864.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MDLZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D4LWF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,465.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,565.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
     <x:t>342</x:t>
   </x:si>
   <x:si>
-    <x:t>$115,951.68</x:t>
-[...20 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>$103,998.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
     <x:t>430</x:t>
   </x:si>
   <x:si>
-    <x:t>$112,027.90</x:t>
-[...38 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>$100,417.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
     <x:t>757</x:t>
   </x:si>
   <x:si>
-    <x:t>$104,965.62</x:t>
-[...2 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>$100,378.20</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
     <x:t>594</x:t>
   </x:si>
   <x:si>
-    <x:t>$86,581.44</x:t>
-[...2 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>$86,029.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1HN22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,938.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>MKTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBZ23</x:t>
   </x:si>
   <x:si>
     <x:t>380</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,238.40</x:t>
-[...20 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>$66,370.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>ETSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Etsy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7MXL8</x:t>
   </x:si>
   <x:si>
     <x:t>1,008</x:t>
   </x:si>
   <x:si>
-    <x:t>$61,719.84</x:t>
-[...2 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$64,139.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,703.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
     <x:t>124</x:t>
   </x:si>
   <x:si>
-    <x:t>$59,285.64</x:t>
-[...17 lines deleted...]
-    <x:t>$58,878.54</x:t>
+    <x:t>$56,625.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>WST US</x:t>
   </x:si>
   <x:si>
     <x:t>West Pharmaceutical Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX24N8</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,596.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>$56,440.82</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
     <x:t>357</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,285.45</x:t>
-[...2 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>$44,724.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Corteva Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN969C1</x:t>
   </x:si>
   <x:si>
     <x:t>624</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,767.36</x:t>
-[...2 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$43,992.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>27,794</x:t>
+    <x:t>30,362</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,794.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$30,361.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-16,447.24</x:t>
-[...2 lines deleted...]
-    <x:t>-0.29%</x:t>
+    <x:t>$-19,282.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -832,51 +829,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41d0b95ab7ef4058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb8413e43bf3b459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7ec8005dabd4a79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58458a30c87d4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbf252e09224941b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c44ce56f79f4ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1369,138 +1366,138 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -1804,375 +1801,375 @@
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F44" s="1" t="s">
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>