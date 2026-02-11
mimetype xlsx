--- v1 (2026-01-16)
+++ v2 (2026-02-11)
@@ -1,807 +1,810 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487ec643c6044639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdc476211f04274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVAL_asof_20260115" sheetId="1" r:id="R4c44ce56f79f4ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVAL_asof_20260209" sheetId="1" r:id="R5e54ab7bd90c4655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="254">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="255">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>UPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000L9CV04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,063.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>2,579</x:t>
-[...29 lines deleted...]
-    <x:t>4.89%</x:t>
+    <x:t>2,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,595.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
-    <x:t>4,775</x:t>
-[...5 lines deleted...]
-    <x:t>4.69%</x:t>
+    <x:t>4,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,331.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J1QLT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,539.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,147.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,703.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3JF8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,111</x:t>
-[...59 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>1,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,792.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>ZBH US</x:t>
   </x:si>
   <x:si>
     <x:t>Zimmer Biomet Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKPL53</x:t>
   </x:si>
   <x:si>
-    <x:t>2,379</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>2,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,275.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campbell's Company/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG4202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,176.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF/B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD2NY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,778.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FKJRC5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,732</x:t>
-[...23 lines deleted...]
-    <x:t>3.38%</x:t>
+    <x:t>1,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,178.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
-    <x:t>2,710</x:t>
-[...23 lines deleted...]
-    <x:t>2.97%</x:t>
+    <x:t>2,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,817.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,929.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,359.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>HII US</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001KJ2HM9</x:t>
   </x:si>
   <x:si>
-    <x:t>390</x:t>
-[...23 lines deleted...]
-    <x:t>2.80%</x:t>
+    <x:t>391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,675.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Caterpillar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF0K17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,845.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,953</x:t>
-[...2 lines deleted...]
-    <x:t>$161,142.03</x:t>
+    <x:t>1,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,075.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>USB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FFDM15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,030.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,165.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,217.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,924.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,698.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
-    <x:t>250</x:t>
-[...113 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,236.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Products And Chemicals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC4JJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,312.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,348.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>OTIS US</x:t>
   </x:si>
   <x:si>
     <x:t>Otis Worldwide Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RP60KV0</x:t>
   </x:si>
   <x:si>
     <x:t>1,436</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,742.60</x:t>
-[...38 lines deleted...]
-    <x:t>2.17%</x:t>
+    <x:t>$128,234.80</x:t>
   </x:si>
   <x:si>
     <x:t>MDLZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Mondelez International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4LWF6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,050</x:t>
-[...23 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>2,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,557.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABNB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001Y2XS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,831.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
     <x:t>342</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,998.78</x:t>
-[...2 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>$91,279.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
     <x:t>430</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,417.90</x:t>
-[...17 lines deleted...]
-    <x:t>$100,378.20</x:t>
+    <x:t>$83,432.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
-    <x:t>594</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,990.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>IEX US</x:t>
   </x:si>
   <x:si>
     <x:t>Idex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1HN22</x:t>
   </x:si>
   <x:si>
-    <x:t>344</x:t>
-[...5 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,708.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>MKTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBZ23</x:t>
   </x:si>
   <x:si>
     <x:t>380</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,370.80</x:t>
-[...2 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>$65,067.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSLZY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,503.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>ETSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Etsy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7MXL8</x:t>
   </x:si>
   <x:si>
     <x:t>1,008</x:t>
   </x:si>
   <x:si>
-    <x:t>$64,139.04</x:t>
-[...20 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>$55,540.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
     <x:t>124</x:t>
   </x:si>
   <x:si>
-    <x:t>$56,625.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$51,286.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>WST US</x:t>
   </x:si>
   <x:si>
     <x:t>West Pharmaceutical Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX24N8</x:t>
   </x:si>
   <x:si>
-    <x:t>$56,440.82</x:t>
+    <x:t>$50,532.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,159.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>357</x:t>
-[...2 lines deleted...]
-    <x:t>$44,724.96</x:t>
+    <x:t>358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,573.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>CTVA US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>30,362</x:t>
+    <x:t>26,269</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$30,361.67</x:t>
-[...2 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$26,268.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-19,282.05</x:t>
-[...2 lines deleted...]
-    <x:t>-0.33%</x:t>
+    <x:t>$-30,834.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -829,51 +832,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58458a30c87d4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbf252e09224941b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c44ce56f79f4ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7556248c61c4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96563ab2bce64a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e54ab7bd90c4655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1366,225 +1369,225 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
@@ -1685,167 +1688,167 @@
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
@@ -2004,172 +2007,172 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>