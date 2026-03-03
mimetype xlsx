--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -1,810 +1,813 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdc476211f04274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c81eb1a0e864a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVAL_asof_20260209" sheetId="1" r:id="R5e54ab7bd90c4655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MVAL_asof_20260302" sheetId="1" r:id="R2a1b2705e51f458c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="255">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="256">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>MRK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPD168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$419,592.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,976.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
     <x:t>UPS US</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000L9CV04</x:t>
   </x:si>
   <x:si>
-    <x:t>2,604</x:t>
-[...47 lines deleted...]
-    <x:t>5.00%</x:t>
+    <x:t>3,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,723.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
   </x:si>
   <x:si>
     <x:t>STZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J1QLT0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,623</x:t>
-[...5 lines deleted...]
-    <x:t>4.56%</x:t>
+    <x:t>2,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,422.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KVUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C79X561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,657.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
   </x:si>
   <x:si>
     <x:t>BA US</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSST7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,059</x:t>
-[...23 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>1,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$324,622.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKPL53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,174.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
   </x:si>
   <x:si>
     <x:t>DHR US</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH3JF8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,116</x:t>
-[...23 lines deleted...]
-    <x:t>3.68%</x:t>
+    <x:t>1,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,940.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
   </x:si>
   <x:si>
     <x:t>CPB US</x:t>
   </x:si>
   <x:si>
     <x:t>Campbell's Company/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG4202</x:t>
   </x:si>
   <x:si>
-    <x:t>7,265</x:t>
-[...5 lines deleted...]
-    <x:t>3.61%</x:t>
+    <x:t>9,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,251.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,710.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>BF/B US</x:t>
   </x:si>
   <x:si>
     <x:t>Brown-Forman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD2NY8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,234</x:t>
-[...5 lines deleted...]
-    <x:t>3.16%</x:t>
+    <x:t>8,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,089.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Ingalls Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001KJ2HM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,847.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>EL US</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FKJRC5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,739</x:t>
-[...2 lines deleted...]
-    <x:t>$172,178.39</x:t>
+    <x:t>2,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,540.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFS7D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$231,301.44</x:t>
   </x:si>
   <x:si>
     <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nike Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5HS04</x:t>
   </x:si>
   <x:si>
-    <x:t>2,721</x:t>
-[...59 lines deleted...]
-    <x:t>2.72%</x:t>
+    <x:t>3,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,588.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>CAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF0K17</x:t>
   </x:si>
   <x:si>
-    <x:t>210</x:t>
-[...5 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,649.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>GEHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ge Healthcare Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BFR8YV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,961</x:t>
-[...2 lines deleted...]
-    <x:t>$155,075.88</x:t>
+    <x:t>2,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,858.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2C28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,133.42</x:t>
   </x:si>
   <x:si>
     <x:t>2.66%</x:t>
   </x:si>
   <x:si>
+    <x:t>HSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLHRS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,622.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>827</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,876.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNNKG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,039.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
     <x:t>USB US</x:t>
   </x:si>
   <x:si>
     <x:t>Us Bancorp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FFDM15</x:t>
   </x:si>
   <x:si>
-    <x:t>2,486</x:t>
-[...74 lines deleted...]
-    <x:t>2.43%</x:t>
+    <x:t>3,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,316.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RP60KV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,563.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Air Products And Chemicals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC4JJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,256.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,298.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.21%</x:t>
   </x:si>
   <x:si>
     <x:t>TMO US</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDLH9</x:t>
   </x:si>
   <x:si>
-    <x:t>251</x:t>
-[...56 lines deleted...]
-    <x:t>$128,234.80</x:t>
+    <x:t>335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,374.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>MDLZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Mondelez International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D4LWF6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,051</x:t>
-[...5 lines deleted...]
-    <x:t>2.14%</x:t>
+    <x:t>2,738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,484.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ABNB US</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001Y2XS07</x:t>
   </x:si>
   <x:si>
-    <x:t>757</x:t>
-[...5 lines deleted...]
-    <x:t>1.58%</x:t>
+    <x:t>1,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,592.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
-    <x:t>342</x:t>
-[...5 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,961.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>430</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,946.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1HN22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,731.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MKTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBZ23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,369.35</x:t>
   </x:si>
   <x:si>
     <x:t>A US</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2V3D6</x:t>
   </x:si>
   <x:si>
-    <x:t>596</x:t>
-[...41 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,945.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>SCHW US</x:t>
   </x:si>
   <x:si>
     <x:t>Charles Schwab Corp/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSLZY7</x:t>
   </x:si>
   <x:si>
-    <x:t>583</x:t>
-[...5 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,291.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>ETSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Etsy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7MXL8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,008</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>1,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,643.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX24N8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,088.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,395.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>124</x:t>
-[...35 lines deleted...]
-    <x:t>$46,159.74</x:t>
+    <x:t>166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,159.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,642.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>ZTS US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>26,269</x:t>
+    <x:t>21,782</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,268.55</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$21,782.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-30,834.17</x:t>
-[...2 lines deleted...]
-    <x:t>-0.53%</x:t>
+    <x:t>$-22,550.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -832,51 +835,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7556248c61c4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96563ab2bce64a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e54ab7bd90c4655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1116ed56204f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9300a9c70fd64b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a1b2705e51f458c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1543,636 +1546,636 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>