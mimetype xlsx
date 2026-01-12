--- v0 (2025-12-07)
+++ v1 (2026-01-12)
@@ -1,576 +1,579 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d2c8ab9099461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492a66157a1443d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20251204" sheetId="1" r:id="R3b8f958e708d42a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260108" sheetId="1" r:id="R76179ca14484434b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="177">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="178">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJFJ98</x:t>
   </x:si>
   <x:si>
-    <x:t>2,443,959</x:t>
+    <x:t>2,873,058</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,648,946.43</x:t>
+    <x:t>$66,827,329.08</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.91%</x:t>
+    <x:t>17.32%</x:t>
   </x:si>
   <x:si>
     <x:t>AGNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TJ8XZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,863,962</x:t>
-[...5 lines deleted...]
-    <x:t>14.59%</x:t>
+    <x:t>4,812,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,857,268.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Starwood Property Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M1J270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,616,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,478,776.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.64%</x:t>
   </x:si>
   <x:si>
     <x:t>RITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003T1GM03</x:t>
   </x:si>
   <x:si>
-    <x:t>2,314,514</x:t>
-[...23 lines deleted...]
-    <x:t>7.41%</x:t>
+    <x:t>2,457,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,991,972.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armour Residential REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRZNN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,018,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,412,589.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>BXMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Mortgage Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKJ70</x:t>
   </x:si>
   <x:si>
-    <x:t>905,224</x:t>
-[...5 lines deleted...]
-    <x:t>5.09%</x:t>
+    <x:t>934,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,215,223.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
   </x:si>
   <x:si>
     <x:t>DX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dynex Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FBJQM6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,248,309</x:t>
-[...23 lines deleted...]
-    <x:t>4.94%</x:t>
+    <x:t>1,249,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,395,782.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
   </x:si>
   <x:si>
     <x:t>ORC US</x:t>
   </x:si>
   <x:si>
     <x:t>Orchid Island Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P2KSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,733,855</x:t>
-[...5 lines deleted...]
-    <x:t>3.62%</x:t>
+    <x:t>2,093,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,639,535.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
   </x:si>
   <x:si>
     <x:t>ABR US</x:t>
   </x:si>
   <x:si>
     <x:t>Arbor Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KMVDV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,380,968</x:t>
-[...5 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>1,850,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,412,645.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.74%</x:t>
   </x:si>
   <x:si>
     <x:t>EFC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ellington Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1K955</x:t>
   </x:si>
   <x:si>
-    <x:t>889,984</x:t>
-[...5 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>1,054,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,394,771.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.73%</x:t>
   </x:si>
   <x:si>
     <x:t>LADR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ladder Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005RVGZ41</x:t>
   </x:si>
   <x:si>
-    <x:t>1,038,830</x:t>
-[...5 lines deleted...]
-    <x:t>3.25%</x:t>
+    <x:t>1,115,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,038,554.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ARI US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Commercial Real Estate Finance I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NFPF36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,047,447</x:t>
-[...5 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>1,131,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,261,589.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>CIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PFLGY2</x:t>
   </x:si>
   <x:si>
-    <x:t>694,522</x:t>
-[...2 lines deleted...]
-    <x:t>$8,924,607.70</x:t>
+    <x:t>786,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,006,671.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfa Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,029,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,853,903.62</x:t>
   </x:si>
   <x:si>
     <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>TWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Two Harbors Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MG3Y65</x:t>
   </x:si>
   <x:si>
-    <x:t>856,382</x:t>
-[...23 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>874,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,563,146.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
   </x:si>
   <x:si>
     <x:t>PMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKDWS5</x:t>
   </x:si>
   <x:si>
-    <x:t>646,047</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>714,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,115,335.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>FBRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Bsp Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131739J2</x:t>
   </x:si>
   <x:si>
-    <x:t>686,023</x:t>
-[...5 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>735,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,249,673.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>BRSP US</x:t>
   </x:si>
   <x:si>
     <x:t>Brightspire Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JVRRQF1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,083,914</x:t>
-[...5 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>1,168,879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,873,008.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>NYMT US</x:t>
   </x:si>
   <x:si>
     <x:t>New York Mortgage Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZ8014</x:t>
   </x:si>
   <x:si>
-    <x:t>794,318</x:t>
-[...5 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>869,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,624,751.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Mortgage Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GGLZZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>741,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,234,089.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
   </x:si>
   <x:si>
     <x:t>RWT US</x:t>
   </x:si>
   <x:si>
     <x:t>Redwood Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JNJPB0</x:t>
   </x:si>
   <x:si>
-    <x:t>959,408</x:t>
-[...23 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>969,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,351,093.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>TRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Re Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKJ8C78</x:t>
   </x:si>
   <x:si>
-    <x:t>565,536</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>579,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,204,439.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>KREF US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Real Estate Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GD4KVQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>457,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>501,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,943,869.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>RC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ready Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCRRN1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,445,271</x:t>
-[...23 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>1,400,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,885,448.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Commercial Real Estate Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0022MMQB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>584,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,826,903.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>316</x:t>
+    <x:t>212,284</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$316.25</x:t>
+    <x:t>$212,283.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>-MXN CASH-</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-129,576.19</x:t>
-[...2 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>$-74,887.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -598,51 +601,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d275d9ccc24dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc029cecc6f00434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b8f958e708d42a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd288cb274794276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R222df1af95fd4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76179ca14484434b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1483,85 +1486,85 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="2" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>