--- v1 (2026-01-12)
+++ v2 (2026-01-17)
@@ -1,579 +1,576 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492a66157a1443d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac030aa9b38c4b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260108" sheetId="1" r:id="R76179ca14484434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260115" sheetId="1" r:id="R84e2c29b7a9a4b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="178">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="177">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJFJ98</x:t>
   </x:si>
   <x:si>
-    <x:t>2,873,058</x:t>
+    <x:t>2,889,066</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,827,329.08</x:t>
+    <x:t>$68,846,442.78</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>17.32%</x:t>
+    <x:t>17.11%</x:t>
   </x:si>
   <x:si>
     <x:t>AGNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TJ8XZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,812,982</x:t>
-[...5 lines deleted...]
-    <x:t>13.96%</x:t>
+    <x:t>4,840,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,531,316.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.05%</x:t>
   </x:si>
   <x:si>
     <x:t>STWD US</x:t>
   </x:si>
   <x:si>
     <x:t>Starwood Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1J270</x:t>
   </x:si>
   <x:si>
-    <x:t>1,616,161</x:t>
-[...5 lines deleted...]
-    <x:t>7.64%</x:t>
+    <x:t>1,625,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,821,777.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.41%</x:t>
   </x:si>
   <x:si>
     <x:t>RITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003T1GM03</x:t>
   </x:si>
   <x:si>
-    <x:t>2,457,592</x:t>
-[...5 lines deleted...]
-    <x:t>7.26%</x:t>
+    <x:t>2,471,392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,050,299.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.97%</x:t>
   </x:si>
   <x:si>
     <x:t>ARR US</x:t>
   </x:si>
   <x:si>
     <x:t>Armour Residential REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRZNN8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,018,959</x:t>
-[...5 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>1,024,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,284,534.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>BXMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Mortgage Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKJ70</x:t>
   </x:si>
   <x:si>
-    <x:t>934,114</x:t>
-[...5 lines deleted...]
-    <x:t>4.72%</x:t>
+    <x:t>939,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,317,481.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
   </x:si>
   <x:si>
     <x:t>DX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dynex Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FBJQM6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,249,697</x:t>
-[...5 lines deleted...]
-    <x:t>4.51%</x:t>
+    <x:t>1,256,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,920,784.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ORC US</x:t>
   </x:si>
   <x:si>
     <x:t>Orchid Island Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P2KSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,093,646</x:t>
-[...5 lines deleted...]
-    <x:t>4.05%</x:t>
+    <x:t>2,105,314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,095,149.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ABR US</x:t>
   </x:si>
   <x:si>
     <x:t>Arbor Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KMVDV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,850,147</x:t>
-[...5 lines deleted...]
-    <x:t>3.74%</x:t>
+    <x:t>1,860,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,274,335.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.80%</x:t>
   </x:si>
   <x:si>
     <x:t>EFC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ellington Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1K955</x:t>
   </x:si>
   <x:si>
-    <x:t>1,054,562</x:t>
-[...5 lines deleted...]
-    <x:t>3.73%</x:t>
+    <x:t>1,060,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,687,066.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.65%</x:t>
   </x:si>
   <x:si>
     <x:t>LADR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ladder Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005RVGZ41</x:t>
   </x:si>
   <x:si>
-    <x:t>1,115,714</x:t>
-[...5 lines deleted...]
-    <x:t>3.12%</x:t>
+    <x:t>1,121,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,487,615.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two Harbors Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MG3Y65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>879,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,735,357.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>ARI US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Commercial Real Estate Finance I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NFPF36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,131,818</x:t>
-[...5 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>1,138,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,484,175.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>CIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PFLGY2</x:t>
   </x:si>
   <x:si>
-    <x:t>786,070</x:t>
-[...2 lines deleted...]
-    <x:t>$10,006,671.10</x:t>
+    <x:t>790,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,418,131.00</x:t>
   </x:si>
   <x:si>
     <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MFA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mfa Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL6138</x:t>
   </x:si>
   <x:si>
-    <x:t>1,029,666</x:t>
-[...2 lines deleted...]
-    <x:t>$9,853,903.62</x:t>
+    <x:t>1,035,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,260,833.82</x:t>
   </x:si>
   <x:si>
     <x:t>2.55%</x:t>
   </x:si>
   <x:si>
-    <x:t>TWO US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKDWS5</x:t>
   </x:si>
   <x:si>
-    <x:t>714,368</x:t>
-[...5 lines deleted...]
-    <x:t>2.36%</x:t>
+    <x:t>718,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,676,147.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>FBRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Bsp Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131739J2</x:t>
   </x:si>
   <x:si>
-    <x:t>735,261</x:t>
-[...2 lines deleted...]
-    <x:t>$7,249,673.46</x:t>
+    <x:t>739,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,578,737.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.88%</x:t>
   </x:si>
   <x:si>
+    <x:t>NYMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Mortgage Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZ8014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,387,615.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BRSP US</x:t>
   </x:si>
   <x:si>
     <x:t>Brightspire Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JVRRQF1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,168,879</x:t>
-[...20 lines deleted...]
-    <x:t>$6,624,751.80</x:t>
+    <x:t>1,175,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,005,640.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Mortgage Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GGLZZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,932,247.90</x:t>
   </x:si>
   <x:si>
     <x:t>1.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>IVR US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>RWT US</x:t>
   </x:si>
   <x:si>
     <x:t>Redwood Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JNJPB0</x:t>
   </x:si>
   <x:si>
-    <x:t>969,401</x:t>
-[...5 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>974,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,654,101.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>TRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Re Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKJ8C78</x:t>
   </x:si>
   <x:si>
-    <x:t>579,559</x:t>
-[...5 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>582,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,332,757.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>KREF US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Real Estate Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GD4KVQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>501,127</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>503,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,142,411.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>RC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ready Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCRRN1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,400,703</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>1,408,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,112,941.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>ACRE US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Commercial Real Estate Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0022MMQB0</x:t>
   </x:si>
   <x:si>
-    <x:t>584,071</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>587,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,989,616.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>212,284</x:t>
+    <x:t>697</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$212,283.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$697.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>$-.04</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-74,887.07</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$348,272.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -601,51 +598,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd288cb274794276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R222df1af95fd4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76179ca14484434b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15296cb544994e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9a6c76f847ba44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84e2c29b7a9a4b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1486,85 +1483,85 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F31" s="1" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="2" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I32" s="2" t="s">
         <x:v>1</x:v>
       </x:c>