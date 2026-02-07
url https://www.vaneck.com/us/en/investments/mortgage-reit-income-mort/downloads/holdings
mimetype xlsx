--- v2 (2026-01-17)
+++ v3 (2026-02-07)
@@ -1,576 +1,576 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac030aa9b38c4b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76457925726f4575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260115" sheetId="1" r:id="R84e2c29b7a9a4b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260205" sheetId="1" r:id="Rfea5930812804aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="177">
   <x:si>
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJFJ98</x:t>
   </x:si>
   <x:si>
-    <x:t>2,889,066</x:t>
+    <x:t>2,821,053</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$68,846,442.78</x:t>
+    <x:t>$64,827,797.94</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>17.11%</x:t>
   </x:si>
   <x:si>
     <x:t>AGNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TJ8XZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,840,010</x:t>
-[...5 lines deleted...]
-    <x:t>14.05%</x:t>
+    <x:t>4,725,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,867,268.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.21%</x:t>
   </x:si>
   <x:si>
     <x:t>STWD US</x:t>
   </x:si>
   <x:si>
     <x:t>Starwood Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1J270</x:t>
   </x:si>
   <x:si>
-    <x:t>1,625,165</x:t>
-[...5 lines deleted...]
-    <x:t>7.41%</x:t>
+    <x:t>1,586,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,897,558.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.63%</x:t>
   </x:si>
   <x:si>
     <x:t>RITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003T1GM03</x:t>
   </x:si>
   <x:si>
-    <x:t>2,471,392</x:t>
-[...5 lines deleted...]
-    <x:t>6.97%</x:t>
+    <x:t>2,412,774</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,913,192.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Mortgage Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKJ70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>917,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,910,533.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>ARR US</x:t>
   </x:si>
   <x:si>
     <x:t>Armour Residential REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRZNN8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,024,683</x:t>
-[...23 lines deleted...]
-    <x:t>4.55%</x:t>
+    <x:t>1,000,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,666,816.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
   </x:si>
   <x:si>
     <x:t>DX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dynex Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FBJQM6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,256,717</x:t>
-[...5 lines deleted...]
-    <x:t>4.45%</x:t>
+    <x:t>1,226,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,189,247.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
   </x:si>
   <x:si>
     <x:t>ORC US</x:t>
   </x:si>
   <x:si>
     <x:t>Orchid Island Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P2KSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,105,314</x:t>
-[...5 lines deleted...]
-    <x:t>4.25%</x:t>
+    <x:t>2,055,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,644,348.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
   </x:si>
   <x:si>
     <x:t>ABR US</x:t>
   </x:si>
   <x:si>
     <x:t>Arbor Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KMVDV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,860,455</x:t>
-[...5 lines deleted...]
-    <x:t>3.80%</x:t>
+    <x:t>1,816,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,933,782.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.68%</x:t>
   </x:si>
   <x:si>
     <x:t>EFC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ellington Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1K955</x:t>
   </x:si>
   <x:si>
-    <x:t>1,060,438</x:t>
-[...5 lines deleted...]
-    <x:t>3.65%</x:t>
+    <x:t>1,035,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,316,169.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apollo Commercial Real Estate Finance I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NFPF36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,111,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,911,785.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>LADR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ladder Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005RVGZ41</x:t>
   </x:si>
   <x:si>
-    <x:t>1,121,978</x:t>
-[...5 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>1,095,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,326,115.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>TWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Two Harbors Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MG3Y65</x:t>
   </x:si>
   <x:si>
-    <x:t>879,053</x:t>
-[...23 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>858,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,246,919.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfa Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,011,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,776,727.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.58%</x:t>
   </x:si>
   <x:si>
     <x:t>CIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PFLGY2</x:t>
   </x:si>
   <x:si>
-    <x:t>790,450</x:t>
-[...23 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>771,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,539,892.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>PMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKDWS5</x:t>
   </x:si>
   <x:si>
-    <x:t>718,348</x:t>
-[...5 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>701,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,592,566.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>FBRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Bsp Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131739J2</x:t>
   </x:si>
   <x:si>
-    <x:t>739,389</x:t>
-[...5 lines deleted...]
-    <x:t>1.88%</x:t>
+    <x:t>721,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,406,160.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>NYMT US</x:t>
   </x:si>
   <x:si>
     <x:t>New York Mortgage Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZ8014</x:t>
   </x:si>
   <x:si>
-    <x:t>874,274</x:t>
-[...5 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>853,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,777,115.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>BRSP US</x:t>
   </x:si>
   <x:si>
     <x:t>Brightspire Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JVRRQF1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,175,443</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>1,147,559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,770,598.10</x:t>
   </x:si>
   <x:si>
     <x:t>IVR US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Mortgage Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GGLZZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>745,403</x:t>
-[...5 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>727,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,390,610.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>RWT US</x:t>
   </x:si>
   <x:si>
     <x:t>Redwood Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JNJPB0</x:t>
   </x:si>
   <x:si>
-    <x:t>974,845</x:t>
-[...5 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>951,715</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,291,535.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>TRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Re Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKJ8C78</x:t>
   </x:si>
   <x:si>
-    <x:t>582,815</x:t>
-[...2 lines deleted...]
-    <x:t>$5,332,757.25</x:t>
+    <x:t>568,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,058,365.55</x:t>
   </x:si>
   <x:si>
     <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>KREF US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Real Estate Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GD4KVQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>503,943</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>491,987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,576,745.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACRE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ares Commercial Real Estate Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0022MMQB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,935,956.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>RC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ready Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCRRN1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,408,571</x:t>
-[...23 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>1,375,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,709,047.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>697</x:t>
+    <x:t>495,262</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$697.12</x:t>
+    <x:t>$495,261.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-MXN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>-MXN CASH-</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$348,272.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$999,420.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -598,51 +598,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15296cb544994e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9a6c76f847ba44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84e2c29b7a9a4b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re587cc854cc1479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64eeed26a8fa41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfea5930812804aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1251,283 +1251,283 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">