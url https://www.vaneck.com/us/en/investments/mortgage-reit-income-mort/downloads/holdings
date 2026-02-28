--- v3 (2026-02-07)
+++ v4 (2026-02-28)
@@ -1,576 +1,576 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76457925726f4575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890191e3897c41a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260205" sheetId="1" r:id="Rfea5930812804aa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260226" sheetId="1" r:id="R8c674d00a3564c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="177">
   <x:si>
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJFJ98</x:t>
   </x:si>
   <x:si>
-    <x:t>2,821,053</x:t>
+    <x:t>2,993,855</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$64,827,797.94</x:t>
+    <x:t>$69,696,944.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>17.11%</x:t>
+    <x:t>17.37%</x:t>
   </x:si>
   <x:si>
     <x:t>AGNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TJ8XZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,725,199</x:t>
-[...5 lines deleted...]
-    <x:t>14.21%</x:t>
+    <x:t>5,016,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,340,505.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.04%</x:t>
   </x:si>
   <x:si>
     <x:t>STWD US</x:t>
   </x:si>
   <x:si>
     <x:t>Starwood Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1J270</x:t>
   </x:si>
   <x:si>
-    <x:t>1,586,906</x:t>
-[...5 lines deleted...]
-    <x:t>7.63%</x:t>
+    <x:t>1,684,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,482,626.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.60%</x:t>
   </x:si>
   <x:si>
     <x:t>RITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003T1GM03</x:t>
   </x:si>
   <x:si>
-    <x:t>2,412,774</x:t>
-[...5 lines deleted...]
-    <x:t>6.84%</x:t>
+    <x:t>2,561,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,642,241.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Armour Residential REIT Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PRZNN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,062,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,235,862.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>BXMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Blackstone Mortgage Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKJ70</x:t>
   </x:si>
   <x:si>
-    <x:t>917,078</x:t>
-[...23 lines deleted...]
-    <x:t>4.66%</x:t>
+    <x:t>973,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,123,468.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>DX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dynex Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FBJQM6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,226,927</x:t>
-[...5 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>1,302,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,276,656.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
   </x:si>
   <x:si>
     <x:t>ORC US</x:t>
   </x:si>
   <x:si>
     <x:t>Orchid Island Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P2KSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,055,762</x:t>
-[...5 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>2,181,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,319,048.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
   </x:si>
   <x:si>
     <x:t>ABR US</x:t>
   </x:si>
   <x:si>
     <x:t>Arbor Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KMVDV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,816,660</x:t>
-[...5 lines deleted...]
-    <x:t>3.68%</x:t>
+    <x:t>1,927,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,996,829.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.49%</x:t>
   </x:si>
   <x:si>
     <x:t>EFC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ellington Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1K955</x:t>
   </x:si>
   <x:si>
-    <x:t>1,035,472</x:t>
-[...5 lines deleted...]
-    <x:t>3.51%</x:t>
+    <x:t>1,098,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,681,155.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>ARI US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Commercial Real Estate Finance I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NFPF36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,111,174</x:t>
-[...5 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>1,179,793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,647,380.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
   </x:si>
   <x:si>
     <x:t>LADR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ladder Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005RVGZ41</x:t>
   </x:si>
   <x:si>
-    <x:t>1,095,369</x:t>
-[...5 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>1,162,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,246,379.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chimera Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PFLGY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>819,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,131,935.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfa Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL6138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,072,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,976,411.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>TWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Two Harbors Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MG3Y65</x:t>
   </x:si>
   <x:si>
-    <x:t>858,201</x:t>
-[...41 lines deleted...]
-    <x:t>2.52%</x:t>
+    <x:t>911,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,631,172.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>PMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKDWS5</x:t>
   </x:si>
   <x:si>
-    <x:t>701,434</x:t>
-[...5 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>744,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,163,490.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NYMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Mortgage Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZ8014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>906,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,512,812.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brightspire Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JVRRQF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,218,414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,091,169.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>FBRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Bsp Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0131739J2</x:t>
   </x:si>
   <x:si>
-    <x:t>721,848</x:t>
-[...38 lines deleted...]
-    <x:t>$6,770,598.10</x:t>
+    <x:t>766,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,089,449.75</x:t>
   </x:si>
   <x:si>
     <x:t>IVR US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Mortgage Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GGLZZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>727,860</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>772,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,558,032.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>RWT US</x:t>
   </x:si>
   <x:si>
     <x:t>Redwood Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JNJPB0</x:t>
   </x:si>
   <x:si>
-    <x:t>951,715</x:t>
-[...5 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>1,010,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,083,131.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>TRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Re Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKJ8C78</x:t>
   </x:si>
   <x:si>
-    <x:t>568,995</x:t>
-[...5 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>604,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,177,385.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>KREF US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Real Estate Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GD4KVQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>491,987</x:t>
-[...5 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>522,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,667,079.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>ACRE US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Commercial Real Estate Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0022MMQB0</x:t>
   </x:si>
   <x:si>
-    <x:t>573,429</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>608,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,117,163.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>RC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ready Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCRRN1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,375,151</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>1,460,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,379,909.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>495,262</x:t>
+    <x:t>1,776,412</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$495,261.77</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$1,776,412.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>$-.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$999,420.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>$1,208,619.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -598,51 +598,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re587cc854cc1479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64eeed26a8fa41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfea5930812804aa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7301c0fe3434c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R982667aef6d84af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c674d00a3564c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I32"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">