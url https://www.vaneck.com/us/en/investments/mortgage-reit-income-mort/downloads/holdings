--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -1,576 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890191e3897c41a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915e5a28680a4b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260226" sheetId="1" r:id="R8c674d00a3564c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MORT_asof_20260319" sheetId="1" r:id="Re21f079eebe3497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="177">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="184">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJFJ98</x:t>
   </x:si>
   <x:si>
-    <x:t>2,993,855</x:t>
+    <x:t>3,046,752</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,696,944.40</x:t>
+    <x:t>$66,815,271.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>17.37%</x:t>
+    <x:t>16.90%</x:t>
   </x:si>
   <x:si>
     <x:t>AGNC US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TJ8XZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>5,016,964</x:t>
-[...5 lines deleted...]
-    <x:t>14.04%</x:t>
+    <x:t>5,143,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,930,782.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.39%</x:t>
   </x:si>
   <x:si>
     <x:t>STWD US</x:t>
   </x:si>
   <x:si>
     <x:t>Starwood Property Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1J270</x:t>
   </x:si>
   <x:si>
-    <x:t>1,684,123</x:t>
-[...5 lines deleted...]
-    <x:t>7.60%</x:t>
+    <x:t>1,713,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,301,044.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.66%</x:t>
   </x:si>
   <x:si>
     <x:t>RITM US</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003T1GM03</x:t>
   </x:si>
   <x:si>
-    <x:t>2,561,754</x:t>
-[...5 lines deleted...]
-    <x:t>6.64%</x:t>
+    <x:t>2,626,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,717,954.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dynex Capital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FBJQM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,809,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,466,218.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blackstone Mortgage Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKJ70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>998,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,968,631.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
   </x:si>
   <x:si>
     <x:t>ARR US</x:t>
   </x:si>
   <x:si>
     <x:t>Armour Residential REIT Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PRZNN8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,062,168</x:t>
-[...41 lines deleted...]
-    <x:t>4.55%</x:t>
+    <x:t>1,089,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,045,094.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>ORC US</x:t>
   </x:si>
   <x:si>
     <x:t>Orchid Island Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P2KSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,181,691</x:t>
-[...5 lines deleted...]
-    <x:t>4.07%</x:t>
+    <x:t>2,220,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,852,413.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ABR US</x:t>
   </x:si>
   <x:si>
     <x:t>Arbor Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KMVDV1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,927,938</x:t>
-[...5 lines deleted...]
-    <x:t>3.49%</x:t>
+    <x:t>1,962,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,362,499.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.89%</x:t>
   </x:si>
   <x:si>
     <x:t>EFC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ellington Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1K955</x:t>
   </x:si>
   <x:si>
-    <x:t>1,098,888</x:t>
-[...5 lines deleted...]
-    <x:t>3.41%</x:t>
+    <x:t>1,296,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,234,486.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
   </x:si>
   <x:si>
     <x:t>ARI US</x:t>
   </x:si>
   <x:si>
     <x:t>Apollo Commercial Real Estate Finance I</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NFPF36</x:t>
   </x:si>
   <x:si>
-    <x:t>1,179,793</x:t>
-[...5 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>1,209,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,580,235.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>LADR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ladder Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005RVGZ41</x:t>
   </x:si>
   <x:si>
-    <x:t>1,162,999</x:t>
-[...5 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>1,192,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,924,280.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.02%</x:t>
   </x:si>
   <x:si>
     <x:t>CIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PFLGY2</x:t>
   </x:si>
   <x:si>
-    <x:t>819,127</x:t>
-[...2 lines deleted...]
-    <x:t>$11,131,935.93</x:t>
+    <x:t>833,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,970,097.04</x:t>
   </x:si>
   <x:si>
     <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>MFA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mfa Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL6138</x:t>
   </x:si>
   <x:si>
-    <x:t>1,072,963</x:t>
-[...5 lines deleted...]
-    <x:t>2.74%</x:t>
+    <x:t>1,091,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,777,280.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>TWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Two Harbors Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MG3Y65</x:t>
   </x:si>
   <x:si>
-    <x:t>911,180</x:t>
-[...5 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>934,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,061,915.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>PMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKDWS5</x:t>
   </x:si>
   <x:si>
-    <x:t>744,394</x:t>
-[...5 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>757,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,810,457.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>NYMT US</x:t>
   </x:si>
   <x:si>
     <x:t>New York Mortgage Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZ8014</x:t>
   </x:si>
   <x:si>
-    <x:t>906,250</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>929,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,340,450.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FBRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Bsp Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0131739J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>785,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,174,454.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
   </x:si>
   <x:si>
     <x:t>BRSP US</x:t>
   </x:si>
   <x:si>
     <x:t>Brightspire Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JVRRQF1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,218,414</x:t>
-[...2 lines deleted...]
-    <x:t>$7,091,169.48</x:t>
+    <x:t>1,249,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,008,225.18</x:t>
   </x:si>
   <x:si>
     <x:t>1.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>FBRT US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>IVR US</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Mortgage Capital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GGLZZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>772,442</x:t>
-[...5 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>786,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,351,712.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>RWT US</x:t>
   </x:si>
   <x:si>
     <x:t>Redwood Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JNJPB0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,010,487</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>1,036,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,081,572.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>TRTX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tpg Re Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKJ8C78</x:t>
   </x:si>
   <x:si>
-    <x:t>604,129</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>619,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,967,620.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>KREF US</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Real Estate Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GD4KVQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>522,376</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>535,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,497,330.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>ACRE US</x:t>
   </x:si>
   <x:si>
     <x:t>Ares Commercial Real Estate Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0022MMQB0</x:t>
   </x:si>
   <x:si>
-    <x:t>608,821</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>624,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,014,992.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>RC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ready Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCRRN1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,460,067</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>1,497,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,365,267.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago Atlantic Real Estate Finance In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0136KJVY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$448,611.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,776,412</x:t>
+    <x:t>200,070</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,776,412.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$200,069.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-MXN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>$-.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,208,619.31</x:t>
-[...2 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$1,159,116.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -598,56 +619,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7301c0fe3434c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R982667aef6d84af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c674d00a3564c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6910981128438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R167f1270719f4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re21f079eebe3497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I32"/>
+  <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1251,326 +1272,355 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A32" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I32" s="2" t="s">
+      <x:c r="A32" s="1">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A33" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A32:I32"/>
+    <x:mergeCell ref="A33:I33"/>
   </x:mergeCells>
 </x:worksheet>
 </file>