--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -1,2358 +1,2376 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra225f150eee34114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cc1562b9a64f44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20251203" sheetId="1" r:id="R6227aa35fd6d4a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260108" sheetId="1" r:id="R3dbed3a1ff9540ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="771">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/03/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="777">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1NH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,368,660.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,196,071.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZQ728</x:t>
   </x:si>
   <x:si>
-    <x:t>81,584</x:t>
-[...47 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>89,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,944,889.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBE SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC49N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,520,899.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.81%</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>102,596</x:t>
-[...23 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>106,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,428,563.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.77%</x:t>
   </x:si>
   <x:si>
     <x:t>BAYN GR</x:t>
   </x:si>
   <x:si>
     <x:t>Bayer Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBWDG1</x:t>
   </x:si>
   <x:si>
-    <x:t>150,646</x:t>
-[...5 lines deleted...]
-    <x:t>3.03%</x:t>
+    <x:t>167,935</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,755,744.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corteva Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN969C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,667,578.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>94,178</x:t>
-[...23 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>92,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,843,081.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutrien Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JM9XLN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,074,628.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>SHEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Shell Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0147BN6G2</x:t>
   </x:si>
   <x:si>
-    <x:t>60,120</x:t>
-[...23 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>68,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,801,399.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>25,085</x:t>
-[...5 lines deleted...]
-    <x:t>2.13%</x:t>
+    <x:t>24,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,604,876.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,438</x:t>
-[...5 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>41,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,427,490.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FD28T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,119,500.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barrick Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB07P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,735,900.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>TTE US</x:t>
   </x:si>
   <x:si>
     <x:t>Totalenergies Se</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG000CHZ857</x:t>
-[...44 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>BBG000JLVJ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,671,686.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6WG8</x:t>
   </x:si>
   <x:si>
-    <x:t>46,299</x:t>
-[...5 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>52,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,233,646.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
-    <x:t>56,256</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>55,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,013,547.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQH30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,680,741.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
-    <x:t>35,962</x:t>
-[...5 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>40,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,661,939.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>51,003</x:t>
-[...5 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>57,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,612,644.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKCC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,602,819.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN5LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>170,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,398,738.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MM1KV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>402,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,377,211.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSZTN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,347,554.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,238,189.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,196,804.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT4FC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,192,750.11</x:t>
   </x:si>
   <x:si>
     <x:t>6326 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kubota Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGGYY2</x:t>
   </x:si>
   <x:si>
-    <x:t>163,300</x:t>
-[...95 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>141,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,137,570.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>48,811</x:t>
-[...38 lines deleted...]
-    <x:t>$1,823,259.35</x:t>
+    <x:t>47,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,031,693.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JDLY02</x:t>
   </x:si>
   <x:si>
-    <x:t>76,229</x:t>
-[...20 lines deleted...]
-    <x:t>$1,764,598.95</x:t>
+    <x:t>85,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,975,835.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ8VL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,939,961.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBK53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,865,510.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>21,088</x:t>
-[...20 lines deleted...]
-    <x:t>$1,761,340.36</x:t>
+    <x:t>20,424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,859,809.44</x:t>
   </x:si>
   <x:si>
     <x:t>FNV US</x:t>
   </x:si>
   <x:si>
     <x:t>Franco-Nevada Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RD3CL8</x:t>
   </x:si>
   <x:si>
-    <x:t>8,299</x:t>
-[...23 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>8,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,847,459.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIL SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilmar International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM10Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,650,644.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,619,007.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>GMEXICOB MF</x:t>
   </x:si>
   <x:si>
     <x:t>Grupo Mexico Sab De Cv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQC9K4</x:t>
   </x:si>
   <x:si>
-    <x:t>169,564</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>163,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,604,684.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,583,711.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>55,161</x:t>
-[...23 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>50,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,560,789.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVQRY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,711.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncor Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRK7L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,519,426.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HW5GX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,500,581.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosaic Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFXHL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,462,225.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059JSF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,432,626.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schlumberger Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT41Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,406,298.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXPZB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,395,341.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yara International Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KDG7R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,382,680.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J47TP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,353,159.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,349,987.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYLWT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,301,007.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,299,934.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillips 66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00286S4N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,281,538.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ8KV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,276,727.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBGGQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,263,094.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>5,645</x:t>
-[...158 lines deleted...]
-    <x:t>EBR US</x:t>
+    <x:t>5,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,242,874.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVN235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,230,804.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCCZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,221,249.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teck Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJTT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,220,575.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPZZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,161.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJH5W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,194,388.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019JZ882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,187,472.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upm-Kymmene Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GM9CH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,172,108.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCCGR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,288.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RGY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,726.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5401 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG9X54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,308.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HGYNZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,380.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3HSR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,041,843.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$998,154.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antofagasta Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4SC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,342.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weyerhaeuser Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX3BL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$981,214.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$963,748.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C82NF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$950,298.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,896</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$925,021.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrais Eletricas Brasileiras Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL5Q89</x:t>
   </x:si>
   <x:si>
-    <x:t>98,210</x:t>
-[...293 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>96,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,088.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPCKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>191,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$907,650.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009HT6BL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$882,510.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Posco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCBSD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$861,323.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSHH72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$844,974.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baker Hughes Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBVBK51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,153.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BREN IJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barito Renewables Energy Tbk Pt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JK1BCH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,452,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$826,169.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boliden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VT85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,548.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,521.60</x:t>
   </x:si>
   <x:si>
     <x:t>ORSTED DC</x:t>
   </x:si>
   <x:si>
     <x:t>Orsted As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B2HPN16</x:t>
   </x:si>
   <x:si>
-    <x:t>45,937</x:t>
-[...278 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>38,791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$785,915.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>1378 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Hongqiao Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DMCGS5</x:t>
   </x:si>
   <x:si>
-    <x:t>173,500</x:t>
-[...2 lines deleted...]
-    <x:t>$734,721.86</x:t>
+    <x:t>176,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,098.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Occidental Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQ2S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$749,521.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>TRGP US</x:t>
   </x:si>
   <x:si>
     <x:t>Targa Resources Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0015XMW40</x:t>
   </x:si>
   <x:si>
-    <x:t>3,867</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>4,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,336.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBR/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVNV22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,640.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eqt Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHZ5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,128.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Steel &amp; Aluminum Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CJ2181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,527.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSYPK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,509.10</x:t>
   </x:si>
   <x:si>
     <x:t>FANG US</x:t>
   </x:si>
   <x:si>
     <x:t>Diamondback Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002PHSYX9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,212</x:t>
-[...20 lines deleted...]
-    <x:t>$658,464.00</x:t>
+    <x:t>4,584</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$676,873.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impala Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,528.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$662,096.68</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>46,984</x:t>
-[...65 lines deleted...]
-    <x:t>$632,069.61</x:t>
+    <x:t>44,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$652,109.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NT0ZZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,983.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,085.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>SUZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Suzano Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLJG90</x:t>
   </x:si>
   <x:si>
-    <x:t>61,999</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>64,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$599,184.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,987.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$587,501.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NF2249</x:t>
   </x:si>
   <x:si>
-    <x:t>72,465</x:t>
-[...20 lines deleted...]
-    <x:t>$554,762.40</x:t>
+    <x:t>66,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,320.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STERV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stora Enso Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G1VR87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,271.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCCG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,746.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>IAG US</x:t>
   </x:si>
   <x:si>
     <x:t>Iamgold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LL9LQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>36,866</x:t>
-[...80 lines deleted...]
-    <x:t>$532,058.63</x:t>
+    <x:t>32,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,750.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,539.51</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>27,660</x:t>
-[...35 lines deleted...]
-    <x:t>$509,116.52</x:t>
+    <x:t>25,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,544.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oji Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,071.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jfe Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWB27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,399.26</x:t>
   </x:si>
   <x:si>
     <x:t>2002 TT</x:t>
   </x:si>
   <x:si>
     <x:t>China Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBXZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>819,672</x:t>
-[...20 lines deleted...]
-    <x:t>$493,164.19</x:t>
+    <x:t>841,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,434.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,694.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GS6PX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>141,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$461,618.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEN NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBY7X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,545.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UFPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufp Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL0T06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,334.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana-Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNF508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,677.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,543.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLMB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holmen Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPMSL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$387,705.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Fraser Timber Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D6PCT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,892.32</x:t>
   </x:si>
   <x:si>
     <x:t>KLBN11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Klabin Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJJ8B5</x:t>
   </x:si>
   <x:si>
-    <x:t>142,300</x:t>
-[...173 lines deleted...]
-    <x:t>$311,383.96</x:t>
+    <x:t>98,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$337,190.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA/PC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2G2LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$229,915.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NQKK36</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$33.41</x:t>
+    <x:t>$40.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>10,824</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROSN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosneft Oil Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>371,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,520</x:t>
+  </x:si>
+  <x:si>
     <x:t>ATAD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Tatneft Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9X7K3</x:t>
   </x:si>
   <x:si>
     <x:t>2,680</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...146 lines deleted...]
-    <x:t>13,000</x:t>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>199,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,031.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...32 lines deleted...]
-    <x:t>$16,515.95</x:t>
+    <x:t>99,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,605.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
-    <x:t>$6.22</x:t>
+    <x:t>$6.23</x:t>
   </x:si>
   <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>110</x:t>
   </x:si>
   <x:si>
-    <x:t>$10.96</x:t>
+    <x:t>$10.93</x:t>
   </x:si>
   <x:si>
     <x:t>-ILS CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-2</x:t>
   </x:si>
   <x:si>
-    <x:t>$-.61</x:t>
+    <x:t>$-.62</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
     <x:t>$.62</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$.41</x:t>
+    <x:t>$.40</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$496,907.18</x:t>
+    <x:t>$253,968.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2380,51 +2398,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2c7e3418c44157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rafc81b7d88ac465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6227aa35fd6d4a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc5c85356404b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3bfa50b6232e4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3dbed3a1ff9540ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I147"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -3265,80 +3283,80 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
@@ -3352,167 +3370,167 @@
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
@@ -3555,80 +3573,80 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
@@ -3642,80 +3660,80 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
@@ -3758,2927 +3776,2927 @@
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>511</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>565</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="H110" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>630</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="H115" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
         <x:v>641</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="E123" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I123" s="1" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
         <x:v>695</x:v>
       </x:c>
-      <x:c r="F125" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="F139" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="2" t="s">
-        <x:v>770</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>