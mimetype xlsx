--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cc1562b9a64f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28e1ac5145bb4018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260108" sheetId="1" r:id="R3dbed3a1ff9540ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260108" sheetId="1" r:id="R3a27046b9d914bb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="777">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -2398,51 +2398,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc5c85356404b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3bfa50b6232e4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3dbed3a1ff9540ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7897a538e94e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rddfda99fe73f4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a27046b9d914bb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I147"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">