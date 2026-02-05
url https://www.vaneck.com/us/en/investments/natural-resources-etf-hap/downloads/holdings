--- v2 (2026-01-10)
+++ v3 (2026-02-05)
@@ -1,2376 +1,2367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28e1ac5145bb4018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cfce3cfa794fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260108" sheetId="1" r:id="R3a27046b9d914bb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260203" sheetId="1" r:id="R0c838a69d8cb4fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="777">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="774">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>XOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZQ728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,524,705.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,226,769.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>DE US</x:t>
   </x:si>
   <x:si>
     <x:t>Deere &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1NH9</x:t>
   </x:si>
   <x:si>
-    <x:t>22,701</x:t>
-[...47 lines deleted...]
-    <x:t>4.89%</x:t>
+    <x:t>23,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,073,460.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJSBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,951,925.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayer Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBWDG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,478,404.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
-    <x:t>385,553</x:t>
-[...41 lines deleted...]
-    <x:t>3.46%</x:t>
+    <x:t>412,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,285,202.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Corteva Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN969C1</x:t>
   </x:si>
   <x:si>
-    <x:t>95,061</x:t>
-[...5 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>100,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,537,993.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>92,821</x:t>
-[...5 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>98,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,134,630.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
   </x:si>
   <x:si>
     <x:t>NTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nutrien Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM9XLN6</x:t>
   </x:si>
   <x:si>
-    <x:t>84,860</x:t>
-[...5 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>89,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,313,875.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>SHEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Shell Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0147BN6G2</x:t>
   </x:si>
   <x:si>
-    <x:t>68,289</x:t>
-[...2 lines deleted...]
-    <x:t>$4,801,399.59</x:t>
+    <x:t>72,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,601,780.80</x:t>
   </x:si>
   <x:si>
     <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>24,695</x:t>
-[...5 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>26,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,149,848.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>41,421</x:t>
-[...5 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>43,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,127,100.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
-    <x:t>48,931</x:t>
-[...5 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>51,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,983,292.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totalenergies Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVJ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,540,587.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>78,750</x:t>
-[...23 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>83,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,955,256.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Freeport-Mcmoran Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJDB15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,798,133.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6WG8</x:t>
   </x:si>
   <x:si>
-    <x:t>52,846</x:t>
-[...23 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>55,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,763,192.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKCC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,104,594.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN5LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,062,703.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MM1KV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,016,763.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>COP US</x:t>
   </x:si>
   <x:si>
     <x:t>Conocophillips</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQQH30</x:t>
   </x:si>
   <x:si>
-    <x:t>27,155</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>28,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,010,392.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5M1S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,007,304.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSZTN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,958,974.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
-    <x:t>40,890</x:t>
-[...92 lines deleted...]
-    <x:t>$2,347,554.72</x:t>
+    <x:t>43,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,748,410.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.05%</x:t>
   </x:si>
   <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,640,227.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT4FC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,635,528.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>WPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Wheaton Precious Metals Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PVRDL2</x:t>
   </x:si>
   <x:si>
-    <x:t>18,082</x:t>
-[...38 lines deleted...]
-    <x:t>$2,192,750.11</x:t>
+    <x:t>19,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,613,455.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglo American Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWF7M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,556,869.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ8VL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,457,168.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>6326 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kubota Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGGYY2</x:t>
   </x:si>
   <x:si>
-    <x:t>141,600</x:t>
-[...23 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>149,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,345,587.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HGVLP51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,174,674.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBK53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,166,863.82</x:t>
   </x:si>
   <x:si>
     <x:t>MOWI NO</x:t>
   </x:si>
   <x:si>
     <x:t>Mowi Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JDLY02</x:t>
   </x:si>
   <x:si>
-    <x:t>85,258</x:t>
-[...56 lines deleted...]
-    <x:t>$1,859,809.44</x:t>
+    <x:t>90,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,102,072.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMEXICOB MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Mexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQC9K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,096,248.88</x:t>
   </x:si>
   <x:si>
     <x:t>FNV US</x:t>
   </x:si>
   <x:si>
     <x:t>Franco-Nevada Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RD3CL8</x:t>
   </x:si>
   <x:si>
-    <x:t>8,192</x:t>
-[...2 lines deleted...]
-    <x:t>$1,847,459.84</x:t>
+    <x:t>8,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,065,927.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,977,533.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,928,115.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,916,356.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>WIL SP</x:t>
   </x:si>
   <x:si>
     <x:t>Wilmar International Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM10Z8</x:t>
   </x:si>
   <x:si>
-    <x:t>683,164</x:t>
-[...20 lines deleted...]
-    <x:t>$1,619,007.40</x:t>
+    <x:t>721,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,910,767.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HW5GX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,883,857.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>GMEXICOB MF</x:t>
-[...26 lines deleted...]
-    <x:t>$1,583,711.16</x:t>
+    <x:t>SU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncor Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRK7L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,875,376.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>50,511</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>53,380</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,777,554.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yara International Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KDG7R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,730,921.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>TTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Toro Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVQRY3</x:t>
   </x:si>
   <x:si>
-    <x:t>17,295</x:t>
-[...38 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>18,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,729,546.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,116.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schlumberger Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT41Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,664,272.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>MOS US</x:t>
   </x:si>
   <x:si>
     <x:t>Mosaic Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFXHL6</x:t>
   </x:si>
   <x:si>
-    <x:t>55,220</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>58,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,651,916.81</x:t>
   </x:si>
   <x:si>
     <x:t>CNH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cnh Industrial Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059JSF49</x:t>
   </x:si>
   <x:si>
-    <x:t>138,955</x:t>
-[...23 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>146,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,647,544.80</x:t>
   </x:si>
   <x:si>
     <x:t>INGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ingredion Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXPZB7</x:t>
   </x:si>
   <x:si>
-    <x:t>12,358</x:t>
-[...20 lines deleted...]
-    <x:t>$1,382,680.12</x:t>
+    <x:t>13,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,572,434.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teck Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJTT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,545,216.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJH5W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,511,842.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ8KV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,498,714.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVN235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,445,034.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYLWT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,434,664.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPZZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,427,117.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019JZ882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,395,296.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J47TP2</x:t>
   </x:si>
   <x:si>
-    <x:t>88,423</x:t>
-[...53 lines deleted...]
-    <x:t>$1,299,934.92</x:t>
+    <x:t>93,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,390,431.27</x:t>
   </x:si>
   <x:si>
     <x:t>PSX US</x:t>
   </x:si>
   <x:si>
     <x:t>Phillips 66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00286S4N9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,886</x:t>
-[...20 lines deleted...]
-    <x:t>$1,276,727.40</x:t>
+    <x:t>9,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,390,417.01</x:t>
   </x:si>
   <x:si>
     <x:t>VLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Valero Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBGGQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,602</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>6,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,341,275.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCCZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,327,157.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HGYNZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,300,675.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RGY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,291,225.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCCGR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,282,109.30</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>5,047</x:t>
-[...101 lines deleted...]
-    <x:t>$1,187,472.15</x:t>
+    <x:t>5,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,275,039.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5401 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG9X54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,235,185.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antofagasta Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4SC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,221,745.17</x:t>
   </x:si>
   <x:si>
     <x:t>UPM FH</x:t>
   </x:si>
   <x:si>
     <x:t>Upm-Kymmene Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GM9CH9</x:t>
   </x:si>
   <x:si>
-    <x:t>41,052</x:t>
-[...74 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>43,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,214,680.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSHH72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,198,708.16</x:t>
   </x:si>
   <x:si>
     <x:t>LNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Cheniere Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3HSR0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,302</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>5,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,181,797.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C82NF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,171,314.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weyerhaeuser Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX3BL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,153,136.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>OKE US</x:t>
   </x:si>
   <x:si>
     <x:t>Oneok Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQHGR6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,800</x:t>
-[...38 lines deleted...]
-    <x:t>$981,214.99</x:t>
+    <x:t>14,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,141,411.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5Q89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>102,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,207.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Posco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCBSD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,093,460.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boliden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VT85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,334.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,156.41</x:t>
   </x:si>
   <x:si>
     <x:t>EOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Eog Resources Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ9223</x:t>
   </x:si>
   <x:si>
-    <x:t>9,129</x:t>
-[...56 lines deleted...]
-    <x:t>$922,088.70</x:t>
+    <x:t>9,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,318.21</x:t>
   </x:si>
   <x:si>
     <x:t>EDP PL</x:t>
   </x:si>
   <x:si>
     <x:t>Edp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPCKW8</x:t>
   </x:si>
   <x:si>
-    <x:t>191,773</x:t>
-[...2 lines deleted...]
-    <x:t>$907,650.73</x:t>
+    <x:t>202,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,636.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baker Hughes Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBVBK51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,332.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,944.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBR/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVNV22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$940,025.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B2HPN16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$925,336.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015XMW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$905,994.36</x:t>
   </x:si>
   <x:si>
     <x:t>AGI US</x:t>
   </x:si>
   <x:si>
     <x:t>Alamos Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009HT6BL4</x:t>
   </x:si>
   <x:si>
-    <x:t>21,204</x:t>
-[...56 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>22,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$857,964.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1378 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Hongqiao Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DMCGS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>186,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$836,552.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMP SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Impala Platinum Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$835,103.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Occidental Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQ2S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$829,434.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSYPK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$821,256.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Steel &amp; Aluminum Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CJ2181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,828.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$790,566.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHSYX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,827.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eqt Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHZ5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,955.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NT0ZZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$757,143.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>BREN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Renewables Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JK1BCH5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,452,100</x:t>
-[...209 lines deleted...]
-    <x:t>$662,096.68</x:t>
+    <x:t>1,534,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,058.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$745,146.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$728,638.28</x:t>
   </x:si>
   <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>44,543</x:t>
-[...38 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>47,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$711,288.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$672,687.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$665,715.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$664,433.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$644,563.69</x:t>
   </x:si>
   <x:si>
     <x:t>SUZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Suzano Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLJG90</x:t>
   </x:si>
   <x:si>
-    <x:t>64,637</x:t>
-[...53 lines deleted...]
-    <x:t>$577,320.55</x:t>
+    <x:t>68,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,721.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDBXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>889,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,207.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCCG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,740.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harmony Gold Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX93G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,284.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oji Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,910.53</x:t>
   </x:si>
   <x:si>
     <x:t>STERV FH</x:t>
   </x:si>
   <x:si>
     <x:t>Stora Enso Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G1VR87</x:t>
   </x:si>
   <x:si>
-    <x:t>46,732</x:t>
-[...86 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>49,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,180.63</x:t>
   </x:si>
   <x:si>
     <x:t>5411 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Jfe Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWB27</x:t>
   </x:si>
   <x:si>
-    <x:t>39,964</x:t>
-[...17 lines deleted...]
-    <x:t>$511,434.60</x:t>
+    <x:t>42,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,025.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UFPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufp Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL0T06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,159.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEN NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBY7X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,375.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GS6PX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>149,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,301.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana-Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNF508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$487,046.54</x:t>
   </x:si>
   <x:si>
     <x:t>LUG CN</x:t>
   </x:si>
   <x:si>
     <x:t>Lundin Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZYV49</x:t>
   </x:si>
   <x:si>
-    <x:t>5,589</x:t>
-[...68 lines deleted...]
-    <x:t>$436,677.12</x:t>
+    <x:t>5,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$464,563.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Fraser Timber Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D6PCT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,155.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>NPI CN</x:t>
   </x:si>
   <x:si>
     <x:t>Northland Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0R327</x:t>
   </x:si>
   <x:si>
-    <x:t>30,208</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>31,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$445,395.35</x:t>
   </x:si>
   <x:si>
     <x:t>HOLMB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Holmen Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPMSL2</x:t>
   </x:si>
   <x:si>
-    <x:t>10,206</x:t>
-[...20 lines deleted...]
-    <x:t>$369,892.32</x:t>
+    <x:t>10,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,100.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>KLBN11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Klabin Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJJ8B5</x:t>
   </x:si>
   <x:si>
-    <x:t>98,123</x:t>
-[...2 lines deleted...]
-    <x:t>$337,190.56</x:t>
+    <x:t>103,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$382,815.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA/PC US</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z2G2LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>25,405</x:t>
-[...5 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>26,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,151.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NQKK36</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$40.14</x:t>
+    <x:t>$49.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>10,824</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>128,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,669</x:t>
+  </x:si>
+  <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
     <x:t>Private</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0175TL3N9</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...11 lines deleted...]
-    <x:t>128,400</x:t>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>371,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,118</x:t>
   </x:si>
   <x:si>
     <x:t>MNOD LI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KRLH06</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
-    <x:t>PHOR RM</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NLMK RM</x:t>
   </x:si>
   <x:si>
     <x:t>Novolipetsk Steel Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S681B4</x:t>
   </x:si>
   <x:si>
     <x:t>26,910</x:t>
   </x:si>
   <x:si>
-    <x:t>SVST LI</x:t>
-[...38 lines deleted...]
-    <x:t>3,739</x:t>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,520</x:t>
   </x:si>
   <x:si>
     <x:t>ROSN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rosneft Oil Co Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731354</x:t>
   </x:si>
   <x:si>
     <x:t>13,000</x:t>
   </x:si>
   <x:si>
-    <x:t>SNGS RM</x:t>
-[...44 lines deleted...]
-    <x:t>2,680</x:t>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,087.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...8 lines deleted...]
-    <x:t>$199,031.16</x:t>
+    <x:t>8,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,497.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-ILS CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-IDR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CZK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-BRL CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,224.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
-  </x:si>
-[...73 lines deleted...]
-    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2398,51 +2389,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7897a538e94e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rddfda99fe73f4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a27046b9d914bb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf225554f383c465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcd0d7701f2fb459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c838a69d8cb4fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I147"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -3109,1037 +3100,1037 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>309</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
@@ -4240,80 +4231,80 @@
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
@@ -4327,2376 +4318,2376 @@
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="D67" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>387</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>409</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="H83" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>481</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C87" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="D87" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C87" s="1" t="s">
+      <x:c r="F87" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D87" s="1" t="s">
+      <x:c r="H87" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="F88" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
+      <x:c r="H88" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I88" s="1" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="F89" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
+      <x:c r="E90" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="D90" s="1" t="s">
+      <x:c r="F90" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
+      <x:c r="F92" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
+      <x:c r="H92" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
+      <x:c r="D93" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
+      <x:c r="F93" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="F93" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
-      <x:c r="F94" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
+      <x:c r="F95" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
+      <x:c r="E96" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="E96" s="1" t="s">
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
+      <x:c r="D97" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
+      <x:c r="F97" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="F97" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="F98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>552</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
+      <x:c r="D99" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="F99" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
+      <x:c r="F100" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="E100" s="1" t="s">
+      <x:c r="H100" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>563</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="D101" s="1" t="s">
+      <x:c r="F101" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
+      <x:c r="H101" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="F103" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C105" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="C105" s="1" t="s">
+      <x:c r="D105" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
+      <x:c r="F105" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="F105" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="F106" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>596</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
+      <x:c r="E107" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="F107" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
+      <x:c r="F108" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="E109" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
+      <x:c r="F109" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="D110" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="E110" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="C110" s="1" t="s">
+      <x:c r="F110" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G110" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="D110" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="F111" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="C112" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="C112" s="1" t="s">
+      <x:c r="F112" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
         <x:v>626</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="H112" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
         <x:v>627</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="F113" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="H113" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>633</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="F114" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="F115" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G115" s="1" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="F116" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
         <x:v>649</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
+      <x:c r="F117" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
         <x:v>655</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="C118" s="1" t="s">
+      <x:c r="E118" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="D118" s="1" t="s">
+      <x:c r="F118" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="E118" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="C119" s="1" t="s">
+      <x:c r="F119" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="D119" s="1" t="s">
+      <x:c r="H119" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
         <x:v>666</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C120" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="D120" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="C120" s="1" t="s">
+      <x:c r="E120" s="1" t="s">
         <x:v>670</x:v>
       </x:c>
-      <x:c r="D120" s="1" t="s">
+      <x:c r="F120" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G120" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
-      <x:c r="E120" s="1" t="s">
+      <x:c r="H120" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I120" s="1" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="C121" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="D121" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="E121" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="C121" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D121" s="1" t="s">
+      <x:c r="F121" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="E121" s="1" t="s">
+      <x:c r="H121" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I121" s="1" t="s">
         <x:v>677</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
+      <x:c r="E122" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
-      <x:c r="D122" s="1" t="s">
+      <x:c r="F122" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G122" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="E122" s="1" t="s">
+      <x:c r="H122" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I122" s="1" t="s">
         <x:v>683</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D123" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="F123" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="F124" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C127" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="C127" s="1" t="s">
+      <x:c r="D127" s="1" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="C128" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="C128" s="1" t="s">
+      <x:c r="D128" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="D128" s="1" t="s">
+      <x:c r="E128" s="1" t="s">
         <x:v>709</x:v>
       </x:c>
-      <x:c r="E128" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="C129" s="1" t="s">
+      <x:c r="D129" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
-      <x:c r="D129" s="1" t="s">
+      <x:c r="E129" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
-      <x:c r="E129" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
+      <x:c r="D130" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
-      <x:c r="E130" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>692</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I131" s="1" t="s">
         <x:v>683</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="D133" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
         <x:v>729</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D134" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
+      <x:c r="E135" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="D135" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="D136" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
         <x:v>741</x:v>
       </x:c>
-      <x:c r="C137" s="1" t="s">
+      <x:c r="E137" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
+      <x:c r="F138" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E138" s="1" t="s">
+      <x:c r="G138" s="1" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="F138" s="1" t="s">
+      <x:c r="H138" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I138" s="1" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D140" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D142" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E144" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="F144" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D144" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I146" s="1" t="s">
         <x:v>772</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="2" t="s">
-        <x:v>776</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="B147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I147" s="2" t="s">
         <x:v>1</x:v>
       </x:c>