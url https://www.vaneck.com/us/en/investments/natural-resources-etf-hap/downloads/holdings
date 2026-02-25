--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,2367 +1,2379 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cfce3cfa794fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4964185fe2c04f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260203" sheetId="1" r:id="R0c838a69d8cb4fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260224" sheetId="1" r:id="R2cfd251b74dd4fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="774">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/03/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1188" uniqueCount="778">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>DE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH1NH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,072,249.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.56%</x:t>
+  </x:si>
+  <x:si>
     <x:t>XOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GZQ728</x:t>
   </x:si>
   <x:si>
-    <x:t>94,098</x:t>
-[...11 lines deleted...]
-    <x:t>5.16%</x:t>
+    <x:t>97,818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,600,314.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
   </x:si>
   <x:si>
     <x:t>CVX US</x:t>
   </x:si>
   <x:si>
     <x:t>Chevron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K4ND22</x:t>
   </x:si>
   <x:si>
-    <x:t>74,291</x:t>
-[...23 lines deleted...]
-    <x:t>4.98%</x:t>
+    <x:t>77,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,313,437.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>112,046</x:t>
-[...5 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>116,475</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,144,328.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBE SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iberdrola Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC49N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>429,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,153,681.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BAYN GR</x:t>
   </x:si>
   <x:si>
     <x:t>Bayer Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBWDG1</x:t>
   </x:si>
   <x:si>
-    <x:t>177,458</x:t>
-[...23 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>184,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,205,221.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Corteva Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN969C1</x:t>
   </x:si>
   <x:si>
-    <x:t>100,453</x:t>
-[...5 lines deleted...]
-    <x:t>2.87%</x:t>
+    <x:t>104,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,141,861.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.82%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>98,084</x:t>
-[...5 lines deleted...]
-    <x:t>2.72%</x:t>
+    <x:t>101,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,121,193.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>NTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nutrien Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JM9XLN6</x:t>
   </x:si>
   <x:si>
-    <x:t>89,673</x:t>
-[...5 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>93,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,782,468.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agnico Eagle Mines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DLVDK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,622,785.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>SHEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Shell Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0147BN6G2</x:t>
   </x:si>
   <x:si>
-    <x:t>72,160</x:t>
-[...23 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>75,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,059,550.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>43,769</x:t>
-[...2 lines deleted...]
-    <x:t>$5,127,100.66</x:t>
+    <x:t>45,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,646,095.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
-    <x:t>51,710</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>53,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,273,804.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>TTE US</x:t>
   </x:si>
   <x:si>
     <x:t>Totalenergies Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JLVJ97</x:t>
   </x:si>
   <x:si>
-    <x:t>61,013</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>63,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,017,551.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>83,216</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>86,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,300,163.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
-    <x:t>58,731</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>61,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,144,277.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>ADM US</x:t>
   </x:si>
   <x:si>
     <x:t>Archer-Daniels-Midland Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6WG8</x:t>
   </x:si>
   <x:si>
-    <x:t>55,842</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>58,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,948,561.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enbridge Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K5M1S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,320,692.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQH30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,829</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,298,789.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN5LG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,189,395.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>TSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyson Foods Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DKCC19</x:t>
   </x:si>
   <x:si>
-    <x:t>47,940</x:t>
-[...23 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>49,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,160,599.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kubota Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGGYY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,158,746.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,126,038.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>GLEN LN</x:t>
   </x:si>
   <x:si>
     <x:t>Glencore Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MM1KV4</x:t>
   </x:si>
   <x:si>
-    <x:t>425,068</x:t>
-[...35 lines deleted...]
-    <x:t>$3,007,304.79</x:t>
+    <x:t>441,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,100,512.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
-    <x:t>23,456</x:t>
-[...5 lines deleted...]
-    <x:t>1.13%</x:t>
+    <x:t>24,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,952,293.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
-    <x:t>43,214</x:t>
-[...5 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>44,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,852,547.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>CF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cf Industries Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWJFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>28,543</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>29,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,851,679.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglogold Ashanti Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HGVLP51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,798,143.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>BP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT4FC2</x:t>
   </x:si>
   <x:si>
-    <x:t>67,891</x:t>
-[...20 lines deleted...]
-    <x:t>$2,613,455.46</x:t>
+    <x:t>70,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,702,984.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ8VL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,677,333.54</x:t>
   </x:si>
   <x:si>
     <x:t>AAL LN</x:t>
   </x:si>
   <x:si>
     <x:t>Anglo American Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWF7M0</x:t>
   </x:si>
   <x:si>
-    <x:t>50,627</x:t>
-[...59 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>52,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,604,267.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franco-Nevada Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RD3CL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,459,333.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOWI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JDLY02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,263,461.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HW5GX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,225,284.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold Fields Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHT4K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,173,108.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMEXICOB MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Mexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQC9K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,167,931.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,137,600.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIL SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilmar International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM10Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,137,251.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncor Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRK7L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,041,002.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,820.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinross Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB2DM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,000,969.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,963,594.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cnh Industrial Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059JSF49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>152,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,946,223.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVQRY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,925,067.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yara International Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KDG7R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,900,454.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>VWS DC</x:t>
   </x:si>
   <x:si>
     <x:t>Vestas Wind Systems A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJBK53</x:t>
   </x:si>
   <x:si>
-    <x:t>69,581</x:t>
-[...227 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>72,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,808,418.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJH5W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,807,849.08</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>33,446</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>34,769</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,802,772.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>MOS US</x:t>
   </x:si>
   <x:si>
     <x:t>Mosaic Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFXHL6</x:t>
   </x:si>
   <x:si>
-    <x:t>58,351</x:t>
-[...17 lines deleted...]
-    <x:t>$1,647,544.80</x:t>
+    <x:t>60,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,728,146.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teck Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSJTT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,621,807.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCCZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,609,257.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVN235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,603,194.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>INGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Ingredion Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXPZB7</x:t>
   </x:si>
   <x:si>
-    <x:t>13,059</x:t>
-[...41 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>13,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,600,764.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPZZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,587,845.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYLWT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,575,976.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019JZ882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,563,824.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAAS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pan American Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0RGY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,548,051.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillips 66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00286S4N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,506,707.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>NUE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nucor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ8KV2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,036</x:t>
-[...74 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>8,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,463,203.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBGGQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,445,541.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upm-Kymmene Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GM9CH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,440,925.73</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J47TP2</x:t>
   </x:si>
   <x:si>
-    <x:t>93,441</x:t>
-[...50 lines deleted...]
-    <x:t>$1,327,157.52</x:t>
+    <x:t>97,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,391,797.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCCGR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,387,535.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTO LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antofagasta Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4SC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,371,477.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFL116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,348,356.24</x:t>
   </x:si>
   <x:si>
     <x:t>STLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Steel Dynamics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HGYNZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>6,741</x:t>
-[...53 lines deleted...]
-    <x:t>$1,275,039.36</x:t>
+    <x:t>7,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,337,616.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NST AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Star Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C82NF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,308,688.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>5401 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9X54</x:t>
   </x:si>
   <x:si>
-    <x:t>291,300</x:t>
-[...38 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>302,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,290,128.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3HSR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,286,871.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Posco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCBSD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,272,084.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5Q89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,264,520.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,256,529.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,240,463.60</x:t>
   </x:si>
   <x:si>
     <x:t>SCCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Copper Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSHH72</x:t>
   </x:si>
   <x:si>
-    <x:t>5,564</x:t>
-[...35 lines deleted...]
-    <x:t>$1,171,314.05</x:t>
+    <x:t>5,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,229,016.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,204,840.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boliden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VT85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,178,285.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009HT6BL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,643.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baker Hughes Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBVBK51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,174,279.68</x:t>
   </x:si>
   <x:si>
     <x:t>WY US</x:t>
   </x:si>
   <x:si>
     <x:t>Weyerhaeuser Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX3BL3</x:t>
   </x:si>
   <x:si>
-    <x:t>43,221</x:t>
-[...101 lines deleted...]
-    <x:t>$1,065,318.21</x:t>
+    <x:t>44,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,282.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>EDP PL</x:t>
   </x:si>
   <x:si>
     <x:t>Edp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPCKW8</x:t>
   </x:si>
   <x:si>
-    <x:t>202,648</x:t>
-[...23 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>210,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,360.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015XMW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,936.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B2HPN16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,561.06</x:t>
   </x:si>
   <x:si>
     <x:t>RGLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Royal Gold Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5170</x:t>
   </x:si>
   <x:si>
-    <x:t>3,556</x:t>
-[...2 lines deleted...]
-    <x:t>$942,944.52</x:t>
+    <x:t>3,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,883.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBR/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVNV22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,274.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.36%</x:t>
   </x:si>
   <x:si>
-    <x:t>PBR/A US</x:t>
-[...62 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>OXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Occidental Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQ2S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$989,647.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSYPK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$938,616.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinox Gold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004XB7MN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$907,236.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>1378 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Hongqiao Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DMCGS5</x:t>
   </x:si>
   <x:si>
-    <x:t>186,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>194,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$902,779.73</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>44,065</x:t>
-[...35 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>45,808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$894,414.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NT0ZZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$870,163.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHSYX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$868,638.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eqt Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHZ5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$849,515.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolution Mining Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NF2249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$838,009.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,157.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,580.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,063.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$810,080.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzano Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLJG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,452.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$794,933.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>RS US</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Steel &amp; Aluminum Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ2181</x:t>
   </x:si>
   <x:si>
-    <x:t>2,356</x:t>
-[...68 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>2,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,602.39</x:t>
   </x:si>
   <x:si>
     <x:t>BREN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Renewables Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JK1BCH5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,534,500</x:t>
-[...68 lines deleted...]
-    <x:t>$672,687.66</x:t>
+    <x:t>1,595,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,926.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
-    <x:t>EDV LN</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>DVN US</x:t>
   </x:si>
   <x:si>
     <x:t>Devon Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBVJZ8</x:t>
   </x:si>
   <x:si>
-    <x:t>15,679</x:t>
-[...17 lines deleted...]
-    <x:t>$642,721.82</x:t>
+    <x:t>16,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$705,464.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STERV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stora Enso Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G1VR87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,444.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCCG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,858.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jfe Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWB27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$635,044.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oji Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,474.76</x:t>
   </x:si>
   <x:si>
     <x:t>2002 TT</x:t>
   </x:si>
   <x:si>
     <x:t>China Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBXZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>889,672</x:t>
-[...20 lines deleted...]
-    <x:t>$576,740.38</x:t>
+    <x:t>925,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,132.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>26,996</x:t>
-[...47 lines deleted...]
-    <x:t>$568,025.79</x:t>
+    <x:t>28,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,779.20</x:t>
   </x:si>
   <x:si>
     <x:t>UFPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Ufp Industries Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL0T06</x:t>
   </x:si>
   <x:si>
-    <x:t>4,868</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>5,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,325.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,630.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GS6PX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,494.03</x:t>
   </x:si>
   <x:si>
     <x:t>CEN NZ</x:t>
   </x:si>
   <x:si>
     <x:t>Contact Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBY7X3</x:t>
   </x:si>
   <x:si>
-    <x:t>90,508</x:t>
-[...20 lines deleted...]
-    <x:t>$507,301.81</x:t>
+    <x:t>94,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,815.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,362.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>LPX US</x:t>
   </x:si>
   <x:si>
     <x:t>Louisiana-Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNF508</x:t>
   </x:si>
   <x:si>
-    <x:t>5,462</x:t>
-[...20 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>5,678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,219.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLMB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Holmen Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPMSL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,436.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>WFG US</x:t>
   </x:si>
   <x:si>
     <x:t>West Fraser Timber Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D6PCT6</x:t>
   </x:si>
   <x:si>
-    <x:t>6,280</x:t>
-[...38 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>6,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,456.97</x:t>
   </x:si>
   <x:si>
     <x:t>KLBN11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Klabin Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJJ8B5</x:t>
   </x:si>
   <x:si>
-    <x:t>103,723</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>107,923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,630.12</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA/PC US</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z2G2LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>26,846</x:t>
-[...2 lines deleted...]
-    <x:t>$282,151.46</x:t>
+    <x:t>28,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,840.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NQKK36</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$49.57</x:t>
+    <x:t>$55.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>10,824</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>371,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,910</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVTK RM</x:t>
   </x:si>
   <x:si>
     <x:t>Novatek Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00475KKY8</x:t>
   </x:si>
   <x:si>
     <x:t>19,580</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GMKN RM</x:t>
   </x:si>
   <x:si>
-    <x:t>Gmk Norilskiy Nickel Pao</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG004731489</x:t>
   </x:si>
   <x:si>
     <x:t>128,400</x:t>
   </x:si>
   <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
     <x:t>ATAD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Tatneft Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9X7K3</x:t>
   </x:si>
   <x:si>
     <x:t>2,680</x:t>
   </x:si>
   <x:si>
-    <x:t>PLZL LI</x:t>
-[...109 lines deleted...]
-  <x:si>
     <x:t>ROSN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rosneft Oil Co Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731354</x:t>
   </x:si>
   <x:si>
     <x:t>13,000</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>99,118</x:t>
+    <x:t>99,122</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$117,087.53</x:t>
+    <x:t>$116,701.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>8,497</x:t>
-[...2 lines deleted...]
-    <x:t>$8,497.23</x:t>
+    <x:t>91,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,194.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TWD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>740,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,567.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>23</x:t>
   </x:si>
   <x:si>
-    <x:t>$6.30</x:t>
+    <x:t>$6.29</x:t>
   </x:si>
   <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>110</x:t>
   </x:si>
   <x:si>
-    <x:t>$11.43</x:t>
+    <x:t>$11.54</x:t>
   </x:si>
   <x:si>
     <x:t>-ILS CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-2</x:t>
   </x:si>
   <x:si>
     <x:t>$-.64</x:t>
   </x:si>
   <x:si>
     <x:t>-IDR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
     <x:t>$.63</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$.41</x:t>
+    <x:t>$.42</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$236,224.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$602,914.31</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2389,56 +2401,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf225554f383c465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcd0d7701f2fb459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0c838a69d8cb4fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc110ee00b4584315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97b205e9e88a4df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cfd251b74dd4fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I147"/>
+  <x:dimension ref="A1:I148"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -3100,312 +3112,312 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
@@ -3419,805 +3431,805 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>337</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
@@ -4231,80 +4243,80 @@
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
@@ -4347,341 +4359,341 @@
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
@@ -4695,109 +4707,109 @@
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
@@ -4840,109 +4852,109 @@
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H85" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>476</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
@@ -4985,961 +4997,961 @@
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>510</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>537</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>553</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="E102" s="1" t="s">
+      <x:c r="F102" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="F102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G102" s="1" t="s">
+      <x:c r="H102" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="D103" s="1" t="s">
+      <x:c r="E103" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="E103" s="1" t="s">
+      <x:c r="F103" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="F103" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
+      <x:c r="D104" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="D104" s="1" t="s">
+      <x:c r="E104" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
+      <x:c r="F104" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="F104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>585</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
         <x:v>602</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
         <x:v>618</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="E114" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I114" s="1" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
         <x:v>651</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="D119" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="E119" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="F119" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G119" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="H119" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I119" s="1" t="s">
         <x:v>662</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
@@ -6156,202 +6168,202 @@
       </x:c>
       <x:c r="E129" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
-      <x:c r="D130" s="1" t="s">
+      <x:c r="E130" s="1" t="s">
         <x:v>716</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>717</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="C131" s="1" t="s">
+      <x:c r="D131" s="1" t="s">
         <x:v>719</x:v>
       </x:c>
-      <x:c r="D131" s="1" t="s">
+      <x:c r="E131" s="1" t="s">
         <x:v>720</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>721</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>707</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
@@ -6435,268 +6447,297 @@
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A147" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B147" s="2" t="s">
+      <x:c r="A147" s="1">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B147" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C147" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I147" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A148" s="2" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="B148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C147" s="2" t="s">
+      <x:c r="C148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D147" s="2" t="s">
+      <x:c r="D148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E147" s="2" t="s">
+      <x:c r="E148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F147" s="2" t="s">
+      <x:c r="F148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G147" s="2" t="s">
+      <x:c r="G148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H147" s="2" t="s">
+      <x:c r="H148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I147" s="2" t="s">
+      <x:c r="I148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A147:I147"/>
+    <x:mergeCell ref="A148:I148"/>
   </x:mergeCells>
 </x:worksheet>
 </file>