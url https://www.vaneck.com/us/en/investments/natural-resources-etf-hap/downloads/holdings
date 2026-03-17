--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,2379 +1,2391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4964185fe2c04f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec7e9969ad44e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260224" sheetId="1" r:id="R2cfd251b74dd4fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="HAP_asof_20260316" sheetId="1" r:id="R97a17ccccfe64e8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1188" uniqueCount="778">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/24/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1188" uniqueCount="782">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/16/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>XOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZQ728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,575,046.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,394,462.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
     <x:t>DE US</x:t>
   </x:si>
   <x:si>
     <x:t>Deere &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH1NH9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,936</x:t>
-[...47 lines deleted...]
-    <x:t>4.95%</x:t>
+    <x:t>25,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,456,264.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>NEE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJSBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>116,475</x:t>
-[...5 lines deleted...]
-    <x:t>3.85%</x:t>
+    <x:t>117,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,948,397.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.87%</x:t>
   </x:si>
   <x:si>
     <x:t>IBE SM</x:t>
   </x:si>
   <x:si>
     <x:t>Iberdrola Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC49N1</x:t>
   </x:si>
   <x:si>
-    <x:t>429,038</x:t>
-[...5 lines deleted...]
-    <x:t>3.51%</x:t>
+    <x:t>434,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,852,791.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
   </x:si>
   <x:si>
     <x:t>BAYN GR</x:t>
   </x:si>
   <x:si>
     <x:t>Bayer Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBWDG1</x:t>
   </x:si>
   <x:si>
-    <x:t>184,473</x:t>
-[...5 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>186,813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,627,414.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>CTVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Corteva Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BN969C1</x:t>
   </x:si>
   <x:si>
-    <x:t>104,423</x:t>
-[...5 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>105,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,358,321.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nutrien Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JM9XLN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,343,376.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>101,961</x:t>
-[...23 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>103,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,259,859.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shell Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0147BN6G2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,873,313.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
   </x:si>
   <x:si>
     <x:t>AEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Agnico Eagle Mines Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLVDK3</x:t>
   </x:si>
   <x:si>
-    <x:t>27,127</x:t>
-[...23 lines deleted...]
-    <x:t>2.10%</x:t>
+    <x:t>27,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,773,305.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totalenergies Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JLVJ97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,322,097.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>NEM US</x:t>
   </x:si>
   <x:si>
     <x:t>Newmont Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPWXK1</x:t>
   </x:si>
   <x:si>
-    <x:t>45,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>46,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,077,224.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
-    <x:t>53,754</x:t>
-[...23 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>54,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,891,618.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer-Daniels-Midland Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6WG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,159,109.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>B US</x:t>
   </x:si>
   <x:si>
     <x:t>Barrick Mining Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB07P9</x:t>
   </x:si>
   <x:si>
-    <x:t>86,505</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>87,603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,775,689.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf Industries Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWJFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,675,649.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQH30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,664,713.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>FCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Freeport-Mcmoran Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJDB15</x:t>
   </x:si>
   <x:si>
-    <x:t>61,053</x:t>
-[...23 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>61,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,581,696.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>ENB US</x:t>
   </x:si>
   <x:si>
     <x:t>Enbridge Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K5M1S8</x:t>
   </x:si>
   <x:si>
-    <x:t>63,372</x:t>
-[...23 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>64,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,500,159.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyson Foods Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DKCC19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,120,436.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLEN LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glencore Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MM1KV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>447,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,078,436.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT4FC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,066,020.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>VALE US</x:t>
   </x:si>
   <x:si>
     <x:t>Vale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>187,281</x:t>
-[...23 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>189,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,854,337.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wheaton Precious Metals Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PVRDL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,799,806.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLTD46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,756,815.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bunge Global Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JZ8VL91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,735,834.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSZTN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,723,774.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>6326 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Kubota Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGGYY2</x:t>
   </x:si>
   <x:si>
-    <x:t>155,600</x:t>
-[...89 lines deleted...]
-    <x:t>$2,851,679.81</x:t>
+    <x:t>157,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,611,262.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canadian Natural Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HW5GX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,581,576.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FNV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franco-Nevada Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RD3CL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,315,632.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIL SP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wilmar International Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM10Z8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>759,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,297,329.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAR NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yara International Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KDG7R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,256,409.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suncor Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRK7L6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,238,635.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAL LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglo American Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWF7M0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,223,053.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOWI NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mowi Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JDLY02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,204,592.75</x:t>
   </x:si>
   <x:si>
     <x:t>AU US</x:t>
   </x:si>
   <x:si>
     <x:t>Anglogold Ashanti Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HGVLP51</x:t>
   </x:si>
   <x:si>
-    <x:t>22,439</x:t>
-[...107 lines deleted...]
-    <x:t>$2,225,284.91</x:t>
+    <x:t>22,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,197,865.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,176,208.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,855.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Darling Ingredients Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN8ZK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,084,011.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMEXICOB MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grupo Mexico Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQC9K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,960,013.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPZZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,865,442.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
     <x:t>GFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gold Fields Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHT4K7</x:t>
   </x:si>
   <x:si>
-    <x:t>38,185</x:t>
-[...89 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>38,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,830,590.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toro Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVQRY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,827,705.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWS DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vestas Wind Systems A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJBK53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,788,111.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>KGC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kinross Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB2DM7</x:t>
   </x:si>
   <x:si>
-    <x:t>55,490</x:t>
-[...23 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>56,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,744,823.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phillips 66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00286S4N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,714,849.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBGGQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,707,994.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosaic Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFXHL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,699,712.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCCGR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,647,223.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tc Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVN235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,645,568.00</x:t>
   </x:si>
   <x:si>
     <x:t>CNH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cnh Industrial Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059JSF49</x:t>
   </x:si>
   <x:si>
-    <x:t>152,645</x:t>
-[...56 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>154,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,626,202.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinder Morgan Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019JZ882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,613,702.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schlumberger Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BT41Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,583,041.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYLWT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,554,455.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingredion Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXPZB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,539,938.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cheniere Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3HSR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,482,108.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>MT US</x:t>
   </x:si>
   <x:si>
     <x:t>Arcelormittal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJH5W0</x:t>
   </x:si>
   <x:si>
-    <x:t>27,732</x:t>
-[...38 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>28,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,447,449.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DCCZW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,937.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J47TP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,383,625.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upm-Kymmene Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GM9CH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,379,542.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ8KV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,376,780.40</x:t>
   </x:si>
   <x:si>
     <x:t>TECK US</x:t>
   </x:si>
   <x:si>
     <x:t>Teck Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSJTT0</x:t>
   </x:si>
   <x:si>
-    <x:t>27,116</x:t>
-[...101 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>27,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,746.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ9223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,365,949.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>PAAS US</x:t>
   </x:si>
   <x:si>
     <x:t>Pan American Silver Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0RGY3</x:t>
   </x:si>
   <x:si>
-    <x:t>23,685</x:t>
-[...104 lines deleted...]
-    <x:t>$1,387,535.45</x:t>
+    <x:t>23,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,353,050.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oneok Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQHGR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,309,747.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HGYNZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,236,865.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXIA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrais Eletricas Brasileiras Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL5Q89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,211,750.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBR/A US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petroleo Brasileiro Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVNV22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,198,209.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>ANTO LN</x:t>
   </x:si>
   <x:si>
     <x:t>Antofagasta Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4SC9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,072</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>24,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,702.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5401 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG9X54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,493.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRGP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Targa Resources Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0015XMW40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,417.75</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>5,544</x:t>
-[...20 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>5,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,119,880.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Occidental Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQQ2S6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,104,467.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valterra Platinum Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTXNT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,642.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alamos Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009HT6BL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,091,416.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weyerhaeuser Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX3BL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,691.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSYPK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,276.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equinor Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NT0ZZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,199.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Posco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCBSD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,777.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPCKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>213,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,819.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern Copper Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSHH72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,180.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOL SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boliden Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VT85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,811.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baker Hughes Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBVBK51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,061.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORSTED DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orsted As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B2HPN16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$992,107.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1378 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Hongqiao Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DMCGS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>196,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$972,617.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eqt Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHZ5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$947,221.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Royal Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,010.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FANG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diamondback Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002PHSYX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$929,700.67</x:t>
   </x:si>
   <x:si>
     <x:t>NST AU</x:t>
   </x:si>
   <x:si>
     <x:t>Northern Star Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C82NF9</x:t>
   </x:si>
   <x:si>
-    <x:t>62,470</x:t>
-[...317 lines deleted...]
-    <x:t>$938,616.34</x:t>
+    <x:t>63,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$918,525.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
+    <x:t>PBA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pembina Pipeline Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001732GF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$836,238.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devon Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBVJZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,051.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Steel &amp; Aluminum Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CJ2181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,544.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
     <x:t>EQX US</x:t>
   </x:si>
   <x:si>
     <x:t>Equinox Gold Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004XB7MN9</x:t>
   </x:si>
   <x:si>
-    <x:t>48,934</x:t>
-[...20 lines deleted...]
-    <x:t>$902,779.73</x:t>
+    <x:t>49,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$737,378.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE&amp;OLES* MF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrias Penoles Sab De Cv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LXSKQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$735,159.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzano Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLJG90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$729,096.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EDV LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Endeavour Mining Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DVVYT3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$727,079.26</x:t>
   </x:si>
   <x:si>
     <x:t>IMP SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Impala Platinum Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>45,808</x:t>
-[...53 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>46,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,443.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iamgold Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LL9LQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,346.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coeur Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,823.55</x:t>
   </x:si>
   <x:si>
     <x:t>EVN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Evolution Mining Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NF2249</x:t>
   </x:si>
   <x:si>
-    <x:t>73,390</x:t>
-[...113 lines deleted...]
-    <x:t>$776,602.39</x:t>
+    <x:t>74,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$693,308.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STERV FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stora Enso Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G1VR87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,470.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Svenska Cellulosa Ab Sca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCCG29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$581,562.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oji Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFYKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,259.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>BREN IJ</x:t>
   </x:si>
   <x:si>
     <x:t>Barito Renewables Energy Tbk Pt</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JK1BCH5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,595,100</x:t>
-[...56 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>1,615,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,940.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDBXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>937,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,619.11</x:t>
   </x:si>
   <x:si>
     <x:t>5411 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Jfe Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWB27</x:t>
   </x:si>
   <x:si>
-    <x:t>44,164</x:t>
-[...35 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>44,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,875.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NPI CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northland Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0R327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,324.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEN NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contact Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBY7X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,494.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUG CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lundin Gold Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZYV49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$499,575.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEL NZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meridian Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005GS6PX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>157,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,013.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UFPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufp Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL0T06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,750.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana-Pacific Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNF508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$435,505.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>HMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Harmony Gold Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX93G1</x:t>
   </x:si>
   <x:si>
-    <x:t>28,064</x:t>
-[...101 lines deleted...]
-    <x:t>$484,219.84</x:t>
+    <x:t>28,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,826.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Fraser Timber Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D6PCT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$433,482.72</x:t>
   </x:si>
   <x:si>
     <x:t>HOLMB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Holmen Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPMSL2</x:t>
   </x:si>
   <x:si>
-    <x:t>11,211</x:t>
-[...20 lines deleted...]
-    <x:t>$430,456.97</x:t>
+    <x:t>11,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,151.68</x:t>
   </x:si>
   <x:si>
     <x:t>KLBN11 BZ</x:t>
   </x:si>
   <x:si>
     <x:t>Klabin Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005TJJ8B5</x:t>
   </x:si>
   <x:si>
-    <x:t>107,923</x:t>
-[...2 lines deleted...]
-    <x:t>$425,630.12</x:t>
+    <x:t>109,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,265.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>AXIA/PC US</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Z2G2LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>28,055</x:t>
-[...2 lines deleted...]
-    <x:t>$326,840.75</x:t>
+    <x:t>28,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$308,769.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>ENLT IT</x:t>
   </x:si>
   <x:si>
     <x:t>Enlight Renewable Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NQKK36</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$55.82</x:t>
+    <x:t>$60.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>10,824</x:t>
   </x:si>
   <x:si>
     <x:t>$.01</x:t>
   </x:si>
   <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>371,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,910</x:t>
+  </x:si>
+  <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
     <x:t>Private</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0175TL3N9</x:t>
   </x:si>
   <x:si>
     <x:t>89</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,580</x:t>
   </x:si>
   <x:si>
     <x:t>MNOD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Gmk Norilskiy Nickel Pao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KRLH06</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
-    <x:t>SVST LI</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>GMKN RM</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731489</x:t>
   </x:si>
   <x:si>
     <x:t>128,400</x:t>
   </x:si>
   <x:si>
+    <x:t>ROSN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosneft Oil Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680</x:t>
+  </x:si>
+  <x:si>
     <x:t>LKOH RM</x:t>
   </x:si>
   <x:si>
     <x:t>Lukoil Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731032</x:t>
   </x:si>
   <x:si>
     <x:t>3,739</x:t>
   </x:si>
   <x:si>
-    <x:t>GAZP RM</x:t>
-[...62 lines deleted...]
-    <x:t>13,000</x:t>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>596,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,753.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,236.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-ILS CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-IDR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...68 lines deleted...]
-    <x:t>-1</x:t>
+    <x:t>-7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-7.87</x:t>
   </x:si>
   <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
-    <x:t>$.63</x:t>
+    <x:t>$.61</x:t>
   </x:si>
   <x:si>
     <x:t>-BRL CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$.42</x:t>
+    <x:t>$.41</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$602,914.31</x:t>
+    <x:t>$732,122.20</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -2401,51 +2413,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc110ee00b4584315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97b205e9e88a4df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cfd251b74dd4fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4ad08009834a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1abea9e624084cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97a17ccccfe64e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I148"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -3141,3594 +3153,3594 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>443</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:9" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:9" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:9" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:9" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:9" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="H86" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I86" s="1" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:9" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:9" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:9" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:9" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:9" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>514</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:9" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:9" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:9" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:9" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:9" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:9" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:9" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H98" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I98" s="1" t="s">
         <x:v>548</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:9" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:9" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:9" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:9" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:9" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:9" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:9" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:9" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:9" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:9" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:9" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="H109" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I109" s="1" t="s">
         <x:v>608</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:9" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:9" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:9" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:9" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:9" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:9" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:9" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:9" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:9" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
         <x:v>658</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:9" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:9" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:9" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:9" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:9" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>686</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>687</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:9" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="D124" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="E124" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I124" s="1" t="s">
         <x:v>690</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:9" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:9" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="E126" s="1" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:9" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:9" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:9" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:9" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:9" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:9" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:9" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:9" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:9" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I135" s="1" t="s">
         <x:v>690</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:9" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:9" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:9" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:9" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:9" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
         <x:v>753</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:9" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:9" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:9" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:9" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:9" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:9" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:9" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:9" ht="15" customHeight="1">
       <x:c r="A148" s="2" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="B148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I148" s="2" t="s">
         <x:v>1</x:v>
       </x:c>