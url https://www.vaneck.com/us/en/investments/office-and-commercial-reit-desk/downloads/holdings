--- v0 (2026-01-13)
+++ v1 (2026-02-05)
@@ -1,549 +1,549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e31beac0ba4a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c46a0a59ce44b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DESK_asof_20260109" sheetId="1" r:id="Rd0487d00032442a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DESK_asof_20260204" sheetId="1" r:id="Rc619c147cfed42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="168">
   <x:si>
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>CUZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cousins Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CW9BM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,319.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boston Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS5CM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,603.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.63%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VNO US</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD54</x:t>
   </x:si>
   <x:si>
-    <x:t>5,553</x:t>
-[...47 lines deleted...]
-    <x:t>10.01%</x:t>
+    <x:t>6,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,718.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copt Defense Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXL4N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,061.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.93%</x:t>
   </x:si>
   <x:si>
     <x:t>KRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kilroy Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLMXN8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,167</x:t>
-[...23 lines deleted...]
-    <x:t>7.34%</x:t>
+    <x:t>5,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$171,400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Highwoods Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C43744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,363.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Realty Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DHPN63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,433.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.68%</x:t>
   </x:si>
   <x:si>
     <x:t>SLG US</x:t>
   </x:si>
   <x:si>
     <x:t>Sl Green Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVP5P2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,990</x:t>
-[...41 lines deleted...]
-    <x:t>4.25%</x:t>
+    <x:t>2,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,442.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>SPG US</x:t>
   </x:si>
   <x:si>
     <x:t>Simon Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ2D31</x:t>
   </x:si>
   <x:si>
-    <x:t>431</x:t>
-[...5 lines deleted...]
-    <x:t>4.22%</x:t>
+    <x:t>517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,120.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
   </x:si>
   <x:si>
     <x:t>PLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Prologis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9Z0J8</x:t>
   </x:si>
   <x:si>
-    <x:t>603</x:t>
-[...5 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,624.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
   </x:si>
   <x:si>
     <x:t>DEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Douglas Emmett Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PN1SJ8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,488</x:t>
-[...5 lines deleted...]
-    <x:t>3.81%</x:t>
+    <x:t>7,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,597.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
   </x:si>
   <x:si>
     <x:t>PDM US</x:t>
   </x:si>
   <x:si>
     <x:t>Piedmont Office Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JVJ8N7</x:t>
   </x:si>
   <x:si>
-    <x:t>7,333</x:t>
-[...5 lines deleted...]
-    <x:t>3.27%</x:t>
+    <x:t>8,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,944.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
   </x:si>
   <x:si>
     <x:t>WPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Wp Carey Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCQM58</x:t>
   </x:si>
   <x:si>
-    <x:t>841</x:t>
-[...5 lines deleted...]
-    <x:t>2.96%</x:t>
+    <x:t>1,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,660.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Easterly Government Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007SV91V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,223.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>AAT US</x:t>
   </x:si>
   <x:si>
     <x:t>American Assets Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00161BCR0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,890</x:t>
-[...23 lines deleted...]
-    <x:t>2.75%</x:t>
+    <x:t>3,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,129.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>ESRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Empire State Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002N8HMW0</x:t>
   </x:si>
   <x:si>
-    <x:t>7,736</x:t>
-[...5 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>9,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,174.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>KIM US</x:t>
   </x:si>
   <x:si>
     <x:t>Kimco Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CN3S73</x:t>
   </x:si>
   <x:si>
-    <x:t>2,314</x:t>
-[...5 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>2,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,733.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alexander's Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBNLK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,150.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regency Centers Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL46Q4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,649.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>JBGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Jbg Smith Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5FNKJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,972</x:t>
-[...20 lines deleted...]
-    <x:t>$33,397.50</x:t>
+    <x:t>2,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,157.30</x:t>
   </x:si>
   <x:si>
     <x:t>1.77%</x:t>
   </x:si>
   <x:si>
-    <x:t>REG US</x:t>
-[...14 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>BDN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brandywine Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CL6RJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,051.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REXR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rexford Industrial Realty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004MB82R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,007.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>HPP US</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QC4T33</x:t>
   </x:si>
   <x:si>
-    <x:t>2,730</x:t>
-[...41 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>3,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,764.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>NLOP US</x:t>
   </x:si>
   <x:si>
     <x:t>Net Lease Office Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JKVZQZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>872</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>1,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,051.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-13,615</x:t>
+    <x:t>-643</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-13,615.43</x:t>
-[...2 lines deleted...]
-    <x:t>-0.72%</x:t>
+    <x:t>$-642.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,781.23</x:t>
-[...2 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$535.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -571,62 +571,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4612d7d5fe41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd53b0dba24774818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd0487d00032442a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recac341194af4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64d50b3dd39e4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc619c147cfed42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="13" customWidth="1"/>
+    <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>