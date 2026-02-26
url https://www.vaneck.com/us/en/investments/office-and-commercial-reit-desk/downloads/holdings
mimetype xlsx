--- v1 (2026-02-05)
+++ v2 (2026-02-26)
@@ -1,549 +1,549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c46a0a59ce44b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9cc8cd99554042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DESK_asof_20260204" sheetId="1" r:id="Rc619c147cfed42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DESK_asof_20260225" sheetId="1" r:id="R023537480cc44b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="168">
   <x:si>
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+    <x:t>Daily Holdings (%)  02/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CUZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cousins Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CW9BM7</x:t>
   </x:si>
   <x:si>
-    <x:t>8,631</x:t>
+    <x:t>10,093</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$224,319.69</x:t>
+    <x:t>$237,185.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.16%</x:t>
+    <x:t>9.54%</x:t>
   </x:si>
   <x:si>
     <x:t>BXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Boston Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5CM9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,336</x:t>
-[...5 lines deleted...]
-    <x:t>9.63%</x:t>
+    <x:t>3,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,290.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.46%</x:t>
   </x:si>
   <x:si>
     <x:t>VNO US</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD54</x:t>
   </x:si>
   <x:si>
-    <x:t>6,664</x:t>
-[...5 lines deleted...]
-    <x:t>9.23%</x:t>
+    <x:t>7,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,007.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.97%</x:t>
   </x:si>
   <x:si>
     <x:t>CDP US</x:t>
   </x:si>
   <x:si>
     <x:t>Copt Defense Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXL4N7</x:t>
   </x:si>
   <x:si>
-    <x:t>5,629</x:t>
-[...5 lines deleted...]
-    <x:t>7.93%</x:t>
+    <x:t>6,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,602.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.43%</x:t>
   </x:si>
   <x:si>
     <x:t>KRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kilroy Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLMXN8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,000</x:t>
-[...5 lines deleted...]
-    <x:t>7.76%</x:t>
+    <x:t>5,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$184,297.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Realty Income Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DHPN63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,822.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simon Property Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ2D31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,397.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prologis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9Z0J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,605.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
   </x:si>
   <x:si>
     <x:t>HIW US</x:t>
   </x:si>
   <x:si>
     <x:t>Highwoods Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C43744</x:t>
   </x:si>
   <x:si>
-    <x:t>4,054</x:t>
-[...23 lines deleted...]
-    <x:t>4.68%</x:t>
+    <x:t>4,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,801.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
   </x:si>
   <x:si>
     <x:t>SLG US</x:t>
   </x:si>
   <x:si>
     <x:t>Sl Green Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVP5P2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,388</x:t>
-[...41 lines deleted...]
-    <x:t>4.42%</x:t>
+    <x:t>2,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,565.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.24%</x:t>
   </x:si>
   <x:si>
     <x:t>DEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Douglas Emmett Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PN1SJ8</x:t>
   </x:si>
   <x:si>
-    <x:t>7,786</x:t>
-[...5 lines deleted...]
-    <x:t>3.70%</x:t>
+    <x:t>9,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,044.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wp Carey Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCQM58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,600.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Assets Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00161BCR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,822.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.21%</x:t>
   </x:si>
   <x:si>
     <x:t>PDM US</x:t>
   </x:si>
   <x:si>
     <x:t>Piedmont Office Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JVJ8N7</x:t>
   </x:si>
   <x:si>
-    <x:t>8,800</x:t>
-[...20 lines deleted...]
-    <x:t>$70,660.27</x:t>
+    <x:t>10,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,541.70</x:t>
   </x:si>
   <x:si>
     <x:t>3.20%</x:t>
   </x:si>
   <x:si>
     <x:t>DEA US</x:t>
   </x:si>
   <x:si>
     <x:t>Easterly Government Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007SV91V9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,786</x:t>
-[...23 lines deleted...]
-    <x:t>2.95%</x:t>
+    <x:t>3,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,204.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CN3S73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,720.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ESRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Empire State Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002N8HMW0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,283</x:t>
-[...23 lines deleted...]
-    <x:t>2.71%</x:t>
+    <x:t>10,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,004.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>ALX US</x:t>
   </x:si>
   <x:si>
     <x:t>Alexander's Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBNLK8</x:t>
   </x:si>
   <x:si>
-    <x:t>175</x:t>
-[...2 lines deleted...]
-    <x:t>$44,150.75</x:t>
+    <x:t>205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,659.20</x:t>
   </x:si>
   <x:si>
     <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>REG US</x:t>
   </x:si>
   <x:si>
     <x:t>Regency Centers Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL46Q4</x:t>
   </x:si>
   <x:si>
-    <x:t>534</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,628.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>JBGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Jbg Smith Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5FNKJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,366</x:t>
-[...5 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>2,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,303.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>BDN US</x:t>
   </x:si>
   <x:si>
     <x:t>Brandywine Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CL6RJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,175</x:t>
-[...5 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>11,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,597.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>REXR US</x:t>
   </x:si>
   <x:si>
     <x:t>Rexford Industrial Realty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MB82R0</x:t>
   </x:si>
   <x:si>
-    <x:t>725</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,672.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>HPP US</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QC4T33</x:t>
   </x:si>
   <x:si>
-    <x:t>3,276</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>3,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,371.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>NLOP US</x:t>
   </x:si>
   <x:si>
     <x:t>Net Lease Office Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JKVZQZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,046</x:t>
-[...5 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>1,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,719.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-643</x:t>
+    <x:t>2,124</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-642.93</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$2,123.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$535.99</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$2,683.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -571,51 +571,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recac341194af4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R64d50b3dd39e4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc619c147cfed42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b92349a2b27404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rad2581596ab34e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R023537480cc44b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">