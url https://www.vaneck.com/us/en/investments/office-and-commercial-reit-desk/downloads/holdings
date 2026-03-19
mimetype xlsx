--- v2 (2026-02-26)
+++ v3 (2026-03-19)
@@ -1,549 +1,549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9cc8cd99554042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc17db9d7fde4e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DESK_asof_20260225" sheetId="1" r:id="R023537480cc44b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="DESK_asof_20260317" sheetId="1" r:id="R53818c5300c84422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="168">
   <x:si>
-    <x:t>Daily Holdings (%)  02/25/2026</x:t>
+    <x:t>Daily Holdings (%)  03/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CUZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cousins Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CW9BM7</x:t>
   </x:si>
   <x:si>
     <x:t>10,093</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$237,185.50</x:t>
+    <x:t>$234,662.25</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.54%</x:t>
+    <x:t>9.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Copt Defense Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXL4N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,800.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.85%</x:t>
   </x:si>
   <x:si>
     <x:t>BXP US</x:t>
   </x:si>
   <x:si>
     <x:t>Boston Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS5CM9</x:t>
   </x:si>
   <x:si>
     <x:t>3,902</x:t>
   </x:si>
   <x:si>
-    <x:t>$235,290.60</x:t>
-[...2 lines deleted...]
-    <x:t>9.46%</x:t>
+    <x:t>$208,717.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.80%</x:t>
   </x:si>
   <x:si>
     <x:t>VNO US</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWHD54</x:t>
   </x:si>
   <x:si>
     <x:t>7,792</x:t>
   </x:si>
   <x:si>
-    <x:t>$223,007.04</x:t>
-[...20 lines deleted...]
-    <x:t>8.43%</x:t>
+    <x:t>$202,903.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.56%</x:t>
   </x:si>
   <x:si>
     <x:t>KRC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kilroy Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLMXN8</x:t>
   </x:si>
   <x:si>
     <x:t>5,847</x:t>
   </x:si>
   <x:si>
-    <x:t>$184,297.44</x:t>
-[...2 lines deleted...]
-    <x:t>7.41%</x:t>
+    <x:t>$172,194.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.26%</x:t>
   </x:si>
   <x:si>
     <x:t>O US</x:t>
   </x:si>
   <x:si>
     <x:t>Realty Income Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DHPN63</x:t>
   </x:si>
   <x:si>
     <x:t>1,937</x:t>
   </x:si>
   <x:si>
-    <x:t>$127,822.63</x:t>
-[...2 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>$124,142.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
   </x:si>
   <x:si>
     <x:t>SPG US</x:t>
   </x:si>
   <x:si>
     <x:t>Simon Property Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ2D31</x:t>
   </x:si>
   <x:si>
     <x:t>604</x:t>
   </x:si>
   <x:si>
-    <x:t>$121,397.96</x:t>
-[...2 lines deleted...]
-    <x:t>4.88%</x:t>
+    <x:t>$115,080.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
   </x:si>
   <x:si>
     <x:t>PLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Prologis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9Z0J8</x:t>
   </x:si>
   <x:si>
     <x:t>847</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,605.41</x:t>
-[...2 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>$112,828.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sl Green Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVP5P2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,542.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>HIW US</x:t>
   </x:si>
   <x:si>
     <x:t>Highwoods Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C43744</x:t>
   </x:si>
   <x:si>
     <x:t>4,741</x:t>
   </x:si>
   <x:si>
-    <x:t>$109,801.56</x:t>
-[...20 lines deleted...]
-    <x:t>4.24%</x:t>
+    <x:t>$103,306.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
   </x:si>
   <x:si>
     <x:t>DEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Douglas Emmett Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PN1SJ8</x:t>
   </x:si>
   <x:si>
     <x:t>9,104</x:t>
   </x:si>
   <x:si>
-    <x:t>$94,044.32</x:t>
-[...2 lines deleted...]
-    <x:t>3.78%</x:t>
+    <x:t>$89,037.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
   </x:si>
   <x:si>
     <x:t>WPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Wp Carey Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCQM58</x:t>
   </x:si>
   <x:si>
     <x:t>1,180</x:t>
   </x:si>
   <x:si>
-    <x:t>$86,600.20</x:t>
-[...2 lines deleted...]
-    <x:t>3.48%</x:t>
+    <x:t>$84,606.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>AAT US</x:t>
   </x:si>
   <x:si>
     <x:t>American Assets Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00161BCR0</x:t>
   </x:si>
   <x:si>
     <x:t>4,056</x:t>
   </x:si>
   <x:si>
-    <x:t>$79,822.08</x:t>
-[...2 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>$77,429.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CN3S73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,427.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Easterly Government Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007SV91V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,523.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>PDM US</x:t>
   </x:si>
   <x:si>
     <x:t>Piedmont Office Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JVJ8N7</x:t>
   </x:si>
   <x:si>
     <x:t>10,290</x:t>
   </x:si>
   <x:si>
-    <x:t>$79,541.70</x:t>
-[...38 lines deleted...]
-    <x:t>3.04%</x:t>
+    <x:t>$70,383.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>ESRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Empire State Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002N8HMW0</x:t>
   </x:si>
   <x:si>
     <x:t>10,856</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,004.48</x:t>
-[...2 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>$56,342.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>ALX US</x:t>
   </x:si>
   <x:si>
     <x:t>Alexander's Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBNLK8</x:t>
   </x:si>
   <x:si>
     <x:t>205</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,659.20</x:t>
-[...2 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>$49,726.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>REG US</x:t>
   </x:si>
   <x:si>
     <x:t>Regency Centers Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL46Q4</x:t>
   </x:si>
   <x:si>
     <x:t>624</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,628.32</x:t>
-[...2 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>$48,278.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
   </x:si>
   <x:si>
     <x:t>JBGS US</x:t>
   </x:si>
   <x:si>
     <x:t>Jbg Smith Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5FNKJ7</x:t>
   </x:si>
   <x:si>
     <x:t>2,767</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,303.55</x:t>
-[...2 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>$40,398.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>BDN US</x:t>
   </x:si>
   <x:si>
     <x:t>Brandywine Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CL6RJ3</x:t>
   </x:si>
   <x:si>
     <x:t>11,898</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,597.68</x:t>
-[...2 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>$35,218.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>REXR US</x:t>
   </x:si>
   <x:si>
     <x:t>Rexford Industrial Realty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MB82R0</x:t>
   </x:si>
   <x:si>
     <x:t>848</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,672.80</x:t>
-[...2 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>$29,578.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>HPP US</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QC4T33</x:t>
   </x:si>
   <x:si>
     <x:t>3,832</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,371.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>$23,566.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>NLOP US</x:t>
   </x:si>
   <x:si>
     <x:t>Net Lease Office Properties</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JKVZQZ2</x:t>
   </x:si>
   <x:si>
     <x:t>1,224</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,719.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$17,013.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,124</x:t>
+    <x:t>5,048</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,123.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$5,047.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,683.73</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$6,404.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -571,51 +571,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b92349a2b27404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rad2581596ab34e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R023537480cc44b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3c372f5f704bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R191b80248dcc4571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53818c5300c84422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">