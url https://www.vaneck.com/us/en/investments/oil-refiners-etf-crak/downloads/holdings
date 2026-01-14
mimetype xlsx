--- v0 (2026-01-11)
+++ v1 (2026-01-14)
@@ -1,615 +1,615 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb021db6bff42f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dcccdb54a674264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260108" sheetId="1" r:id="R023c1a646a8942d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260112" sheetId="1" r:id="R6577ae6902d64078"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="190">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PSX US</x:t>
   </x:si>
   <x:si>
     <x:t>Phillips 66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00286S4N9</x:t>
   </x:si>
   <x:si>
-    <x:t>31,539</x:t>
+    <x:t>36,969</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,548,554.58</x:t>
+    <x:t>$5,133,145.65</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.06%</x:t>
+    <x:t>7.67%</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
-    <x:t>66,378</x:t>
-[...2 lines deleted...]
-    <x:t>$4,321,207.80</x:t>
+    <x:t>77,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,129,524.20</x:t>
   </x:si>
   <x:si>
     <x:t>7.66%</x:t>
   </x:si>
   <x:si>
     <x:t>VLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Valero Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBGGQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,902</x:t>
-[...5 lines deleted...]
-    <x:t>7.09%</x:t>
+    <x:t>24,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,402,845.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5020 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eneos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QDR164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,304,470.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
   </x:si>
   <x:si>
     <x:t>MPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Marathon Petroleum Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DCCGR8</x:t>
   </x:si>
   <x:si>
-    <x:t>20,704</x:t>
-[...23 lines deleted...]
-    <x:t>6.44%</x:t>
+    <x:t>24,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,261,057.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PKN PW</x:t>
   </x:si>
   <x:si>
     <x:t>Orlen Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0JDP8</x:t>
   </x:si>
   <x:si>
-    <x:t>121,628</x:t>
-[...5 lines deleted...]
-    <x:t>5.53%</x:t>
+    <x:t>142,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,911,396.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
   </x:si>
   <x:si>
     <x:t>NESTE FH</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4DP34</x:t>
   </x:si>
   <x:si>
-    <x:t>127,378</x:t>
-[...5 lines deleted...]
-    <x:t>5.19%</x:t>
+    <x:t>149,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,479,378.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267250 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hd Hyundai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FB27NN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,316,670.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
   </x:si>
   <x:si>
     <x:t>GALP PL</x:t>
   </x:si>
   <x:si>
     <x:t>Galp Energia Sgps Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F7KWG7</x:t>
   </x:si>
   <x:si>
-    <x:t>151,829</x:t>
-[...5 lines deleted...]
-    <x:t>4.73%</x:t>
+    <x:t>177,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,259,362.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
   </x:si>
   <x:si>
     <x:t>5019 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Idemitsu Kosan Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7F98</x:t>
   </x:si>
   <x:si>
-    <x:t>340,040</x:t>
-[...5 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>399,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,115,861.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omv Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL7SJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,092,972.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
   </x:si>
   <x:si>
     <x:t>DINO US</x:t>
   </x:si>
   <x:si>
     <x:t>Hf Sinclair Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0135B2214</x:t>
   </x:si>
   <x:si>
-    <x:t>50,770</x:t>
-[...23 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>59,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,948,025.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>MOL HB</x:t>
   </x:si>
   <x:si>
     <x:t>Mol Hungarian Oil &amp; Gas Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FZ5LX7</x:t>
   </x:si>
   <x:si>
-    <x:t>241,817</x:t>
-[...23 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>283,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,736,533.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>096770 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Innovation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R4Y4D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,647,858.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.96%</x:t>
   </x:si>
   <x:si>
     <x:t>TUPRS TI</x:t>
   </x:si>
   <x:si>
     <x:t>Turkiye Petrol Rafinerileri As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVFL50</x:t>
   </x:si>
   <x:si>
-    <x:t>477,214</x:t>
-[...23 lines deleted...]
-    <x:t>3.63%</x:t>
+    <x:t>559,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,634,651.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
   </x:si>
   <x:si>
     <x:t>ALD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ampol Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKC8M7</x:t>
   </x:si>
   <x:si>
-    <x:t>89,159</x:t>
-[...5 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>104,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,192,764.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>5021 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmo Energy Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009XY5GF2</x:t>
   </x:si>
   <x:si>
-    <x:t>63,600</x:t>
-[...5 lines deleted...]
-    <x:t>3.11%</x:t>
+    <x:t>74,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,089,401.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>6505 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Formosa Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0FJX0</x:t>
   </x:si>
   <x:si>
-    <x:t>814,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.19%</x:t>
+    <x:t>1,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,649,458.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>MOH GA</x:t>
   </x:si>
   <x:si>
     <x:t>Motor Oil Hellas Corinth Refineries Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQZ3Q4</x:t>
   </x:si>
   <x:si>
-    <x:t>30,356</x:t>
-[...5 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>39,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,373,718.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>010950 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S-Oil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCYWX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,199,317.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>PBF US</x:t>
   </x:si>
   <x:si>
     <x:t>Pbf Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002832GV8</x:t>
   </x:si>
   <x:si>
-    <x:t>29,362</x:t>
-[...23 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>34,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,128,697.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>TOP-R TB</x:t>
   </x:si>
   <x:si>
     <x:t>Thai Oil Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP48H6</x:t>
   </x:si>
   <x:si>
-    <x:t>647,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>759,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$953,044.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>PARR US</x:t>
   </x:si>
   <x:si>
     <x:t>Par Pacific Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003C5DL16</x:t>
   </x:si>
   <x:si>
-    <x:t>19,384</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>22,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$838,515.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>DK US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Us Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZYFVC5</x:t>
   </x:si>
   <x:si>
-    <x:t>22,150</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>25,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$766,374.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>CVI US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvr Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QHV8S1</x:t>
   </x:si>
   <x:si>
-    <x:t>15,917</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>18,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,319.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,176,370</x:t>
+    <x:t>1,749,530</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,176,370.03</x:t>
-[...2 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>$1,749,529.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>-TWD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>6,155,296</x:t>
-[...5 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>4,593,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,208.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>476</x:t>
   </x:si>
   <x:si>
-    <x:t>$554.95</x:t>
+    <x:t>$555.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.68</x:t>
+    <x:t>$9.71</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>182</x:t>
   </x:si>
   <x:si>
-    <x:t>$.13</x:t>
+    <x:t>$.12</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-493,440.64</x:t>
-[...2 lines deleted...]
-    <x:t>-0.87%</x:t>
+    <x:t>$-1,927,485.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -637,51 +637,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103af080c9844242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R507f102c047f4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R023c1a646a8942d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a0dc46356e42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R708fd380076c4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6577ae6902d64078" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I36"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">