--- v1 (2026-01-14)
+++ v2 (2026-02-06)
@@ -1,615 +1,603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dcccdb54a674264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c8e3009d8d4351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260112" sheetId="1" r:id="R6577ae6902d64078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260204" sheetId="1" r:id="R961f4928a1de4ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="190">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="186">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PSX US</x:t>
   </x:si>
   <x:si>
     <x:t>Phillips 66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00286S4N9</x:t>
   </x:si>
   <x:si>
-    <x:t>36,969</x:t>
+    <x:t>41,313</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,133,145.65</x:t>
+    <x:t>$6,390,707.97</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.67%</x:t>
+    <x:t>7.72%</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
-    <x:t>77,838</x:t>
-[...5 lines deleted...]
-    <x:t>7.66%</x:t>
+    <x:t>87,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,594,485.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5020 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eneos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QDR164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>633,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,583,928.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.75%</x:t>
   </x:si>
   <x:si>
     <x:t>VLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Valero Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBGGQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>24,512</x:t>
-[...23 lines deleted...]
-    <x:t>6.43%</x:t>
+    <x:t>27,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,376,154.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.50%</x:t>
   </x:si>
   <x:si>
     <x:t>MPC US</x:t>
   </x:si>
   <x:si>
     <x:t>Marathon Petroleum Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001DCCGR8</x:t>
   </x:si>
   <x:si>
-    <x:t>24,274</x:t>
-[...5 lines deleted...]
-    <x:t>6.37%</x:t>
+    <x:t>27,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,315,309.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.42%</x:t>
   </x:si>
   <x:si>
     <x:t>PKN PW</x:t>
   </x:si>
   <x:si>
     <x:t>Orlen Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0JDP8</x:t>
   </x:si>
   <x:si>
-    <x:t>142,628</x:t>
-[...5 lines deleted...]
-    <x:t>5.84%</x:t>
+    <x:t>159,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,934,839.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NESTE FH</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4DP34</x:t>
   </x:si>
   <x:si>
-    <x:t>149,368</x:t>
-[...5 lines deleted...]
-    <x:t>5.20%</x:t>
+    <x:t>166,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,225,451.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOL HB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mol Hungarian Oil &amp; Gas Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FZ5LX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,042,381.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5019 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idemitsu Kosan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD7F98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,038,631.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galp Energia Sgps Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7KWG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,006,036.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>267250 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hd Hyundai</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FB27NN6</x:t>
   </x:si>
   <x:si>
-    <x:t>21,204</x:t>
-[...41 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>23,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,871,057.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DINO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hf Sinclair Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135B2214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,779,990.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
   </x:si>
   <x:si>
     <x:t>OMV AV</x:t>
   </x:si>
   <x:si>
     <x:t>Omv Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL7SJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>53,830</x:t>
-[...41 lines deleted...]
-    <x:t>4.09%</x:t>
+    <x:t>60,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,755,060.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUPRS TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Petrol Rafinerileri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVFL50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,284,616.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>096770 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Innovation Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R4Y4D1</x:t>
   </x:si>
   <x:si>
-    <x:t>37,716</x:t>
-[...23 lines deleted...]
-    <x:t>3.94%</x:t>
+    <x:t>42,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,252,106.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5021 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosmo Energy Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009XY5GF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,556,565.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>ALD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ampol Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKC8M7</x:t>
   </x:si>
   <x:si>
-    <x:t>104,549</x:t>
-[...23 lines deleted...]
-    <x:t>3.12%</x:t>
+    <x:t>116,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,363,896.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>6505 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Formosa Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0FJX0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,070,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>1,198,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,887,377.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>MOH GA</x:t>
   </x:si>
   <x:si>
     <x:t>Motor Oil Hellas Corinth Refineries Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQZ3Q4</x:t>
   </x:si>
   <x:si>
-    <x:t>39,716</x:t>
-[...5 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>44,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,880,372.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>010950 KS</x:t>
   </x:si>
   <x:si>
     <x:t>S-Oil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCYWX6</x:t>
   </x:si>
   <x:si>
-    <x:t>20,174</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>22,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,549,088.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>PBF US</x:t>
   </x:si>
   <x:si>
     <x:t>Pbf Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002832GV8</x:t>
   </x:si>
   <x:si>
-    <x:t>34,422</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>38,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,357,606.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>TOP-R TB</x:t>
   </x:si>
   <x:si>
     <x:t>Thai Oil Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP48H6</x:t>
   </x:si>
   <x:si>
-    <x:t>759,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>849,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,219,377.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>PARR US</x:t>
   </x:si>
   <x:si>
     <x:t>Par Pacific Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003C5DL16</x:t>
   </x:si>
   <x:si>
-    <x:t>22,724</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>25,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,696.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>DK US</x:t>
   </x:si>
   <x:si>
     <x:t>Delek Us Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZYFVC5</x:t>
   </x:si>
   <x:si>
-    <x:t>25,970</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>29,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$949,440.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>CVI US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvr Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QHV8S1</x:t>
   </x:si>
   <x:si>
-    <x:t>18,657</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>20,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,874.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,303.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TRY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-PLN CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.13</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...59 lines deleted...]
-    <x:t>$.12</x:t>
+    <x:t>-75,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-75,354.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,927,485.73</x:t>
-[...2 lines deleted...]
-    <x:t>-2.88%</x:t>
+    <x:t>$86,983.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -637,56 +625,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a0dc46356e42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R708fd380076c4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6577ae6902d64078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71768b5b3c84007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60d85b0f14be478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R961f4928a1de4ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I36"/>
+  <x:dimension ref="A1:I35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1510,222 +1498,193 @@
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A35" s="1">
-[...5 lines deleted...]
-      <x:c r="C35" s="1" t="s">
+      <x:c r="A35" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I36" s="2" t="s">
+      <x:c r="B35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A36:I36"/>
+    <x:mergeCell ref="A35:I35"/>
   </x:mergeCells>
 </x:worksheet>
 </file>