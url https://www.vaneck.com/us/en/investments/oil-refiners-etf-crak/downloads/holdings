--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -1,603 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05c8e3009d8d4351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc072576abc4289" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260204" sheetId="1" r:id="R961f4928a1de4ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260226" sheetId="1" r:id="R6ac01b93bc4a4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="186">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="182">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PSX US</x:t>
   </x:si>
   <x:si>
     <x:t>Phillips 66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00286S4N9</x:t>
   </x:si>
   <x:si>
     <x:t>41,313</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,390,707.97</x:t>
+    <x:t>$6,298,579.98</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.72%</x:t>
+    <x:t>7.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5020 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eneos Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QDR164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>633,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,898,134.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBGGQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,583,846.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCCGR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,455,029.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.42%</x:t>
   </x:si>
   <x:si>
     <x:t>RIGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLTD46</x:t>
   </x:si>
   <x:si>
     <x:t>87,006</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,594,485.80</x:t>
-[...56 lines deleted...]
-    <x:t>6.42%</x:t>
+    <x:t>$5,411,773.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PKN PW</x:t>
   </x:si>
   <x:si>
     <x:t>Orlen Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0JDP8</x:t>
   </x:si>
   <x:si>
     <x:t>159,422</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,934,839.03</x:t>
-[...2 lines deleted...]
-    <x:t>5.96%</x:t>
+    <x:t>$5,129,770.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>267250 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hd Hyundai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FB27NN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,870,814.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galp Energia Sgps Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7KWG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>198,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,263,373.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.02%</x:t>
   </x:si>
   <x:si>
     <x:t>NESTE FH</x:t>
   </x:si>
   <x:si>
     <x:t>Neste Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C4DP34</x:t>
   </x:si>
   <x:si>
     <x:t>166,954</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,225,451.75</x:t>
-[...2 lines deleted...]
-    <x:t>5.11%</x:t>
+    <x:t>$4,197,070.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5019 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idemitsu Kosan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD7F98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,032,259.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omv Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL7SJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,919,989.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>096770 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Innovation Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R4Y4D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,815,971.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>MOL HB</x:t>
   </x:si>
   <x:si>
     <x:t>Mol Hungarian Oil &amp; Gas Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FZ5LX7</x:t>
   </x:si>
   <x:si>
     <x:t>316,959</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,042,381.81</x:t>
-[...56 lines deleted...]
-    <x:t>4.68%</x:t>
+    <x:t>$3,502,807.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>DINO US</x:t>
   </x:si>
   <x:si>
     <x:t>Hf Sinclair Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0135B2214</x:t>
   </x:si>
   <x:si>
     <x:t>66,514</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,779,990.62</x:t>
-[...20 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>$3,374,920.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>TUPRS TI</x:t>
   </x:si>
   <x:si>
     <x:t>Turkiye Petrol Rafinerileri As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVFL50</x:t>
   </x:si>
   <x:si>
     <x:t>625,499</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,284,616.98</x:t>
-[...20 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>$3,076,510.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>5021 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmo Energy Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009XY5GF2</x:t>
   </x:si>
   <x:si>
     <x:t>83,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,556,565.67</x:t>
-[...2 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>$2,505,747.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>ALD AU</x:t>
   </x:si>
   <x:si>
     <x:t>Ampol Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKC8M7</x:t>
   </x:si>
   <x:si>
     <x:t>116,861</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,363,896.35</x:t>
-[...2 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>$2,312,271.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
   </x:si>
   <x:si>
     <x:t>6505 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Formosa Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0FJX0</x:t>
   </x:si>
   <x:si>
     <x:t>1,198,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,887,377.61</x:t>
-[...2 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>$2,090,460.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>MOH GA</x:t>
   </x:si>
   <x:si>
     <x:t>Motor Oil Hellas Corinth Refineries Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQZ3Q4</x:t>
   </x:si>
   <x:si>
     <x:t>44,390</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,880,372.44</x:t>
-[...2 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>$1,917,434.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>010950 KS</x:t>
   </x:si>
   <x:si>
     <x:t>S-Oil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCYWX6</x:t>
   </x:si>
   <x:si>
     <x:t>22,550</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,549,088.72</x:t>
-[...2 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>$1,798,053.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOP-R TB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thai Oil Pcl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PP48H6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>849,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,445,718.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>PBF US</x:t>
   </x:si>
   <x:si>
     <x:t>Pbf Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002832GV8</x:t>
   </x:si>
   <x:si>
     <x:t>38,470</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,357,606.30</x:t>
-[...20 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>$1,387,228.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delek Us Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZYFVC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,965.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>PARR US</x:t>
   </x:si>
   <x:si>
     <x:t>Par Pacific Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003C5DL16</x:t>
   </x:si>
   <x:si>
     <x:t>25,396</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,022,696.92</x:t>
-[...20 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>$1,031,839.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>CVI US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvr Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QHV8S1</x:t>
   </x:si>
   <x:si>
     <x:t>20,849</x:t>
   </x:si>
   <x:si>
-    <x:t>$497,874.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>$492,661.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,800</x:t>
+    <x:t>476</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,303.06</x:t>
+    <x:t>$561.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.79</x:t>
+    <x:t>$9.77</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>182</x:t>
   </x:si>
   <x:si>
     <x:t>$.13</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$86,983.11</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$116,183.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -625,56 +613,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd71768b5b3c84007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R60d85b0f14be478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R961f4928a1de4ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05e51a71afc445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R194b010b0790460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ac01b93bc4a4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I35"/>
+  <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1576,115 +1564,86 @@
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A34" s="1">
-[...5 lines deleted...]
-      <x:c r="C34" s="1" t="s">
+      <x:c r="A34" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I35" s="2" t="s">
+      <x:c r="B34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A35:I35"/>
+    <x:mergeCell ref="A34:I34"/>
   </x:mergeCells>
 </x:worksheet>
 </file>