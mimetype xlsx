--- v3 (2026-02-28)
+++ v4 (2026-03-20)
@@ -1,591 +1,618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc072576abc4289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b656fab2fbf4706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260226" sheetId="1" r:id="R6ac01b93bc4a4c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="CRAK_asof_20260319" sheetId="1" r:id="R013995cf3d2445ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="182">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="191">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>PSX US</x:t>
   </x:si>
   <x:si>
     <x:t>Phillips 66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00286S4N9</x:t>
   </x:si>
   <x:si>
-    <x:t>41,313</x:t>
+    <x:t>51,644</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,298,579.98</x:t>
+    <x:t>$9,210,190.96</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>7.41%</x:t>
+    <x:t>8.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valero Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBGGQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,291,865.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marathon Petroleum Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001DCCGR8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,001,665.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKN PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orlen Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D0JDP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>199,384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,139,775.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTE FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neste Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C4DP34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>208,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,124,128.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLTD46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>112,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,808,670.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALP PL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galp Energia Sgps Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F7KWG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,315,935.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
   </x:si>
   <x:si>
     <x:t>5020 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Eneos Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QDR164</x:t>
   </x:si>
   <x:si>
-    <x:t>633,000</x:t>
-[...77 lines deleted...]
-    <x:t>6.04%</x:t>
+    <x:t>711,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,131,650.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5019 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idemitsu Kosan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD7F98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>554,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,170,872.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omv Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL7SJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,068,635.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DINO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hf Sinclair Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0135B2214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,030,529.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
   </x:si>
   <x:si>
     <x:t>267250 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hd Hyundai</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FB27NN6</x:t>
   </x:si>
   <x:si>
-    <x:t>23,700</x:t>
-[...77 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>28,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,970,740.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUPRS TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turkiye Petrol Rafinerileri As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVFL50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>794,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,513,138.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOL HB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mol Hungarian Oil &amp; Gas Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FZ5LX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,428,276.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86%</x:t>
   </x:si>
   <x:si>
     <x:t>096770 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Innovation Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R4Y4D1</x:t>
   </x:si>
   <x:si>
-    <x:t>42,148</x:t>
-[...59 lines deleted...]
-    <x:t>3.62%</x:t>
+    <x:t>52,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,907,891.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALD AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ampol Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKC8M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,392,196.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>5021 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmo Energy Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009XY5GF2</x:t>
   </x:si>
   <x:si>
-    <x:t>83,400</x:t>
-[...23 lines deleted...]
-    <x:t>2.72%</x:t>
+    <x:t>105,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,064,331.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>6505 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Formosa Petrochemical Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D0FJX0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,198,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>1,497,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,692,813.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>MOH GA</x:t>
   </x:si>
   <x:si>
     <x:t>Motor Oil Hellas Corinth Refineries Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQZ3Q4</x:t>
   </x:si>
   <x:si>
-    <x:t>44,390</x:t>
-[...5 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>55,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,530,082.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PBF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pbf Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002832GV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,252,663.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>010950 KS</x:t>
   </x:si>
   <x:si>
     <x:t>S-Oil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCYWX6</x:t>
   </x:si>
   <x:si>
-    <x:t>22,550</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>28,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,094,076.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Par Pacific Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003C5DL16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,841,670.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delek Us Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZYFVC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,619,336.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>TOP-R TB</x:t>
   </x:si>
   <x:si>
     <x:t>Thai Oil Pcl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PP48H6</x:t>
   </x:si>
   <x:si>
-    <x:t>849,400</x:t>
-[...59 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>1,062,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,496,251.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>CVI US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvr Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QHV8S1</x:t>
   </x:si>
   <x:si>
-    <x:t>20,849</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>26,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$837,757.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RLNIY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNTSQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$323,468.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>612,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,212.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...8 lines deleted...]
-    <x:t>$561.23</x:t>
+    <x:t>479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-TRY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-PLN CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.77</x:t>
+    <x:t>$9.41</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>182</x:t>
   </x:si>
   <x:si>
-    <x:t>$.13</x:t>
+    <x:t>$.12</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,183.99</x:t>
-[...2 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$-18,479.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -613,56 +640,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05e51a71afc445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R194b010b0790460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ac01b93bc4a4c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5ce323f1844d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re05387445eff4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R013995cf3d2445ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I34"/>
+  <x:dimension ref="A1:I36"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1451,199 +1478,257 @@
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A34" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I34" s="2" t="s">
+      <x:c r="A34" s="1">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A35" s="1">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A36" s="2" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A34:I34"/>
+    <x:mergeCell ref="A36:I36"/>
   </x:mergeCells>
 </x:worksheet>
 </file>