--- v0 (2025-12-21)
+++ v1 (2026-01-10)
@@ -1,564 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9faf9fdfd55f4f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a0ec6a222f43f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20251218" sheetId="1" r:id="R4d35cd75682a45c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260108" sheetId="1" r:id="R669c5c5ee4134cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,455,851</x:t>
+    <x:t>8,192,842</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$246,161,598.63</x:t>
+    <x:t>$364,007,970.06</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.13%</x:t>
+    <x:t>21.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Baker Hughes Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBVBK51</x:t>
   </x:si>
   <x:si>
-    <x:t>3,278,108</x:t>
-[...5 lines deleted...]
-    <x:t>11.33%</x:t>
+    <x:t>4,213,058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,495,511.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.40%</x:t>
   </x:si>
   <x:si>
     <x:t>HAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Halliburton Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKTFN2</x:t>
   </x:si>
   <x:si>
-    <x:t>3,453,494</x:t>
-[...5 lines deleted...]
-    <x:t>7.37%</x:t>
+    <x:t>4,258,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,004,888.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technipfmc Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8NMV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,791,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,550,945.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenaris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLD4R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,006,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,404,070.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WFRD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weatherford International Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R4SQJ13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>905,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,757,976.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nov Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJX8C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,450,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,145,792.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.58%</x:t>
   </x:si>
   <x:si>
     <x:t>RIG US</x:t>
   </x:si>
   <x:si>
     <x:t>Transocean Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH5LT6</x:t>
   </x:si>
   <x:si>
-    <x:t>18,228,127</x:t>
-[...74 lines deleted...]
-    <x:t>$62,380,782.72</x:t>
+    <x:t>17,117,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,093,027.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>NE US</x:t>
   </x:si>
   <x:si>
     <x:t>Noble Corp Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018KBK3G8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,730,059</x:t>
-[...5 lines deleted...]
-    <x:t>3.77%</x:t>
+    <x:t>2,333,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,503,592.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
   </x:si>
   <x:si>
     <x:t>WHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Cactus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRH1P95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,063,153</x:t>
-[...5 lines deleted...]
-    <x:t>3.68%</x:t>
+    <x:t>1,114,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,251,454.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LBRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GK831B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,923,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,684,807.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Valaris Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010JW9K49</x:t>
   </x:si>
   <x:si>
-    <x:t>890,364</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>941,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,196,447.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>HP US</x:t>
   </x:si>
   <x:si>
     <x:t>Helmerich &amp; Payne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCPY4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,491,937</x:t>
-[...23 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>1,593,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,062,608.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patterson-Uti Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKXFN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,743,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,408,246.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>OII US</x:t>
   </x:si>
   <x:si>
     <x:t>Oceaneering International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CPBCL8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,603,683</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>1,721,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,301,409.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaris Energy Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G7D6C05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>880,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,522,418.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>TDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Tidewater Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HBQ35R8</x:t>
   </x:si>
   <x:si>
-    <x:t>668,300</x:t>
-[...41 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>631,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,800,833.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>WTTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Select Energy Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G4Y2DC1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,917,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.56%</x:t>
+    <x:t>2,060,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,158,873.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>XPRO US</x:t>
   </x:si>
   <x:si>
     <x:t>Expro Group Holdings Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004K27P01</x:t>
   </x:si>
   <x:si>
-    <x:t>1,474,146</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>1,446,693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,179,585.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nabors Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZTW70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,502,841.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>INVX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dril-Quip Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>756,742</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>768,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,940,668.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>HLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Helix Energy Solutions Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J7Q1L9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,315,543</x:t>
-[...23 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>2,498,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,438,120.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>RES US</x:t>
   </x:si>
   <x:si>
     <x:t>Rpc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3047</x:t>
   </x:si>
   <x:si>
-    <x:t>2,482,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.08%</x:t>
+    <x:t>2,692,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,968,926.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>PUMP US</x:t>
   </x:si>
   <x:si>
     <x:t>Propetro Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYCQ352</x:t>
   </x:si>
   <x:si>
-    <x:t>1,221,895</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>1,379,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,846,533.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>CLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GG28WR3</x:t>
   </x:si>
   <x:si>
-    <x:t>304,876</x:t>
-[...2 lines deleted...]
-    <x:t>$4,896,308.56</x:t>
+    <x:t>346,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,532,895.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>3,129,679</x:t>
+    <x:t>511,599</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,129,678.95</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$511,598.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,464,309.83</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$-280,691.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4033335b1f4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2d1de05c106d42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d35cd75682a45c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124915d1169440d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6a0368214ad24957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R669c5c5ee4134cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -920,607 +923,607 @@
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>