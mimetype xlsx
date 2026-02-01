--- v1 (2026-01-10)
+++ v2 (2026-02-01)
@@ -1,567 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a0ec6a222f43f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f2c9c88562454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260108" sheetId="1" r:id="R669c5c5ee4134cdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260129" sheetId="1" r:id="R98237edfe30040e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>8,192,842</x:t>
+    <x:t>9,027,152</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$364,007,970.06</x:t>
+    <x:t>$437,365,514.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>21.34%</x:t>
+    <x:t>21.01%</x:t>
   </x:si>
   <x:si>
     <x:t>BKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Baker Hughes Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBVBK51</x:t>
   </x:si>
   <x:si>
-    <x:t>4,213,058</x:t>
-[...5 lines deleted...]
-    <x:t>12.40%</x:t>
+    <x:t>4,642,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,345,708.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.65%</x:t>
   </x:si>
   <x:si>
     <x:t>HAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Halliburton Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKTFN2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,258,778</x:t>
-[...5 lines deleted...]
-    <x:t>8.03%</x:t>
+    <x:t>4,692,471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,681,606.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Technipfmc Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL8NMV2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,791,079</x:t>
-[...5 lines deleted...]
-    <x:t>5.19%</x:t>
+    <x:t>1,973,479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,356,945.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
   </x:si>
   <x:si>
     <x:t>TS US</x:t>
   </x:si>
   <x:si>
     <x:t>Tenaris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLD4R3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,006,509</x:t>
-[...5 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>2,210,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,620,405.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.78%</x:t>
   </x:si>
   <x:si>
     <x:t>WFRD US</x:t>
   </x:si>
   <x:si>
     <x:t>Weatherford International Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R4SQJ13</x:t>
   </x:si>
   <x:si>
-    <x:t>905,257</x:t>
-[...5 lines deleted...]
-    <x:t>4.73%</x:t>
+    <x:t>997,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,799,539.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transocean Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5LT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,860,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,796,051.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noble Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KBK3G8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,570,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,566,945.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
   </x:si>
   <x:si>
     <x:t>NOV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nov Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJX8C8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,450,216</x:t>
-[...41 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>4,903,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,203,240.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LBRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GK831B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,220,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,614,058.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>WHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Cactus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRH1P95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,114,492</x:t>
-[...23 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>1,227,989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,620,025.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
   </x:si>
   <x:si>
     <x:t>VAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Valaris Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010JW9K49</x:t>
   </x:si>
   <x:si>
-    <x:t>941,772</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>1,037,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,004,972.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>HP US</x:t>
   </x:si>
   <x:si>
     <x:t>Helmerich &amp; Payne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCPY4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,593,843</x:t>
-[...5 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>1,756,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,182,490.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceaneering International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CPBCL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,896,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,654,268.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>PTEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Patterson-Uti Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKXFN7</x:t>
   </x:si>
   <x:si>
-    <x:t>6,743,705</x:t>
-[...23 lines deleted...]
-    <x:t>2.71%</x:t>
+    <x:t>7,430,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,025,570.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>SEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Solaris Energy Infrastructure Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G7D6C05</x:t>
   </x:si>
   <x:si>
-    <x:t>880,760</x:t>
-[...5 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>970,451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,529,641.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
   </x:si>
   <x:si>
     <x:t>TDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Tidewater Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HBQ35R8</x:t>
   </x:si>
   <x:si>
-    <x:t>631,408</x:t>
-[...5 lines deleted...]
-    <x:t>2.10%</x:t>
+    <x:t>695,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,461,066.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>WTTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Select Energy Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G4Y2DC1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,060,398</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>2,270,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,378,817.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
   </x:si>
   <x:si>
     <x:t>XPRO US</x:t>
   </x:si>
   <x:si>
     <x:t>Expro Group Holdings Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004K27P01</x:t>
   </x:si>
   <x:si>
-    <x:t>1,446,693</x:t>
-[...2 lines deleted...]
-    <x:t>$21,179,585.52</x:t>
+    <x:t>1,594,011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,870,798.53</x:t>
   </x:si>
   <x:si>
     <x:t>1.24%</x:t>
   </x:si>
   <x:si>
+    <x:t>HLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helix Energy Solutions Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J7Q1L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,752,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,801,463.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dril-Quip Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVDBY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>846,585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,308,544.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NBR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nabors Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZTW70</x:t>
   </x:si>
   <x:si>
-    <x:t>285,979</x:t>
-[...41 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>315,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,131,075.42</x:t>
   </x:si>
   <x:si>
     <x:t>RES US</x:t>
   </x:si>
   <x:si>
     <x:t>Rpc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3047</x:t>
   </x:si>
   <x:si>
-    <x:t>2,692,905</x:t>
-[...5 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>2,967,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,879,811.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>PUMP US</x:t>
   </x:si>
   <x:si>
     <x:t>Propetro Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYCQ352</x:t>
   </x:si>
   <x:si>
-    <x:t>1,379,864</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>1,520,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,393,158.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>CLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GG28WR3</x:t>
   </x:si>
   <x:si>
-    <x:t>346,022</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>381,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,487,926.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>511,599</x:t>
+    <x:t>539,694</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$511,598.82</x:t>
+    <x:t>$539,693.78</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-280,691.02</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$-648,711.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124915d1169440d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6a0368214ad24957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R669c5c5ee4134cdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c954260e33c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5e91a6651824492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R98237edfe30040e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1329,201 +1326,201 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>