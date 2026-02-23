--- v2 (2026-02-01)
+++ v3 (2026-02-23)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f2c9c88562454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05fe0da253db4285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260129" sheetId="1" r:id="R98237edfe30040e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260220" sheetId="1" r:id="R6aed3e1cc18f40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
   <x:si>
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+    <x:t>Daily Holdings (%)  02/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,027,152</x:t>
+    <x:t>9,329,784</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$437,365,514.40</x:t>
+    <x:t>$474,419,516.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>21.01%</x:t>
+    <x:t>19.79%</x:t>
   </x:si>
   <x:si>
     <x:t>BKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Baker Hughes Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBVBK51</x:t>
   </x:si>
   <x:si>
-    <x:t>4,642,089</x:t>
-[...5 lines deleted...]
-    <x:t>12.65%</x:t>
+    <x:t>4,797,710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,465,539.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.45%</x:t>
   </x:si>
   <x:si>
     <x:t>HAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Halliburton Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKTFN2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,692,471</x:t>
-[...5 lines deleted...]
-    <x:t>7.53%</x:t>
+    <x:t>4,849,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,275,670.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
   </x:si>
   <x:si>
     <x:t>FTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Technipfmc Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL8NMV2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,973,479</x:t>
-[...2 lines deleted...]
-    <x:t>$110,356,945.68</x:t>
+    <x:t>2,039,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,496,616.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transocean Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5LT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,493,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,096,205.16</x:t>
   </x:si>
   <x:si>
     <x:t>5.30%</x:t>
   </x:si>
   <x:si>
+    <x:t>NE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noble Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KBK3G8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,656,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,936,033.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>TS US</x:t>
   </x:si>
   <x:si>
     <x:t>Tenaris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLD4R3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,210,839</x:t>
-[...5 lines deleted...]
-    <x:t>4.78%</x:t>
+    <x:t>2,284,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,412,061.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
   </x:si>
   <x:si>
     <x:t>WFRD US</x:t>
   </x:si>
   <x:si>
     <x:t>Weatherford International Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R4SQJ13</x:t>
   </x:si>
   <x:si>
-    <x:t>997,443</x:t>
-[...41 lines deleted...]
-    <x:t>4.45%</x:t>
+    <x:t>1,030,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,665,420.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>NOV US</x:t>
   </x:si>
   <x:si>
     <x:t>Nov Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJX8C8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,903,400</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>5,067,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,332,136.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valaris Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JW9K49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,072,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,688,332.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>LBRT US</x:t>
   </x:si>
   <x:si>
     <x:t>Liberty Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GK831B6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,220,760</x:t>
-[...5 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>3,328,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,376,427.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.73%</x:t>
   </x:si>
   <x:si>
     <x:t>WHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Cactus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRH1P95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,227,989</x:t>
-[...23 lines deleted...]
-    <x:t>2.93%</x:t>
+    <x:t>1,269,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,169,593.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceaneering International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CPBCL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,960,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,191,879.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>HP US</x:t>
   </x:si>
   <x:si>
     <x:t>Helmerich &amp; Payne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCPY4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,756,157</x:t>
-[...23 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>1,815,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,669,554.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
   </x:si>
   <x:si>
     <x:t>PTEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Patterson-Uti Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKXFN7</x:t>
   </x:si>
   <x:si>
-    <x:t>7,430,447</x:t>
-[...2 lines deleted...]
-    <x:t>$56,025,570.38</x:t>
+    <x:t>7,679,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,584,956.63</x:t>
   </x:si>
   <x:si>
     <x:t>2.69%</x:t>
   </x:si>
   <x:si>
+    <x:t>TDW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tidewater Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HBQ35R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>719,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,762,641.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
     <x:t>SEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Solaris Energy Infrastructure Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G7D6C05</x:t>
   </x:si>
   <x:si>
-    <x:t>970,451</x:t>
-[...23 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>1,002,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,386,981.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>WTTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Select Energy Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G4Y2DC1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,270,217</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>2,346,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,868,691.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>XPRO US</x:t>
   </x:si>
   <x:si>
     <x:t>Expro Group Holdings Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004K27P01</x:t>
   </x:si>
   <x:si>
-    <x:t>1,594,011</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>1,647,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,308,135.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nabors Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZTW70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,464,528.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>HLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Helix Energy Solutions Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J7Q1L9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,752,710</x:t>
-[...5 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>2,844,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,434,264.24</x:t>
   </x:si>
   <x:si>
     <x:t>INVX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dril-Quip Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>846,585</x:t>
-[...20 lines deleted...]
-    <x:t>$21,131,075.42</x:t>
+    <x:t>874,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,285,384.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>RES US</x:t>
   </x:si>
   <x:si>
     <x:t>Rpc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3047</x:t>
   </x:si>
   <x:si>
-    <x:t>2,967,136</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>3,066,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,706,327.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>PUMP US</x:t>
   </x:si>
   <x:si>
     <x:t>Propetro Holding Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYCQ352</x:t>
   </x:si>
   <x:si>
-    <x:t>1,520,381</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>1,571,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,662,018.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>CLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GG28WR3</x:t>
   </x:si>
   <x:si>
-    <x:t>381,259</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>394,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,258,216.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>539,694</x:t>
+    <x:t>176,359</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$539,693.78</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$176,358.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-648,711.17</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$4,327,402.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c954260e33c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5e91a6651824492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R98237edfe30040e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda9dd8b9553b44ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8adc268525014f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6aed3e1cc18f40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1297,80 +1297,80 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">