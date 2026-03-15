--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05fe0da253db4285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd035be6bf632441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260220" sheetId="1" r:id="R6aed3e1cc18f40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="OIH_asof_20260312" sheetId="1" r:id="R952d6ee27f1a4fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
   <x:si>
-    <x:t>Daily Holdings (%)  02/20/2026</x:t>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>SLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Schlumberger Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BT41Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,329,784</x:t>
+    <x:t>9,406,562</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$474,419,516.40</x:t>
+    <x:t>$419,156,402.72</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.79%</x:t>
+    <x:t>18.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Baker Hughes Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBVBK51</x:t>
   </x:si>
   <x:si>
-    <x:t>4,797,710</x:t>
-[...5 lines deleted...]
-    <x:t>12.45%</x:t>
+    <x:t>4,837,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,399,088.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.72%</x:t>
   </x:si>
   <x:si>
     <x:t>HAL US</x:t>
   </x:si>
   <x:si>
     <x:t>Halliburton Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKTFN2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,849,777</x:t>
-[...5 lines deleted...]
-    <x:t>7.10%</x:t>
+    <x:t>4,889,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,356,660.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.38%</x:t>
   </x:si>
   <x:si>
     <x:t>FTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Technipfmc Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL8NMV2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,039,638</x:t>
-[...5 lines deleted...]
-    <x:t>5.40%</x:t>
+    <x:t>2,056,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,567,315.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.57%</x:t>
   </x:si>
   <x:si>
     <x:t>RIG US</x:t>
   </x:si>
   <x:si>
     <x:t>Transocean Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH5LT6</x:t>
   </x:si>
   <x:si>
-    <x:t>19,493,283</x:t>
-[...2 lines deleted...]
-    <x:t>$127,096,205.16</x:t>
+    <x:t>19,653,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,425,273.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenaris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLD4R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,303,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,274,518.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noble Corp Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KBK3G8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,678,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,413,619.50</x:t>
   </x:si>
   <x:si>
     <x:t>5.30%</x:t>
   </x:si>
   <x:si>
-    <x:t>NE US</x:t>
-[...32 lines deleted...]
-    <x:t>4.98%</x:t>
+    <x:t>LBRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberty Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GK831B6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,356,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,690,436.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valaris Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010JW9K49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,081,289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,343,619.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nov Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJX8C8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,109,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,189,854.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>WFRD US</x:t>
   </x:si>
   <x:si>
     <x:t>Weatherford International Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R4SQJ13</x:t>
   </x:si>
   <x:si>
-    <x:t>1,030,883</x:t>
-[...59 lines deleted...]
-    <x:t>3.73%</x:t>
+    <x:t>1,039,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,471,004.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patterson-Uti Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKXFN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,742,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,266,018.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OII US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oceaneering International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CPBCL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,976,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,037,626.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helmerich &amp; Payne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCPY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,829,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,944,416.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>WHD US</x:t>
   </x:si>
   <x:si>
     <x:t>Cactus Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRH1P95</x:t>
   </x:si>
   <x:si>
-    <x:t>1,269,158</x:t>
-[...59 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>1,279,602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,861,692.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>TDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Tidewater Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HBQ35R8</x:t>
   </x:si>
   <x:si>
-    <x:t>719,033</x:t>
-[...5 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>724,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,386,256.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>SEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Solaris Energy Infrastructure Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G7D6C05</x:t>
   </x:si>
   <x:si>
-    <x:t>1,002,985</x:t>
-[...5 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>1,011,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,929,375.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>WTTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Select Energy Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G4Y2DC1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,346,323</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>2,541,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,245,653.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
   </x:si>
   <x:si>
     <x:t>XPRO US</x:t>
   </x:si>
   <x:si>
     <x:t>Expro Group Holdings Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004K27P01</x:t>
   </x:si>
   <x:si>
-    <x:t>1,647,450</x:t>
-[...5 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>1,661,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,509,671.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helix Energy Solutions Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J7Q1L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,868,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,098,613.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUMP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propetro Holding Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FYCQ352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,738,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,010,582.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>NBR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nabors Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZTW70</x:t>
   </x:si>
   <x:si>
-    <x:t>325,675</x:t>
-[...20 lines deleted...]
-    <x:t>$25,434,264.24</x:t>
+    <x:t>328,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,826,997.16</x:t>
   </x:si>
   <x:si>
     <x:t>INVX US</x:t>
   </x:si>
   <x:si>
     <x:t>Dril-Quip Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVDBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>874,966</x:t>
-[...5 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>882,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,286,713.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>RES US</x:t>
   </x:si>
   <x:si>
     <x:t>Rpc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS3047</x:t>
   </x:si>
   <x:si>
-    <x:t>3,066,611</x:t>
-[...23 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>3,091,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,313,428.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>CLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Laboratories Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GG28WR3</x:t>
   </x:si>
   <x:si>
-    <x:t>394,040</x:t>
-[...5 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>397,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,316,799.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>176,359</x:t>
+    <x:t>3,557</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$176,358.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$3,556.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,327,402.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$3,594,042.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda9dd8b9553b44ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R8adc268525014f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6aed3e1cc18f40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4767bc4c74864aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48a37a8b8714434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R952d6ee27f1a4fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1297,80 +1297,80 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">