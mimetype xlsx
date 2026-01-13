--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1,1227 +1,1215 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re561091770514603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab8d301f216412f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260108" sheetId="1" r:id="Re2e7015f4f1449ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260112" sheetId="1" r:id="Rbaec26dad46f4aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="572" uniqueCount="394">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="390">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HODL US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
     <x:t>239,608</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,155,529.52</x:t>
+    <x:t>$6,193,866.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>11.31%</x:t>
+    <x:t>11.03%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
     <x:t>61,135</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,792,646.80</x:t>
-[...2 lines deleted...]
-    <x:t>5.13%</x:t>
+    <x:t>$3,076,924.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
     <x:t>155,447</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,572,647.85</x:t>
-[...2 lines deleted...]
-    <x:t>4.73%</x:t>
+    <x:t>$2,748,302.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
   </x:si>
   <x:si>
     <x:t>WULF US</x:t>
   </x:si>
   <x:si>
     <x:t>Terawulf Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122MC900</x:t>
   </x:si>
   <x:si>
     <x:t>188,197</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,416,449.48</x:t>
-[...2 lines deleted...]
-    <x:t>4.44%</x:t>
+    <x:t>$2,599,000.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
     <x:t>66,968</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,138,957.92</x:t>
-[...2 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>$2,558,847.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
     <x:t>119,131</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,987,105.08</x:t>
-[...2 lines deleted...]
-    <x:t>3.65%</x:t>
+    <x:t>$2,082,409.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.71%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Hut 8 Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8H39V2</x:t>
   </x:si>
   <x:si>
     <x:t>33,233</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,925,852.35</x:t>
-[...2 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>$2,030,203.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>FIGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Figure Technology Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NGH78G1</x:t>
   </x:si>
   <x:si>
     <x:t>29,965</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,749,956.00</x:t>
-[...2 lines deleted...]
-    <x:t>3.21%</x:t>
+    <x:t>$1,565,071.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
     <x:t>52,722</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,344,411.00</x:t>
-[...2 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>$1,343,883.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
   </x:si>
   <x:si>
     <x:t>HOOD US</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NMBXN8</x:t>
   </x:si>
   <x:si>
     <x:t>9,795</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,130,245.05</x:t>
-[...2 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>$1,151,108.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,335.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,671.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>SE US</x:t>
   </x:si>
   <x:si>
     <x:t>Sea Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTBWMG5</x:t>
   </x:si>
   <x:si>
     <x:t>8,362</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,121,762.30</x:t>
-[...20 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>$1,100,355.58</x:t>
   </x:si>
   <x:si>
     <x:t>CMPO US</x:t>
   </x:si>
   <x:si>
     <x:t>Composecure Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XTTT297</x:t>
   </x:si>
   <x:si>
     <x:t>51,071</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,093,430.11</x:t>
-[...2 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>$1,061,766.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
     <x:t>86,356</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,035,408.44</x:t>
-[...20 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>$1,032,817.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQVT51</x:t>
   </x:si>
   <x:si>
     <x:t>1,916</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,005,134.39</x:t>
-[...2 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>$995,445.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
   </x:si>
   <x:si>
     <x:t>ETHV US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Ethereum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NX8ZGV6</x:t>
   </x:si>
   <x:si>
     <x:t>19,954</x:t>
   </x:si>
   <x:si>
-    <x:t>$905,512.52</x:t>
-[...2 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>$905,911.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,694</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$886,532.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaris Energy Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G7D6C05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,921.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>MSTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
     <x:t>5,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$901,638.00</x:t>
-[...35 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>$876,042.00</x:t>
   </x:si>
   <x:si>
     <x:t>SHOP US</x:t>
   </x:si>
   <x:si>
     <x:t>Shopify Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008HBD923</x:t>
   </x:si>
   <x:si>
     <x:t>4,945</x:t>
   </x:si>
   <x:si>
-    <x:t>$832,144.60</x:t>
-[...2 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>$830,413.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DXDL6Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,450.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QNTM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Quantum Computing Ucits ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V30CCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,316.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talen Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWQVVD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$773,855.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>MELI US</x:t>
   </x:si>
   <x:si>
     <x:t>Mercadolibre Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQPB11</x:t>
   </x:si>
   <x:si>
     <x:t>347</x:t>
   </x:si>
   <x:si>
-    <x:t>$756,390.60</x:t>
-[...56 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>$746,015.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BTDR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitdeer Technologies Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0142Q8P97</x:t>
   </x:si>
   <x:si>
     <x:t>58,476</x:t>
   </x:si>
   <x:si>
-    <x:t>$685,923.48</x:t>
+    <x:t>$717,500.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYXW4R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,848.17</x:t>
   </x:si>
   <x:si>
     <x:t>1.26%</x:t>
   </x:si>
   <x:si>
-    <x:t>FUTU US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
     <x:t>17,138</x:t>
   </x:si>
   <x:si>
-    <x:t>$673,523.40</x:t>
+    <x:t>$685,520.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VHJ1K96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$667,003.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>AEP US</x:t>
   </x:si>
   <x:si>
     <x:t>American Electric Power Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB9KF2</x:t>
   </x:si>
   <x:si>
     <x:t>5,434</x:t>
   </x:si>
   <x:si>
-    <x:t>$629,963.62</x:t>
-[...2 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>$633,441.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>IBKR US</x:t>
   </x:si>
   <x:si>
     <x:t>Interactive Brokers Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LV0836</x:t>
   </x:si>
   <x:si>
     <x:t>8,806</x:t>
   </x:si>
   <x:si>
-    <x:t>$617,828.96</x:t>
-[...20 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>$623,376.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>XEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCTQ65</x:t>
   </x:si>
   <x:si>
     <x:t>8,139</x:t>
   </x:si>
   <x:si>
-    <x:t>$597,239.82</x:t>
-[...2 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$602,286.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>ETR US</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1FQS9</x:t>
   </x:si>
   <x:si>
     <x:t>6,404</x:t>
   </x:si>
   <x:si>
-    <x:t>$583,980.76</x:t>
-[...2 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>$598,774.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKER NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aker Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2P156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,947.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2B8KW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$562,119.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SOFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Sofi Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YB1ZD58</x:t>
   </x:si>
   <x:si>
     <x:t>20,956</x:t>
   </x:si>
   <x:si>
-    <x:t>$580,900.32</x:t>
-[...17 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>$557,429.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>BEP US</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Renewable Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DJKCL1</x:t>
   </x:si>
   <x:si>
     <x:t>20,191</x:t>
   </x:si>
   <x:si>
-    <x:t>$542,330.26</x:t>
-[...17 lines deleted...]
-    <x:t>$531,538.68</x:t>
+    <x:t>$554,041.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WYFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitefiber Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3459T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,789.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.98%</x:t>
   </x:si>
   <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,976.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VSOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Solana ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJKBZM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,224.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8RG11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,626.10</x:t>
+  </x:si>
+  <x:si>
     <x:t>DTM US</x:t>
   </x:si>
   <x:si>
     <x:t>Dt Midstream Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112Z58J3</x:t>
   </x:si>
   <x:si>
     <x:t>4,390</x:t>
   </x:si>
   <x:si>
-    <x:t>$521,005.20</x:t>
-[...50 lines deleted...]
-    <x:t>$510,583.20</x:t>
+    <x:t>$516,703.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIVE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hive Blockchain Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HSWHL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,169.50</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
     <x:t>16,244</x:t>
   </x:si>
   <x:si>
-    <x:t>$508,112.32</x:t>
-[...35 lines deleted...]
-    <x:t>$498,348.90</x:t>
+    <x:t>$505,675.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BITF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitfarms Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZTS4J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,451.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landbridge Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N59HNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,485.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,160.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>OPRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Opera Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBLDHJ2</x:t>
   </x:si>
   <x:si>
     <x:t>32,378</x:t>
   </x:si>
   <x:si>
-    <x:t>$459,120.04</x:t>
-[...38 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$438,721.90</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S39JX6</x:t>
   </x:si>
   <x:si>
     <x:t>1,300</x:t>
   </x:si>
   <x:si>
-    <x:t>$423,072.00</x:t>
-[...17 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$431,418.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>LGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Legence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRYRPZ1</x:t>
   </x:si>
   <x:si>
     <x:t>9,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$391,770.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>$407,250.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTPLF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NY7KCB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,682.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>WMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Williams Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWVCP8</x:t>
   </x:si>
   <x:si>
     <x:t>6,287</x:t>
   </x:si>
   <x:si>
-    <x:t>$384,450.05</x:t>
-[...2 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$374,453.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>OGE US</x:t>
   </x:si>
   <x:si>
     <x:t>Oge Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQGLS5</x:t>
   </x:si>
   <x:si>
     <x:t>8,798</x:t>
   </x:si>
   <x:si>
-    <x:t>$375,762.58</x:t>
-[...20 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$373,827.02</x:t>
   </x:si>
   <x:si>
     <x:t>KLAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Klarna Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MG54LV6</x:t>
   </x:si>
   <x:si>
     <x:t>11,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$353,395.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$351,900.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fermi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4QY3R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,749.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>3443 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Global Unichip Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FM8B65</x:t>
   </x:si>
   <x:si>
     <x:t>4,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$309,434.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$311,785.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>9501 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJW74</x:t>
   </x:si>
   <x:si>
     <x:t>65,900</x:t>
   </x:si>
   <x:si>
-    <x:t>$307,610.74</x:t>
+    <x:t>$309,757.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>MARA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mara Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K7WBT8</x:t>
   </x:si>
   <x:si>
     <x:t>26,554</x:t>
   </x:si>
   <x:si>
-    <x:t>$277,223.76</x:t>
-[...17 lines deleted...]
-    <x:t>$273,968.41</x:t>
+    <x:t>$282,800.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>GEMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Gemini Space Station Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VZB6S81</x:t>
   </x:si>
   <x:si>
     <x:t>15,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$166,350.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$157,350.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>ZCSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Grayscale Zcash Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133B2R11</x:t>
   </x:si>
   <x:si>
     <x:t>3,055</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$81,965.65</x:t>
+    <x:t>$85,868.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
-    <x:t>QNTG LN</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>99,923</x:t>
+    <x:t>103,328</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$99,922.80</x:t>
+    <x:t>$103,328.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-JPY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4.95</x:t>
+  </x:si>
+  <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>29</x:t>
   </x:si>
   <x:si>
-    <x:t>$33.80</x:t>
-[...29 lines deleted...]
-    <x:t>$4.99</x:t>
+    <x:t>$33.84</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,692.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$16,357.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1249,56 +1237,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de451aca55c4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re1158e9340234092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2e7015f4f1449ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b12c8505ff4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc10f24b475494c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbaec26dad46f4aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I71"/>
+  <x:dimension ref="A1:I70"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1728,196 +1716,196 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -1931,283 +1919,283 @@
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
@@ -2308,80 +2296,80 @@
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
@@ -2424,109 +2412,109 @@
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
@@ -2598,80 +2586,80 @@
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -2888,138 +2876,138 @@
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
@@ -3102,257 +3090,228 @@
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E69" s="1" t="s">
+      <x:c r="G69" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="H69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A70" s="1">
-[...5 lines deleted...]
-      <x:c r="C70" s="1" t="s">
+      <x:c r="A70" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...22 lines deleted...]
-      <x:c r="B71" s="2" t="s">
+      <x:c r="B70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C71" s="2" t="s">
+      <x:c r="C70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D71" s="2" t="s">
+      <x:c r="D70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E71" s="2" t="s">
+      <x:c r="E70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F71" s="2" t="s">
+      <x:c r="F70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G71" s="2" t="s">
+      <x:c r="G70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H71" s="2" t="s">
+      <x:c r="H70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I71" s="2" t="s">
+      <x:c r="I70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A71:I71"/>
+    <x:mergeCell ref="A70:I70"/>
   </x:mergeCells>
 </x:worksheet>
 </file>