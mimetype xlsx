--- v1 (2026-01-13)
+++ v2 (2026-01-18)
@@ -1,1215 +1,1242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab8d301f216412f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd055b8ad2fba4d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260112" sheetId="1" r:id="Rbaec26dad46f4aec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260115" sheetId="1" r:id="R94aeb5ed65dd4560"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="390">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="399">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HODL US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
-    <x:t>239,608</x:t>
+    <x:t>230,158</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,193,866.80</x:t>
+    <x:t>$6,200,456.52</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>11.03%</x:t>
+    <x:t>10.55%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
     <x:t>61,135</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,076,924.55</x:t>
-[...2 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>$3,172,295.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
     <x:t>155,447</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,748,302.96</x:t>
-[...2 lines deleted...]
-    <x:t>4.90%</x:t>
+    <x:t>$2,723,431.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>WULF US</x:t>
   </x:si>
   <x:si>
     <x:t>Terawulf Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122MC900</x:t>
   </x:si>
   <x:si>
     <x:t>188,197</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,599,000.57</x:t>
-[...2 lines deleted...]
-    <x:t>4.63%</x:t>
+    <x:t>$2,602,764.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
     <x:t>66,968</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,558,847.28</x:t>
-[...2 lines deleted...]
-    <x:t>4.56%</x:t>
+    <x:t>$2,358,612.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.01%</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
     <x:t>119,131</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,082,409.88</x:t>
-[...2 lines deleted...]
-    <x:t>3.71%</x:t>
+    <x:t>$2,153,888.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,946,526.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.31%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Hut 8 Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8H39V2</x:t>
   </x:si>
   <x:si>
     <x:t>33,233</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,030,203.97</x:t>
-[...20 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>$1,903,586.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
     <x:t>52,722</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,343,883.78</x:t>
-[...2 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>$1,686,576.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMPO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Composecure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTTT297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,542.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sea Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTBWMG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,129,888.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,420.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanspark Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MB89V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>86,356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,311.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,895.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>HOOD US</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NMBXN8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,795</x:t>
-[...92 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>9,290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,025,151.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQVT51</x:t>
   </x:si>
   <x:si>
     <x:t>1,916</x:t>
   </x:si>
   <x:si>
-    <x:t>$995,445.64</x:t>
-[...2 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>$976,713.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>ETHV US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Ethereum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NX8ZGV6</x:t>
   </x:si>
   <x:si>
     <x:t>19,954</x:t>
   </x:si>
   <x:si>
-    <x:t>$905,911.60</x:t>
+    <x:t>$959,986.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaris Energy Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G7D6C05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,453.60</x:t>
   </x:si>
   <x:si>
     <x:t>1.61%</x:t>
   </x:si>
   <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$922,914.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitdeer Technologies Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0142Q8P97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$892,343.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talen Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWQVVD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$878,789.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CRCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Circle Internet Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01T61V2V3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,694</x:t>
-[...38 lines deleted...]
-    <x:t>$876,042.00</x:t>
+    <x:t>11,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,610.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DXDL6Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$861,800.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QNTM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Quantum Computing Ucits ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V30CCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,236.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>SHOP US</x:t>
   </x:si>
   <x:si>
     <x:t>Shopify Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008HBD923</x:t>
   </x:si>
   <x:si>
     <x:t>4,945</x:t>
   </x:si>
   <x:si>
-    <x:t>$830,413.85</x:t>
-[...56 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>$781,260.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>MELI US</x:t>
   </x:si>
   <x:si>
     <x:t>Mercadolibre Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQPB11</x:t>
   </x:si>
   <x:si>
     <x:t>347</x:t>
   </x:si>
   <x:si>
-    <x:t>$746,015.30</x:t>
-[...20 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>$728,300.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VHJ1K96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$678,564.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>FUTU US</x:t>
   </x:si>
   <x:si>
     <x:t>Futu Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYXW4R8</x:t>
   </x:si>
   <x:si>
     <x:t>3,747</x:t>
   </x:si>
   <x:si>
-    <x:t>$704,848.17</x:t>
-[...2 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>$661,345.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interactive Brokers Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LV0836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,826.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB9KF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,819.60</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
     <x:t>17,138</x:t>
   </x:si>
   <x:si>
-    <x:t>$685,520.00</x:t>
-[...56 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$646,102.60</x:t>
   </x:si>
   <x:si>
     <x:t>XEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCTQ65</x:t>
   </x:si>
   <x:si>
     <x:t>8,139</x:t>
   </x:si>
   <x:si>
-    <x:t>$602,286.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>$613,355.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ETR US</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C1FQS9</x:t>
   </x:si>
   <x:si>
     <x:t>6,404</x:t>
   </x:si>
   <x:si>
-    <x:t>$598,774.00</x:t>
+    <x:t>$612,670.68</x:t>
   </x:si>
   <x:si>
     <x:t>AKER NO</x:t>
   </x:si>
   <x:si>
     <x:t>Aker Asa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2P156</x:t>
   </x:si>
   <x:si>
     <x:t>7,612</x:t>
   </x:si>
   <x:si>
-    <x:t>$590,947.90</x:t>
+    <x:t>$609,115.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sofi Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB1ZD58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,736.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2B8KW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,417.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DJKCL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$565,348.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8RG11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,165.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WYFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitefiber Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3459T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,726.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIVE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hive Blockchain Technologies Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HSWHL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,900.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VSOL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Solana ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJKBZM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,209.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETOR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etoro Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KG5TXN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,585.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landbridge Co Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N59HNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,210.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,758.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112Z58J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,761.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMNR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitmine Immersion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWFL03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,452.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S39JX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$499,170.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$477,360.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opera Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBLDHJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$455,882.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTPLF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NY7KCB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,795.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,333.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BITF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitfarms Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZTS4J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,703.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRYRPZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,790.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oge Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQGLS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$384,648.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Klarna Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG54LV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$329,935.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3443 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Unichip Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FM8B65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,297.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fermi Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4QY3R1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,651.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9501 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJW74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,360.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$283,065.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gemini Space Station Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZB6S81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,200.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZCSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grayscale Zcash Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0133B2R11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,434.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,120.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>618,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,099.70</x:t>
   </x:si>
   <x:si>
     <x:t>1.05%</x:t>
   </x:si>
   <x:si>
-    <x:t>VRT US</x:t>
-[...472 lines deleted...]
-  <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
     <x:t>$.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>238</x:t>
   </x:si>
   <x:si>
     <x:t>$.16</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>782</x:t>
   </x:si>
   <x:si>
-    <x:t>$4.95</x:t>
+    <x:t>$4.93</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>29</x:t>
   </x:si>
   <x:si>
-    <x:t>$33.84</x:t>
+    <x:t>$33.61</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,357.38</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$-3,534.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1237,56 +1264,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b12c8505ff4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc10f24b475494c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbaec26dad46f4aec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d09ff3c15d41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R93e8746b159d44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94aeb5ed65dd4560" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I70"/>
+  <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1716,573 +1743,573 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
@@ -2325,138 +2352,138 @@
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
@@ -2499,819 +2526,877 @@
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="F49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>315</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>345</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
+      <x:c r="G64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E65" s="1" t="s">
+      <x:c r="G65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A70" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B70" s="2" t="s">
+      <x:c r="A70" s="1">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A71" s="1">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A72" s="2" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C70" s="2" t="s">
+      <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D70" s="2" t="s">
+      <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E70" s="2" t="s">
+      <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F70" s="2" t="s">
+      <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G70" s="2" t="s">
+      <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H70" s="2" t="s">
+      <x:c r="H72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I70" s="2" t="s">
+      <x:c r="I72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A70:I70"/>
+    <x:mergeCell ref="A72:I72"/>
   </x:mergeCells>
 </x:worksheet>
 </file>