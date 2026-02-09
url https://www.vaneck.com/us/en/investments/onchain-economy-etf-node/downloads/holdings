--- v2 (2026-01-18)
+++ v3 (2026-02-09)
@@ -1,1242 +1,1203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd055b8ad2fba4d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad9523cd52a41d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260115" sheetId="1" r:id="R94aeb5ed65dd4560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260205" sheetId="1" r:id="R2552d52facf44308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="399">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="386">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HODL US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
-    <x:t>230,158</x:t>
+    <x:t>271,260</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,200,456.52</x:t>
+    <x:t>$4,885,392.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.55%</x:t>
+    <x:t>10.32%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>61,135</x:t>
-[...5 lines deleted...]
-    <x:t>5.40%</x:t>
+    <x:t>67,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,697,244.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,336,141.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>155,447</x:t>
-[...2 lines deleted...]
-    <x:t>$2,723,431.44</x:t>
+    <x:t>172,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,193,175.70</x:t>
   </x:si>
   <x:si>
     <x:t>4.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>WULF US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>66,968</x:t>
-[...5 lines deleted...]
-    <x:t>4.01%</x:t>
+    <x:t>69,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,941,910.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
   </x:si>
   <x:si>
     <x:t>CORZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
-    <x:t>119,131</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>124,063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,837,993.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,583,799.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
   </x:si>
   <x:si>
     <x:t>FIGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Figure Technology Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NGH78G1</x:t>
   </x:si>
   <x:si>
-    <x:t>29,965</x:t>
-[...23 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>39,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,563,051.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>000660 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sk Hynix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQVT51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,741.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sea Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTBWMG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,568.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMPO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Composecure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTTT297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,821</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,224.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
   </x:si>
   <x:si>
     <x:t>GLXY US</x:t>
   </x:si>
   <x:si>
     <x:t>Galaxy Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0120SWLS0</x:t>
   </x:si>
   <x:si>
-    <x:t>52,722</x:t>
-[...41 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>55,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$942,063.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>RIOT US</x:t>
   </x:si>
   <x:si>
     <x:t>Riot Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ4512</x:t>
   </x:si>
   <x:si>
-    <x:t>67,376</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>77,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$934,095.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DXDL6Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,276.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaris Energy Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G7D6C05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,389.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QNTM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Quantum Computing Ucits ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V30CCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,373.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>CLSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleanspark Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001MB89V6</x:t>
   </x:si>
   <x:si>
-    <x:t>86,356</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>89,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,287.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robinhood Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NMBXN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$733,341.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MELI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercadolibre Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQPB11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,478.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKER NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aker Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2P156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,064.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talen Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWQVVD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$708,018.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>COIN US</x:t>
   </x:si>
   <x:si>
     <x:t>Coinbase Global Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZGF7771</x:t>
   </x:si>
   <x:si>
-    <x:t>4,534</x:t>
-[...41 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>4,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,686.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTDR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitdeer Technologies Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0142Q8P97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,138.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interactive Brokers Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LV0836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$637,362.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shopify Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008HBD923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,394.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,660.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB9KF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$621,865.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DJKCL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,658.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2B8KW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,171.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VHJ1K96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,405.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,497.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,452.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
   </x:si>
   <x:si>
     <x:t>ETHV US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Ethereum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NX8ZGV6</x:t>
   </x:si>
   <x:si>
-    <x:t>19,954</x:t>
-[...185 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>20,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,140.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8RG11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,894.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014KFRNP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,826.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S39JX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sofi Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB1ZD58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,639.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,515.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>FUTU US</x:t>
   </x:si>
   <x:si>
     <x:t>Futu Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYXW4R8</x:t>
   </x:si>
   <x:si>
-    <x:t>3,747</x:t>
-[...38 lines deleted...]
-    <x:t>$648,819.60</x:t>
+    <x:t>3,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,313.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C1FQS9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,727.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,185.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112Z58J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,980.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRYRPZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,053.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>BLSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Bullish</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W8QW0N1</x:t>
   </x:si>
   <x:si>
-    <x:t>17,138</x:t>
-[...119 lines deleted...]
-    <x:t>$553,165.00</x:t>
+    <x:t>17,846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$444,365.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,225.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opera Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBLDHJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,511.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
     <x:t>WYFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Whitefiber Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W3459T0</x:t>
   </x:si>
   <x:si>
-    <x:t>29,432</x:t>
-[...5 lines deleted...]
-    <x:t>0.92%</x:t>
+    <x:t>27,524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,345.60</x:t>
   </x:si>
   <x:si>
     <x:t>HIVE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hive Blockchain Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSWHL3</x:t>
   </x:si>
   <x:si>
-    <x:t>158,206</x:t>
-[...2 lines deleted...]
-    <x:t>$537,900.40</x:t>
+    <x:t>164,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,151.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>VSOL US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Solana ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YJKBZM5</x:t>
   </x:si>
   <x:si>
-    <x:t>28,500</x:t>
-[...71 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>31,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,674.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9501 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJW74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$319,889.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BITF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitfarms Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZTS4J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,268.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
-    <x:t>16,244</x:t>
-[...56 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>16,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,338.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3443 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Unichip Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FM8B65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,596.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMND US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lemonade Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BM5YC05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,148.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>MTPLF US</x:t>
   </x:si>
   <x:si>
     <x:t>Metaplanet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NY7KCB4</x:t>
   </x:si>
   <x:si>
-    <x:t>115,000</x:t>
-[...146 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>119,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,749.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>MARA US</x:t>
   </x:si>
   <x:si>
     <x:t>Mara Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001K7WBT8</x:t>
   </x:si>
   <x:si>
-    <x:t>26,554</x:t>
-[...23 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>27,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,097.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABXX CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abaxx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GR78Q9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,386.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Streamex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006MM6RH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,973.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>ZCSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Grayscale Zcash Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133B2R11</x:t>
   </x:si>
   <x:si>
-    <x:t>3,055</x:t>
+    <x:t>3,181</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$87,434.10</x:t>
-[...14 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$45,011.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>618,100</x:t>
+    <x:t>95,571</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$618,099.70</x:t>
-[...2 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>$95,571.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
-    <x:t>$.68</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$.70</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>238</x:t>
   </x:si>
   <x:si>
     <x:t>$.16</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>782</x:t>
   </x:si>
   <x:si>
-    <x:t>$4.93</x:t>
-[...8 lines deleted...]
-    <x:t>$33.61</x:t>
+    <x:t>$4.99</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,534.15</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$21,450.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1264,56 +1225,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d09ff3c15d41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R93e8746b159d44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94aeb5ed65dd4560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341c80fd332b41f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4d1bee0cd0814469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2552d52facf44308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I72"/>
+  <x:dimension ref="A1:I69"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2178,1225 +2139,1138 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A69" s="1">
-[...89 lines deleted...]
-      <x:c r="B72" s="2" t="s">
+      <x:c r="A69" s="2" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="B69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C72" s="2" t="s">
+      <x:c r="C69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D72" s="2" t="s">
+      <x:c r="D69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E72" s="2" t="s">
+      <x:c r="E69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F72" s="2" t="s">
+      <x:c r="F69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G72" s="2" t="s">
+      <x:c r="G69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H72" s="2" t="s">
+      <x:c r="H69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I72" s="2" t="s">
+      <x:c r="I69" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A72:I72"/>
+    <x:mergeCell ref="A69:I69"/>
   </x:mergeCells>
 </x:worksheet>
 </file>