--- v3 (2026-02-09)
+++ v4 (2026-03-01)
@@ -1,1203 +1,1254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad9523cd52a41d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra549304d48fa4335" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260205" sheetId="1" r:id="R2552d52facf44308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260226" sheetId="1" r:id="Rc7df4cad0c194967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="386">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="403">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HODL US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
-    <x:t>271,260</x:t>
+    <x:t>307,116</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,885,392.60</x:t>
+    <x:t>$5,856,702.12</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.32%</x:t>
+    <x:t>9.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terawulf Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0122MC900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,759,502.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.41%</x:t>
   </x:si>
   <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>67,787</x:t>
-[...23 lines deleted...]
-    <x:t>4.93%</x:t>
+    <x:t>72,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,217,398.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>CIFR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
-    <x:t>172,691</x:t>
-[...5 lines deleted...]
-    <x:t>4.63%</x:t>
+    <x:t>185,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,053,332.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Core Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L5GH011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,393,227.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>69,740</x:t>
-[...23 lines deleted...]
-    <x:t>3.88%</x:t>
+    <x:t>74,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,143,650.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.65%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT US</x:t>
   </x:si>
   <x:si>
     <x:t>Hut 8 Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8H39V2</x:t>
   </x:si>
   <x:si>
-    <x:t>35,607</x:t>
-[...5 lines deleted...]
-    <x:t>3.34%</x:t>
+    <x:t>38,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,094,288.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>FIGR US</x:t>
   </x:si>
   <x:si>
     <x:t>Figure Technology Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NGH78G1</x:t>
   </x:si>
   <x:si>
-    <x:t>39,135</x:t>
-[...5 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>46,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,575,405.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQVT51</x:t>
   </x:si>
   <x:si>
-    <x:t>1,916</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>1,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,474,893.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,420,127.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLXY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120SWLS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,363,922.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMPO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Composecure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XTTT297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,161,340.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vistra Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DXDL6Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,138,543.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>SE US</x:t>
   </x:si>
   <x:si>
     <x:t>Sea Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTBWMG5</x:t>
   </x:si>
   <x:si>
-    <x:t>10,008</x:t>
-[...74 lines deleted...]
-    <x:t>$858,276.93</x:t>
+    <x:t>9,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,072,181.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,834.10</x:t>
   </x:si>
   <x:si>
     <x:t>1.81%</x:t>
   </x:si>
   <x:si>
+    <x:t>CLSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanspark Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MB89V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,334.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
     <x:t>SEI US</x:t>
   </x:si>
   <x:si>
     <x:t>Solaris Energy Infrastructure Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G7D6C05</x:t>
   </x:si>
   <x:si>
-    <x:t>17,792</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>19,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$972,826.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2B8KW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$958,373.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$916,344.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talen Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWQVVD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$910,766.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>QNTM LN</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Quantum Computing Ucits ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V30CCS6</x:t>
   </x:si>
   <x:si>
-    <x:t>31,111</x:t>
-[...23 lines deleted...]
-    <x:t>1.57%</x:t>
+    <x:t>33,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$847,655.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,268.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKER NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aker Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2P156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,581.70</x:t>
   </x:si>
   <x:si>
     <x:t>HOOD US</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NMBXN8</x:t>
   </x:si>
   <x:si>
-    <x:t>10,090</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>10,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,247.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,422.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interactive Brokers Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LV0836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$733,106.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DJKCL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,067.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8RG11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,898</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,863.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHOP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shopify Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008HBD923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,566.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETHV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Ethereum ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NX8ZGV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,526.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bullish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8QW0N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,583.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Legence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRYRPZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,157.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,817.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mirion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VHJ1K96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,360.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$608,403.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014KFRNP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,114.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB9KF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,072.20</x:t>
   </x:si>
   <x:si>
     <x:t>MELI US</x:t>
   </x:si>
   <x:si>
     <x:t>Mercadolibre Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQPB11</x:t>
   </x:si>
   <x:si>
-    <x:t>359</x:t>
-[...290 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$576,231.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112Z58J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,730.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Futu Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MYXW4R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,537.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opera Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LBLDHJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,364.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S39JX6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,560</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>1,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,443.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WYFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitefiber Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3459T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,526.26</x:t>
   </x:si>
   <x:si>
     <x:t>SOFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Sofi Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YB1ZD58</x:t>
   </x:si>
   <x:si>
-    <x:t>26,446</x:t>
-[...53 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>28,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,886.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>862945201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBNK0T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,133.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>TSLA US</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N9MNX3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,224</x:t>
-[...107 lines deleted...]
-    <x:t>$396,345.60</x:t>
+    <x:t>1,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,056.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,169.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BITF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitfarms Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZTS4J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$456,356.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>HIVE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hive Blockchain Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSWHL3</x:t>
   </x:si>
   <x:si>
-    <x:t>164,752</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>176,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,996.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K1D4S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,821.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9501 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electric Power Co Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJW74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$393,928.38</x:t>
   </x:si>
   <x:si>
     <x:t>VSOL US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Solana ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YJKBZM5</x:t>
   </x:si>
   <x:si>
-    <x:t>31,760</x:t>
-[...38 lines deleted...]
-    <x:t>$311,268.21</x:t>
+    <x:t>34,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,440.72</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>BMNR US</x:t>
   </x:si>
   <x:si>
     <x:t>Bitmine Immersion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWFL03</x:t>
   </x:si>
   <x:si>
-    <x:t>16,916</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>18,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,945.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>3443 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Global Unichip Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FM8B65</x:t>
   </x:si>
   <x:si>
     <x:t>4,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$292,596.18</x:t>
+    <x:t>$351,382.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>LMND US</x:t>
   </x:si>
   <x:si>
     <x:t>Lemonade Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BM5YC05</x:t>
   </x:si>
   <x:si>
-    <x:t>3,800</x:t>
-[...41 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>4,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$224,817.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,549.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>ABXX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Abaxx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GR78Q9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,686</x:t>
-[...5 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>5,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,103.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Babcock &amp; Wilcox Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,571.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>STEX US</x:t>
   </x:si>
   <x:si>
     <x:t>Streamex Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006MM6RH9</x:t>
   </x:si>
   <x:si>
-    <x:t>36,446</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>39,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,441.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspberry Pi Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N605KK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,439.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>ZCSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Grayscale Zcash Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133B2R11</x:t>
   </x:si>
   <x:si>
-    <x:t>3,181</x:t>
+    <x:t>3,412</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,011.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$52,237.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOSE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eos Energy Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00V1KJ6F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,230.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-NOK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-JPY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34.18</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...50 lines deleted...]
-    <x:t>$4.99</x:t>
+    <x:t>-46,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-46,189.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,450.50</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$252,273.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1225,56 +1276,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341c80fd332b41f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4d1bee0cd0814469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2552d52facf44308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a0bd4e520b940f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6f19158ae9ab490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7df4cad0c194967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I69"/>
+  <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1994,196 +2045,196 @@
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
@@ -2284,225 +2335,225 @@
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
@@ -2545,80 +2596,80 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
@@ -2661,80 +2712,80 @@
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="F50" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
@@ -2806,109 +2857,109 @@
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
@@ -3029,248 +3080,335 @@
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A69" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B69" s="2" t="s">
+      <x:c r="A69" s="1">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A70" s="1">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B70" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A71" s="1">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A72" s="2" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C69" s="2" t="s">
+      <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D69" s="2" t="s">
+      <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E69" s="2" t="s">
+      <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F69" s="2" t="s">
+      <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G69" s="2" t="s">
+      <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H69" s="2" t="s">
+      <x:c r="H72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I69" s="2" t="s">
+      <x:c r="I72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A69:I69"/>
+    <x:mergeCell ref="A72:I72"/>
   </x:mergeCells>
 </x:worksheet>
 </file>