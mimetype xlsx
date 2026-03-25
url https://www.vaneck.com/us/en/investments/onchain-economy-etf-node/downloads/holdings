--- v4 (2026-03-01)
+++ v5 (2026-03-25)
@@ -1,1254 +1,1218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra549304d48fa4335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215fc9920c6b48b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260226" sheetId="1" r:id="Rc7df4cad0c194967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NODE_asof_20260323" sheetId="1" r:id="R77f9b07476614a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="403">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="391">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>HODL US</x:t>
+    <x:t>HODL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
     <x:t>307,116</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,856,702.12</x:t>
+    <x:t>$6,136,177.68</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.98%</x:t>
-[...2 lines deleted...]
-    <x:t>WULF US</x:t>
+    <x:t>10.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WULF</x:t>
   </x:si>
   <x:si>
     <x:t>Terawulf Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0122MC900</x:t>
   </x:si>
   <x:si>
-    <x:t>210,263</x:t>
-[...8 lines deleted...]
-    <x:t>IREN US</x:t>
+    <x:t>193,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,135,403.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
-    <x:t>72,726</x:t>
-[...8 lines deleted...]
-    <x:t>CIFR US</x:t>
+    <x:t>67,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,849,004.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFR</x:t>
   </x:si>
   <x:si>
     <x:t>Cipher Mining Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XYHY0K2</x:t>
   </x:si>
   <x:si>
     <x:t>185,275</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,053,332.00</x:t>
-[...5 lines deleted...]
-    <x:t>CORZ US</x:t>
+    <x:t>$2,758,744.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIGR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Figure Technology Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NGH78G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,184,587.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORZ</x:t>
   </x:si>
   <x:si>
     <x:t>Core Scientific Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L5GH011</x:t>
   </x:si>
   <x:si>
-    <x:t>133,105</x:t>
-[...8 lines deleted...]
-    <x:t>APLD US</x:t>
+    <x:t>124,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,065,950.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hut 8 Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8H39V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38,203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,022,466.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>74,822</x:t>
-[...41 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>72,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,985,127.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Circle Internet Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T61V2V3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,546,274.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLXY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galaxy Digital Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0120SWLS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,349,002.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mara Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001K7WBT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,281,186.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>000660 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Sk Hynix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQVT51</x:t>
   </x:si>
   <x:si>
     <x:t>1,955</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,474,893.76</x:t>
-[...5 lines deleted...]
-    <x:t>RIOT US</x:t>
+    <x:t>$1,267,743.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Riot Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ4512</x:t>
   </x:si>
   <x:si>
     <x:t>83,097</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,420,127.73</x:t>
-[...23 lines deleted...]
-    <x:t>CMPO US</x:t>
+    <x:t>$1,194,103.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,135,709.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solaris Energy Infrastructure Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G7D6C05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,319.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPGI</x:t>
   </x:si>
   <x:si>
     <x:t>Composecure Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XTTT297</x:t>
   </x:si>
   <x:si>
-    <x:t>50,231</x:t>
-[...8 lines deleted...]
-    <x:t>VST US</x:t>
+    <x:t>58,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,027,777.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,001,903.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VST</x:t>
   </x:si>
   <x:si>
     <x:t>Vistra Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DXDL6Q1</x:t>
   </x:si>
   <x:si>
     <x:t>6,439</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,138,543.98</x:t>
-[...5 lines deleted...]
-    <x:t>SE US</x:t>
+    <x:t>$974,156.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleanspark Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MB89V6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$962,950.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKER NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aker Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2P156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$935,602.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vertiv Holdings Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L2B8KW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$874,496.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nrg Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D8RG11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,665.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,927.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QNTM LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Quantum Computing Ucits ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V30CCS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,981.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bullish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W8QW0N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$757,145.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Talen Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GWQVVD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,231.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETHV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Ethereum ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NX8ZGV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,227.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENPH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enphase Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R3MNY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,631.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SE</x:t>
   </x:si>
   <x:si>
     <x:t>Sea Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTBWMG5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,668</x:t>
-[...167 lines deleted...]
-    <x:t>HOOD US</x:t>
+    <x:t>8,668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$691,619.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Renewable Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DJKCL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,829.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHOP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shopify Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008HBD923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,835.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOOD</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NMBXN8</x:t>
   </x:si>
   <x:si>
-    <x:t>10,022</x:t>
-[...26 lines deleted...]
-    <x:t>IBKR US</x:t>
+    <x:t>9,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,502.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBKR</x:t>
   </x:si>
   <x:si>
     <x:t>Interactive Brokers Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LV0836</x:t>
   </x:si>
   <x:si>
     <x:t>9,843</x:t>
   </x:si>
   <x:si>
-    <x:t>$733,106.64</x:t>
-[...95 lines deleted...]
-    <x:t>LGN US</x:t>
+    <x:t>$667,749.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williams Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWVCP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,883.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Electric Power Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB9KF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,337.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LGN</x:t>
   </x:si>
   <x:si>
     <x:t>Legence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WRYRPZ1</x:t>
   </x:si>
   <x:si>
     <x:t>10,889</x:t>
   </x:si>
   <x:si>
-    <x:t>$624,157.48</x:t>
-[...20 lines deleted...]
-    <x:t>MIR US</x:t>
+    <x:t>$567,970.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dt Midstream Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112Z58J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,178.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MELI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercadolibre Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQPB11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,472.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIR</x:t>
   </x:si>
   <x:si>
     <x:t>Mirion Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VHJ1K96</x:t>
   </x:si>
   <x:si>
     <x:t>28,073</x:t>
   </x:si>
   <x:si>
-    <x:t>$615,360.16</x:t>
-[...23 lines deleted...]
-    <x:t>CEG US</x:t>
+    <x:t>$542,370.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEG</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014KFRNP7</x:t>
   </x:si>
   <x:si>
     <x:t>1,830</x:t>
   </x:si>
   <x:si>
-    <x:t>$592,114.80</x:t>
-[...56 lines deleted...]
-    <x:t>FUTU US</x:t>
+    <x:t>$530,260.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUTU</x:t>
   </x:si>
   <x:si>
     <x:t>Futu Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MYXW4R8</x:t>
   </x:si>
   <x:si>
     <x:t>3,656</x:t>
   </x:si>
   <x:si>
-    <x:t>$560,537.92</x:t>
-[...5 lines deleted...]
-    <x:t>OPRA US</x:t>
+    <x:t>$511,986.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3443 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global Unichip Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FM8B65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,055.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K1D4S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,660.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S39JX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$477,556.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPRA</x:t>
   </x:si>
   <x:si>
     <x:t>Opera Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LBLDHJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>36,169</x:t>
-[...26 lines deleted...]
-    <x:t>WYFI US</x:t>
+    <x:t>32,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,660.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BITF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitfarms Ltd/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZTS4J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>195,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$452,438.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WYFI</x:t>
   </x:si>
   <x:si>
     <x:t>Whitefiber Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W3459T0</x:t>
   </x:si>
   <x:si>
     <x:t>29,526</x:t>
   </x:si>
   <x:si>
-    <x:t>$546,526.26</x:t>
-[...89 lines deleted...]
-    <x:t>HIVE US</x:t>
+    <x:t>$425,469.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VSOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Solana ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJKBZM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$410,669.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,408.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMNR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bitmine Immersion Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWFL03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,007.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIVE</x:t>
   </x:si>
   <x:si>
     <x:t>Hive Blockchain Technologies Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSWHL3</x:t>
   </x:si>
   <x:si>
     <x:t>176,753</x:t>
   </x:si>
   <x:si>
-    <x:t>$402,996.84</x:t>
-[...92 lines deleted...]
-    <x:t>LMND US</x:t>
+    <x:t>$371,181.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3350 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metaplanet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QCBL87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,998.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMND</x:t>
   </x:si>
   <x:si>
     <x:t>Lemonade Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BM5YC05</x:t>
   </x:si>
   <x:si>
     <x:t>4,075</x:t>
   </x:si>
   <x:si>
-    <x:t>$224,817.75</x:t>
-[...5 lines deleted...]
-    <x:t>BE US</x:t>
+    <x:t>$272,495.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RPI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspberry Pi Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N605KK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,954</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,087.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE</x:t>
   </x:si>
   <x:si>
     <x:t>Bloom Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7KBZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,077</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>1,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,411.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>ABXX CN</x:t>
   </x:si>
   <x:si>
     <x:t>Abaxx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GR78Q9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,027</x:t>
-[...11 lines deleted...]
-    <x:t>Babcock &amp; Wilcox Enterprises Inc</x:t>
+    <x:t>6,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,569.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PURR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyperliquid Strategies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y593H53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,060.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNTN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canton Strategic Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012QFR2V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$71,810.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZCSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grayscale Zcash Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0133B2R11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,013.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Streamex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006MM6RH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,209.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>10,726</x:t>
-[...80 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>152,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,190.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>-NOK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$.72</x:t>
+    <x:t>$.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>242</x:t>
   </x:si>
   <x:si>
-    <x:t>$.17</x:t>
+    <x:t>$.16</x:t>
   </x:si>
   <x:si>
     <x:t>-JPY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>782</x:t>
   </x:si>
   <x:si>
-    <x:t>$5.01</x:t>
+    <x:t>$4.93</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>29</x:t>
   </x:si>
   <x:si>
-    <x:t>$34.18</x:t>
-[...11 lines deleted...]
-    <x:t>-0.08%</x:t>
+    <x:t>$33.56</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$252,273.55</x:t>
-[...2 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$8,649.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1276,60 +1240,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a0bd4e520b940f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6f19158ae9ab490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7df4cad0c194967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459aa705e0494b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rca0ec848bbc7442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R77f9b07476614a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I72"/>
+  <x:dimension ref="A1:I70"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
-    <x:col min="3" max="3" width="48" customWidth="1"/>
+    <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
@@ -2045,80 +2009,80 @@
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
@@ -2219,283 +2183,283 @@
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
@@ -2625,790 +2589,732 @@
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>349</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
+      <x:c r="G64" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="G67" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A70" s="1">
-[...60 lines deleted...]
-      <x:c r="B72" s="2" t="s">
+      <x:c r="A70" s="2" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="B70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C72" s="2" t="s">
+      <x:c r="C70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D72" s="2" t="s">
+      <x:c r="D70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E72" s="2" t="s">
+      <x:c r="E70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F72" s="2" t="s">
+      <x:c r="F70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G72" s="2" t="s">
+      <x:c r="G70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H72" s="2" t="s">
+      <x:c r="H70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I72" s="2" t="s">
+      <x:c r="I70" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A72:I72"/>
+    <x:mergeCell ref="A70:I70"/>
   </x:mergeCells>
 </x:worksheet>
 </file>