--- v0 (2025-12-07)
+++ v1 (2025-12-16)
@@ -1,567 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474df8f4ebb74ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f0193dfeaf4074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251204" sheetId="1" r:id="R5556d09b3d874e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251212" sheetId="1" r:id="R3bcc4ceac0194eac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="171">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>281,834</x:t>
+    <x:t>275,944</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$285,917,774.66</x:t>
+    <x:t>$283,535,219.44</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>23.88%</x:t>
+    <x:t>23.97%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>819,032</x:t>
-[...5 lines deleted...]
-    <x:t>9.06%</x:t>
+    <x:t>801,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,310,799.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.99%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>956,736</x:t>
-[...5 lines deleted...]
-    <x:t>8.06%</x:t>
+    <x:t>936,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,159,389.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.88%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,504,479</x:t>
-[...5 lines deleted...]
-    <x:t>6.03%</x:t>
+    <x:t>1,473,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,917,398.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.25%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLB481</x:t>
   </x:si>
   <x:si>
-    <x:t>1,181,508</x:t>
-[...5 lines deleted...]
-    <x:t>4.79%</x:t>
+    <x:t>1,156,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,464,530.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMHYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,390,090.02</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR2B91</x:t>
   </x:si>
   <x:si>
-    <x:t>2,164,007</x:t>
-[...5 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>2,118,797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,770,902.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>67,787</x:t>
-[...23 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>66,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,013,533.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.57%</x:t>
   </x:si>
   <x:si>
     <x:t>AZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ0DK8</x:t>
   </x:si>
   <x:si>
-    <x:t>592,160</x:t>
-[...5 lines deleted...]
-    <x:t>4.45%</x:t>
+    <x:t>579,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,082,535.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
-    <x:t>1,014,946</x:t>
-[...5 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>993,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,081,965.81</x:t>
   </x:si>
   <x:si>
     <x:t>ABBV US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbvie Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025Y4RY4</x:t>
   </x:si>
   <x:si>
-    <x:t>226,115</x:t>
-[...5 lines deleted...]
-    <x:t>4.32%</x:t>
+    <x:t>221,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,440,814.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
   </x:si>
   <x:si>
     <x:t>SNY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBD5N1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,014,716</x:t>
-[...5 lines deleted...]
-    <x:t>4.14%</x:t>
+    <x:t>993,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,364,358.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>127,402</x:t>
-[...5 lines deleted...]
-    <x:t>3.59%</x:t>
+    <x:t>124,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,159,002.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.65%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>320,221</x:t>
-[...5 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>313,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,203,588.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,498,948</x:t>
-[...5 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>3,425,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,614,034.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CD58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>927,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,633,501.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>TAK US</x:t>
   </x:si>
   <x:si>
     <x:t>Takeda Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LF8708</x:t>
   </x:si>
   <x:si>
-    <x:t>1,922,095</x:t>
-[...23 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>1,881,936</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,968,142.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viatris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4RQNH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>628,681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,324,133.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
-    <x:t>43,655</x:t>
-[...2 lines deleted...]
-    <x:t>$7,286,456.05</x:t>
+    <x:t>42,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,159,787.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
-    <x:t>VTRS US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>233,901</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>229,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,875,750.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
-    <x:t>54,266</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>53,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,674,996.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>AXSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Axsome Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6G7GL7</x:t>
   </x:si>
   <x:si>
-    <x:t>28,358</x:t>
-[...2 lines deleted...]
-    <x:t>$4,198,118.32</x:t>
+    <x:t>27,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,113,643.71</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>220,321</x:t>
-[...5 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>215,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,492,761.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>OGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZQRGW24</x:t>
   </x:si>
   <x:si>
-    <x:t>175,529</x:t>
-[...2 lines deleted...]
-    <x:t>$1,253,277.06</x:t>
+    <x:t>171,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,232,264.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
-    <x:t>72,126</x:t>
-[...2 lines deleted...]
-    <x:t>$972,979.74</x:t>
+    <x:t>70,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$927,959.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>5,085</x:t>
+    <x:t>915,637</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,084.54</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$915,637.35</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,219,428.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$2,025,773.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +580,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9832ef9923024105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96f118c189744a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5556d09b3d874e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9956f7b60c94c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra3785631ce654328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bcc4ceac0194eac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -865,665 +856,665 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>