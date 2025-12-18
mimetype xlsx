--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -1,555 +1,561 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f0193dfeaf4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33f8d70d97345a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251212" sheetId="1" r:id="R3bcc4ceac0194eac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251217" sheetId="1" r:id="R4ff8bae85929424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="171">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/12/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
     <x:t>275,944</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$283,535,219.44</x:t>
+    <x:t>$287,475,699.76</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>23.97%</x:t>
+    <x:t>24.26%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>801,922</x:t>
-[...5 lines deleted...]
-    <x:t>8.99%</x:t>
+    <x:t>801,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,282,717.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.14%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>936,746</x:t>
-[...5 lines deleted...]
-    <x:t>7.88%</x:t>
+    <x:t>936,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,905,873.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.84%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,473,045</x:t>
-[...5 lines deleted...]
-    <x:t>6.25%</x:t>
+    <x:t>1,473,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,366,786.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.94%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLB481</x:t>
   </x:si>
   <x:si>
-    <x:t>1,156,823</x:t>
-[...5 lines deleted...]
-    <x:t>4.77%</x:t>
+    <x:t>1,156,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,348,409.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMHYD1</x:t>
   </x:si>
   <x:si>
-    <x:t>266,519</x:t>
-[...2 lines deleted...]
-    <x:t>$56,390,090.02</x:t>
+    <x:t>266,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,056,310.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,530,345.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>993,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,214,348.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR2B91</x:t>
   </x:si>
   <x:si>
-    <x:t>2,118,797</x:t>
-[...23 lines deleted...]
-    <x:t>4.57%</x:t>
+    <x:t>2,118,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,054,301.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>AZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ0DK8</x:t>
   </x:si>
   <x:si>
-    <x:t>579,790</x:t>
-[...2 lines deleted...]
-    <x:t>$52,082,535.70</x:t>
+    <x:t>579,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,099,390.24</x:t>
   </x:si>
   <x:si>
     <x:t>4.40%</x:t>
   </x:si>
   <x:si>
-    <x:t>BMY US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>ABBV US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbvie Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025Y4RY4</x:t>
   </x:si>
   <x:si>
     <x:t>221,390</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,440,814.80</x:t>
-[...2 lines deleted...]
-    <x:t>4.18%</x:t>
+    <x:t>$49,659,990.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>SNY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBD5N1</x:t>
   </x:si>
   <x:si>
-    <x:t>993,516</x:t>
-[...5 lines deleted...]
-    <x:t>4.09%</x:t>
+    <x:t>993,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,827,571.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
     <x:t>124,737</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,159,002.00</x:t>
-[...2 lines deleted...]
-    <x:t>3.65%</x:t>
+    <x:t>$42,779,801.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>313,531</x:t>
-[...5 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>313,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,328,798.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,425,844</x:t>
-[...5 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>3,425,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,641,522.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>927,610</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>927,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,883,776.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>TAK US</x:t>
   </x:si>
   <x:si>
     <x:t>Takeda Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LF8708</x:t>
   </x:si>
   <x:si>
-    <x:t>1,881,936</x:t>
-[...5 lines deleted...]
-    <x:t>2.28%</x:t>
+    <x:t>1,881,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,231,396.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>VTRS US</x:t>
   </x:si>
   <x:si>
     <x:t>Viatris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RQNH4</x:t>
   </x:si>
   <x:si>
-    <x:t>628,681</x:t>
-[...2 lines deleted...]
-    <x:t>$7,324,133.65</x:t>
+    <x:t>628,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,355,497.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
     <x:t>42,745</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,159,787.50</x:t>
-[...2 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>$7,049,291.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>229,016</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>229,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,056,607.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
     <x:t>53,131</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,674,996.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$4,371,618.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>AXSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Axsome Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6G7GL7</x:t>
   </x:si>
   <x:si>
     <x:t>27,763</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,113,643.71</x:t>
+    <x:t>$4,108,924.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>215,717</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>215,714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,471,169.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>OGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZQRGW24</x:t>
   </x:si>
   <x:si>
-    <x:t>171,864</x:t>
-[...2 lines deleted...]
-    <x:t>$1,232,264.88</x:t>
+    <x:t>171,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,201,308.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
     <x:t>70,621</x:t>
   </x:si>
   <x:si>
-    <x:t>$927,959.94</x:t>
+    <x:t>$943,496.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>915,637</x:t>
+    <x:t>936,680</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$915,637.35</x:t>
+    <x:t>$936,680.33</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,025,773.61</x:t>
+    <x:t>$1,960,877.59</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -580,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9956f7b60c94c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra3785631ce654328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bcc4ceac0194eac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re477404b476a4cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R51191dfada094b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ff8bae85929424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -856,665 +862,665 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>