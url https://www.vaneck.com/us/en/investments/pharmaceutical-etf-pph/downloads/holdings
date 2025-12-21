--- v2 (2025-12-18)
+++ v3 (2025-12-21)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33f8d70d97345a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reddef1e9cfe9479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251217" sheetId="1" r:id="R4ff8bae85929424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251218" sheetId="1" r:id="R4de2fdf717d54b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
   <x:si>
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>275,944</x:t>
+    <x:t>273,588</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$287,475,699.76</x:t>
+    <x:t>$289,149,685.44</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>24.26%</x:t>
+    <x:t>24.50%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>801,916</x:t>
-[...5 lines deleted...]
-    <x:t>9.14%</x:t>
+    <x:t>795,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,548,848.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.11%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>936,740</x:t>
-[...5 lines deleted...]
-    <x:t>7.84%</x:t>
+    <x:t>928,740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,514,830.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.92%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,473,033</x:t>
-[...5 lines deleted...]
-    <x:t>5.94%</x:t>
+    <x:t>1,460,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,532,167.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.89%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLB481</x:t>
   </x:si>
   <x:si>
-    <x:t>1,156,814</x:t>
-[...5 lines deleted...]
-    <x:t>4.75%</x:t>
+    <x:t>1,146,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,385,442.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMHYD1</x:t>
   </x:si>
   <x:si>
-    <x:t>266,516</x:t>
-[...5 lines deleted...]
-    <x:t>4.73%</x:t>
+    <x:t>264,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,043,834.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>66,372</x:t>
-[...2 lines deleted...]
-    <x:t>$53,530,345.44</x:t>
+    <x:t>65,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,339,711.36</x:t>
   </x:si>
   <x:si>
     <x:t>4.52%</x:t>
   </x:si>
   <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,601,227.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
-    <x:t>993,732</x:t>
-[...23 lines deleted...]
-    <x:t>4.48%</x:t>
+    <x:t>985,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,543,169.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
   </x:si>
   <x:si>
     <x:t>AZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ0DK8</x:t>
   </x:si>
   <x:si>
-    <x:t>579,784</x:t>
-[...5 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>574,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,085,527.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBV US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbvie Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025Y4RY4</x:t>
   </x:si>
   <x:si>
-    <x:t>221,390</x:t>
-[...5 lines deleted...]
-    <x:t>4.19%</x:t>
+    <x:t>219,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,908,990.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
   </x:si>
   <x:si>
     <x:t>SNY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBD5N1</x:t>
   </x:si>
   <x:si>
-    <x:t>993,510</x:t>
-[...5 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>985,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,271,397.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>124,737</x:t>
-[...5 lines deleted...]
-    <x:t>3.61%</x:t>
+    <x:t>123,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,119,869.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>313,528</x:t>
-[...2 lines deleted...]
-    <x:t>$38,328,798.00</x:t>
+    <x:t>310,850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,159,946.00</x:t>
   </x:si>
   <x:si>
     <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,425,817</x:t>
-[...5 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>3,396,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,422,160.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>927,604</x:t>
-[...5 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>919,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,884,758.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.36%</x:t>
   </x:si>
   <x:si>
     <x:t>TAK US</x:t>
   </x:si>
   <x:si>
     <x:t>Takeda Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LF8708</x:t>
   </x:si>
   <x:si>
-    <x:t>1,881,921</x:t>
-[...5 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>1,865,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,670,540.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>VTRS US</x:t>
   </x:si>
   <x:si>
     <x:t>Viatris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RQNH4</x:t>
   </x:si>
   <x:si>
-    <x:t>628,675</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>623,305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,442,261.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
-    <x:t>42,745</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>42,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,035,246.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>229,013</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>227,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,015,689.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
-    <x:t>53,131</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>52,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,295,282.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>AXSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Axsome Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6G7GL7</x:t>
   </x:si>
   <x:si>
-    <x:t>27,763</x:t>
-[...5 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>27,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,046,175.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>215,714</x:t>
-[...2 lines deleted...]
-    <x:t>$1,471,169.48</x:t>
+    <x:t>213,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,458,607.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>OGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZQRGW24</x:t>
   </x:si>
   <x:si>
-    <x:t>171,861</x:t>
-[...2 lines deleted...]
-    <x:t>$1,201,308.39</x:t>
+    <x:t>170,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,165,488.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
-    <x:t>70,621</x:t>
-[...2 lines deleted...]
-    <x:t>$943,496.56</x:t>
+    <x:t>70,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$931,952.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>936,680</x:t>
+    <x:t>935,934</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$936,680.33</x:t>
+    <x:t>$935,933.69</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,960,877.59</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$1,928,391.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re477404b476a4cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R51191dfada094b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4ff8bae85929424b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383174480e1a4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f132e2c16f5455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4de2fdf717d54b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">