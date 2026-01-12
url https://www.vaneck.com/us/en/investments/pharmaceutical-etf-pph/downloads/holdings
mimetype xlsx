--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,561 +1,552 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reddef1e9cfe9479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664f609773a64732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20251218" sheetId="1" r:id="R4de2fdf717d54b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260108" sheetId="1" r:id="R2228063e042849ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="170">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>273,588</x:t>
+    <x:t>230,117</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$289,149,685.44</x:t>
+    <x:t>$249,720,667.23</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>24.50%</x:t>
+    <x:t>20.52%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>795,068</x:t>
-[...5 lines deleted...]
-    <x:t>9.11%</x:t>
+    <x:t>866,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,564,056.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.07%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>928,740</x:t>
-[...5 lines deleted...]
-    <x:t>7.92%</x:t>
+    <x:t>1,005,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,629,746.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.17%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,460,453</x:t>
-[...5 lines deleted...]
-    <x:t>5.89%</x:t>
+    <x:t>1,507,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,455,703.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,004,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,156,469.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,217,259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,074,480.11</x:t>
   </x:si>
   <x:si>
     <x:t>GSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLB481</x:t>
   </x:si>
   <x:si>
-    <x:t>1,146,934</x:t>
-[...5 lines deleted...]
-    <x:t>4.69%</x:t>
+    <x:t>1,062,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,368,794.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ0DK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>562,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,851,857.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,528,606.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBD5N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,065,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,306,098.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.22%</x:t>
   </x:si>
   <x:si>
     <x:t>JNJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMHYD1</x:t>
   </x:si>
   <x:si>
-    <x:t>264,240</x:t>
-[...77 lines deleted...]
-    <x:t>4.41%</x:t>
+    <x:t>249,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,249,033.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBV US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbvie Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025Y4RY4</x:t>
   </x:si>
   <x:si>
-    <x:t>219,500</x:t>
-[...23 lines deleted...]
-    <x:t>4.00%</x:t>
+    <x:t>228,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,207,429.36</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>123,671</x:t>
-[...5 lines deleted...]
-    <x:t>3.57%</x:t>
+    <x:t>139,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,871,989.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>310,850</x:t>
-[...5 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>329,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,761,049.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,396,561</x:t>
-[...5 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>3,529,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,436,410.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takeda Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LF8708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,971,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,268,249.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>919,682</x:t>
-[...23 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>992,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,267,475.40</x:t>
   </x:si>
   <x:si>
     <x:t>VTRS US</x:t>
   </x:si>
   <x:si>
     <x:t>Viatris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RQNH4</x:t>
   </x:si>
   <x:si>
-    <x:t>623,305</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>713,502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,990,125.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
-    <x:t>42,381</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>44,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,098,273.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axsome Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6G7GL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,388,072.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>227,057</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>226,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,260,025.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
-    <x:t>52,677</x:t>
-[...23 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>58,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,995.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>213,872</x:t>
-[...2 lines deleted...]
-    <x:t>$1,458,607.04</x:t>
+    <x:t>189,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,470,060.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>OGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZQRGW24</x:t>
   </x:si>
   <x:si>
-    <x:t>170,393</x:t>
-[...5 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>180,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,463,440.65</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
-    <x:t>70,019</x:t>
-[...5 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>72,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,690.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>935,934</x:t>
+    <x:t>-386,163</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$935,933.69</x:t>
+    <x:t>$-386,163.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,928,391.62</x:t>
+    <x:t>$1,905,809.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -586,51 +577,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383174480e1a4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f132e2c16f5455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4de2fdf717d54b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R438904ff0f504321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd0ed4539005b4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2228063e042849ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -862,665 +853,665 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>