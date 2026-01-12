--- v4 (2026-01-12)
+++ v5 (2026-01-12)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664f609773a64732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7dbe0080a14214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260108" sheetId="1" r:id="R2228063e042849ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260108" sheetId="1" r:id="R699210502ab247cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="170">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -577,51 +577,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R438904ff0f504321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd0ed4539005b4770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2228063e042849ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re188f49272e64af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdb7896d5a8e9447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R699210502ab247cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">