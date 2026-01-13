--- v5 (2026-01-12)
+++ v6 (2026-01-13)
@@ -1,555 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7dbe0080a14214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff1058a23bf462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260108" sheetId="1" r:id="R699210502ab247cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260112" sheetId="1" r:id="Re77ae30fe9814d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="170">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="171">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>230,117</x:t>
+    <x:t>227,123</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$249,720,667.23</x:t>
+    <x:t>$245,519,963.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>20.52%</x:t>
+    <x:t>20.41%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>866,422</x:t>
-[...5 lines deleted...]
-    <x:t>10.07%</x:t>
+    <x:t>855,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,276,663.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.08%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>1,005,764</x:t>
-[...5 lines deleted...]
-    <x:t>9.17%</x:t>
+    <x:t>992,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,389,855.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.01%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,507,773</x:t>
-[...5 lines deleted...]
-    <x:t>7.10%</x:t>
+    <x:t>1,488,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,080,479.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,188,399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,300,842.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
-    <x:t>1,004,588</x:t>
-[...20 lines deleted...]
-    <x:t>$56,074,480.11</x:t>
+    <x:t>991,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,296,568.47</x:t>
   </x:si>
   <x:si>
     <x:t>GSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLB481</x:t>
   </x:si>
   <x:si>
-    <x:t>1,062,700</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>1,048,867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,852,408.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZ0DK8</x:t>
   </x:si>
   <x:si>
-    <x:t>562,194</x:t>
-[...5 lines deleted...]
-    <x:t>4.34%</x:t>
+    <x:t>554,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,953,133.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMHYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,557,774.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>63,254</x:t>
-[...5 lines deleted...]
-    <x:t>4.23%</x:t>
+    <x:t>62,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,542,630.98</x:t>
   </x:si>
   <x:si>
     <x:t>SNY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBD5N1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,065,990</x:t>
-[...23 lines deleted...]
-    <x:t>4.21%</x:t>
+    <x:t>1,052,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$50,080,674.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBV US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbvie Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025Y4RY4</x:t>
   </x:si>
   <x:si>
-    <x:t>228,472</x:t>
-[...2 lines deleted...]
-    <x:t>$51,207,429.36</x:t>
+    <x:t>225,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,618,799.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>139,608</x:t>
-[...5 lines deleted...]
-    <x:t>3.85%</x:t>
+    <x:t>137,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,146,226.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>329,216</x:t>
-[...5 lines deleted...]
-    <x:t>3.43%</x:t>
+    <x:t>324,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,720,478.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,529,523</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>3,483,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,104,257.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CD58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>979,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,121,805.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>TAK US</x:t>
   </x:si>
   <x:si>
     <x:t>Takeda Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LF8708</x:t>
   </x:si>
   <x:si>
-    <x:t>1,971,182</x:t>
-[...20 lines deleted...]
-    <x:t>$32,267,475.40</x:t>
+    <x:t>1,945,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,634,203.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
   </x:si>
   <x:si>
     <x:t>VTRS US</x:t>
   </x:si>
   <x:si>
     <x:t>Viatris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RQNH4</x:t>
   </x:si>
   <x:si>
-    <x:t>713,502</x:t>
-[...2 lines deleted...]
-    <x:t>$8,990,125.20</x:t>
+    <x:t>704,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,929,433.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
-    <x:t>44,295</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>43,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,155,925.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>AXSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Axsome Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6G7GL7</x:t>
   </x:si>
   <x:si>
-    <x:t>32,158</x:t>
-[...2 lines deleted...]
-    <x:t>$5,388,072.90</x:t>
+    <x:t>31,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,612,443.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELAN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elanco Animal Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LJYS1P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>223,389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,332,295.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>ELAN US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
-    <x:t>58,445</x:t>
-[...2 lines deleted...]
-    <x:t>$2,134,995.85</x:t>
+    <x:t>57,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,155,036.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
+    <x:t>OGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organon &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZQRGW24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,442,615.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>189,197</x:t>
-[...20 lines deleted...]
-    <x:t>$1,463,440.65</x:t>
+    <x:t>186,734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,398,637.66</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
-    <x:t>72,700</x:t>
-[...2 lines deleted...]
-    <x:t>$1,068,690.00</x:t>
+    <x:t>71,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,974.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-386,163</x:t>
+    <x:t>131,086</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-386,163.28</x:t>
-[...2 lines deleted...]
-    <x:t>-0.03%</x:t>
+    <x:t>$131,085.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,905,809.96</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$1,345,872.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -577,51 +580,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re188f49272e64af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdb7896d5a8e9447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R699210502ab247cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c87569d033e49fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3c6ca42c3c841c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re77ae30fe9814d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -969,109 +972,109 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
@@ -1172,346 +1175,346 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>