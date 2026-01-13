--- v6 (2026-01-13)
+++ v7 (2026-01-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ff1058a23bf462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13df5668d8304b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260112" sheetId="1" r:id="Re77ae30fe9814d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260112" sheetId="1" r:id="R87611e9342784872"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="171">
   <x:si>
     <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -580,51 +580,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c87569d033e49fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd3c6ca42c3c841c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re77ae30fe9814d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc7de11887242e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R707d79d649c74aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87611e9342784872" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">