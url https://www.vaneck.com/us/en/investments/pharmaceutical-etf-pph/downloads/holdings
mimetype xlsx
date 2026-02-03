--- v7 (2026-01-13)
+++ v8 (2026-02-03)
@@ -1,558 +1,576 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13df5668d8304b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232eb27991ed4940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260112" sheetId="1" r:id="R87611e9342784872"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260130" sheetId="1" r:id="R66595ae445fa4018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="171">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="177">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>227,123</x:t>
+    <x:t>216,201</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$245,519,963.00</x:t>
+    <x:t>$224,232,867.15</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>20.41%</x:t>
+    <x:t>19.38%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>855,145</x:t>
-[...5 lines deleted...]
-    <x:t>10.08%</x:t>
+    <x:t>814,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,034,738.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.46%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>992,672</x:t>
-[...5 lines deleted...]
-    <x:t>9.01%</x:t>
+    <x:t>944,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,201,621.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,488,147</x:t>
-[...5 lines deleted...]
-    <x:t>7.41%</x:t>
+    <x:t>1,416,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,190,380.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.28%</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR2B91</x:t>
   </x:si>
   <x:si>
-    <x:t>2,188,399</x:t>
-[...2 lines deleted...]
-    <x:t>$55,300,842.73</x:t>
+    <x:t>2,083,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,080,971.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMHYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>234,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,181,954.00</x:t>
   </x:si>
   <x:si>
     <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>BMY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bristol-Myers Squibb Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DQLV23</x:t>
   </x:si>
   <x:si>
-    <x:t>991,511</x:t>
-[...2 lines deleted...]
-    <x:t>$55,296,568.47</x:t>
+    <x:t>943,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,959,988.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>GSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Gsk Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLB481</x:t>
   </x:si>
   <x:si>
-    <x:t>1,048,867</x:t>
-[...5 lines deleted...]
-    <x:t>4.39%</x:t>
+    <x:t>998,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,520,484.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,411,278.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZNCF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Astrazeneca Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>264,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,985,343.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
   </x:si>
   <x:si>
     <x:t>AZN US</x:t>
   </x:si>
   <x:si>
-    <x:t>Astrazeneca Plc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG000BZ0DK8</x:t>
   </x:si>
   <x:si>
-    <x:t>554,877</x:t>
-[...38 lines deleted...]
-    <x:t>$51,542,630.98</x:t>
+    <x:t>Other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>528,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>other</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbvie Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0025Y4RY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>214,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,869,988.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencora Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MDCQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>131,179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,122,120.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
   </x:si>
   <x:si>
     <x:t>SNY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBD5N1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,052,115</x:t>
-[...41 lines deleted...]
-    <x:t>3.92%</x:t>
+    <x:t>1,001,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,113,570.56</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>324,932</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>309,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,607,949.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,483,581</x:t>
-[...5 lines deleted...]
-    <x:t>2.84%</x:t>
+    <x:t>3,316,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,720,415.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takeda Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LF8708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,852,030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,910,476.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>979,622</x:t>
-[...23 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>932,543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,781,065.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
   </x:si>
   <x:si>
     <x:t>VTRS US</x:t>
   </x:si>
   <x:si>
     <x:t>Viatris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RQNH4</x:t>
   </x:si>
   <x:si>
-    <x:t>704,214</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>670,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,775,208.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
-    <x:t>43,719</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>41,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,844,428.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>AXSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Axsome Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6G7GL7</x:t>
   </x:si>
   <x:si>
-    <x:t>31,741</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>30,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,565,087.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>ELAN US</x:t>
   </x:si>
   <x:si>
     <x:t>Elanco Animal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LJYS1P8</x:t>
   </x:si>
   <x:si>
-    <x:t>223,389</x:t>
-[...2 lines deleted...]
-    <x:t>$5,332,295.43</x:t>
+    <x:t>212,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,120,443.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
-    <x:t>57,683</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>54,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,189,700.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>OGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZQRGW24</x:t>
   </x:si>
   <x:si>
-    <x:t>177,662</x:t>
-[...2 lines deleted...]
-    <x:t>$1,442,615.44</x:t>
+    <x:t>169,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,444,301.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>186,734</x:t>
-[...2 lines deleted...]
-    <x:t>$1,398,637.66</x:t>
+    <x:t>177,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,336.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
-    <x:t>71,752</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>68,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,855.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...2 lines deleted...]
-    <x:t>131,086</x:t>
+    <x:t>689,404</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$131,085.95</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$689,404.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,345,872.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$-96,292,881.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-8.32%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -580,56 +598,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc7de11887242e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R707d79d649c74aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87611e9342784872" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ee9fd0830647e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0057639c776648f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66595ae445fa4018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I31"/>
+  <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -856,674 +874,732 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+    </x:row>
+    <x:row r="31" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A31" s="1">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B31" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="C31" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I30" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A31" s="2" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B31" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I31" s="2" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A32" s="1">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A33" s="2" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A31:I31"/>
+    <x:mergeCell ref="A33:I33"/>
   </x:mergeCells>
 </x:worksheet>
 </file>