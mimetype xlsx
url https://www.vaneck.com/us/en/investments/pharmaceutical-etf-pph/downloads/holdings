--- v8 (2026-02-03)
+++ v9 (2026-02-23)
@@ -1,576 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232eb27991ed4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c6fd7bec16479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260130" sheetId="1" r:id="R66595ae445fa4018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260220" sheetId="1" r:id="R128cc6bcb4c24974"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="177">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/30/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>216,201</x:t>
+    <x:t>239,861</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$224,232,867.15</x:t>
+    <x:t>$242,144,476.72</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.38%</x:t>
+    <x:t>18.30%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>814,062</x:t>
-[...5 lines deleted...]
-    <x:t>10.46%</x:t>
+    <x:t>903,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,913,295.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.10%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>944,968</x:t>
-[...5 lines deleted...]
-    <x:t>9.00%</x:t>
+    <x:t>1,048,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,173,349.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.69%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,416,631</x:t>
-[...5 lines deleted...]
-    <x:t>7.28%</x:t>
+    <x:t>1,571,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,527,168.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLB481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,107,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,931,434.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,047,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,519,937.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMHYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,957,678.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,953</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,489,148.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
   </x:si>
   <x:si>
     <x:t>PFE US</x:t>
   </x:si>
   <x:si>
     <x:t>Pfizer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR2B91</x:t>
   </x:si>
   <x:si>
-    <x:t>2,083,244</x:t>
-[...80 lines deleted...]
-    <x:t>AZNCF US</x:t>
+    <x:t>2,311,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,593,346.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG000D3MHB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,597,403.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abbvie Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0025Y4RY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,534,904.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencora Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MDCQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,550,861.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi Sa/France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBD5N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,111,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,957,794.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0039320N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343,153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,191,243.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haleon Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018GZNCH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,679,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,462,803.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Takeda Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LF8708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,054,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,340,328.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEVA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teva Pharmaceutical Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0CD58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,034,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,403,532.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTRS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viatris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y4RQNH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>743,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,840,261.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JAZZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jazz Pharmaceuticals Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G9CGL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,947,601.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXSM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Axsome Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6G7GL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,157,559.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELAN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elanco Animal Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LJYS1P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,893,031.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CORT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corcept Therapeutics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJG33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,121,652.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organon &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZQRGW24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,034.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bausch Health Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DLFM21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,208,909.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Perrigo Co Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CNFQW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,134,726.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>264,015</x:t>
-[...293 lines deleted...]
-    <x:t>689,404</x:t>
+    <x:t>-3,192</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$689,404.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$-3,192.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-96,292,881.28</x:t>
-[...2 lines deleted...]
-    <x:t>-8.32%</x:t>
+    <x:t>$288,158.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -598,56 +586,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ee9fd0830647e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0057639c776648f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66595ae445fa4018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d5085995a149a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcb64622a6655458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R128cc6bcb4c24974" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I33"/>
+  <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1001,605 +989,547 @@
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A31" s="1">
-[...34 lines deleted...]
-      <x:c r="C32" s="1" t="s">
+      <x:c r="A31" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I33" s="2" t="s">
+      <x:c r="B31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H31" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A33:I33"/>
+    <x:mergeCell ref="A31:I31"/>
   </x:mergeCells>
 </x:worksheet>
 </file>