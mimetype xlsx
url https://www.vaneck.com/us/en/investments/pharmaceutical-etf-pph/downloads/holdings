--- v9 (2026-02-23)
+++ v10 (2026-03-16)
@@ -1,564 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c6fd7bec16479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reecbe8cbd935425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260220" sheetId="1" r:id="R128cc6bcb4c24974"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PPH_asof_20260312" sheetId="1" r:id="R779040e7ad3b4132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/20/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>LLY US</x:t>
   </x:si>
   <x:si>
     <x:t>Eli Lilly &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNBDC2</x:t>
   </x:si>
   <x:si>
-    <x:t>239,861</x:t>
+    <x:t>243,868</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$242,144,476.72</x:t>
+    <x:t>$238,320,003.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>18.30%</x:t>
+    <x:t>18.67%</x:t>
   </x:si>
   <x:si>
     <x:t>NVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LYF3S8</x:t>
   </x:si>
   <x:si>
-    <x:t>903,137</x:t>
-[...2 lines deleted...]
-    <x:t>$146,913,295.79</x:t>
+    <x:t>918,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,636,669.00</x:t>
   </x:si>
   <x:si>
     <x:t>11.10%</x:t>
   </x:si>
   <x:si>
     <x:t>MRK US</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPD168</x:t>
   </x:si>
   <x:si>
-    <x:t>1,048,367</x:t>
-[...5 lines deleted...]
-    <x:t>9.69%</x:t>
+    <x:t>1,065,884</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,546,614.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JNJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMHYD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,892,024.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,323,115.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,349,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,116,165.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DQLV23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,064,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,760,763.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLB481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,126,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,131,655.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>NVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Novo Nordisk A/S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQBKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,571,640</x:t>
-[...56 lines deleted...]
-    <x:t>$62,957,678.70</x:t>
+    <x:t>1,597,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,752,119.98</x:t>
   </x:si>
   <x:si>
     <x:t>4.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>MCK US</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>AZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Astrazeneca Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D3MHB4</x:t>
   </x:si>
   <x:si>
-    <x:t>291,858</x:t>
-[...5 lines deleted...]
-    <x:t>4.50%</x:t>
+    <x:t>296,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,118,022.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBV US</x:t>
   </x:si>
   <x:si>
     <x:t>Abbvie Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0025Y4RY4</x:t>
   </x:si>
   <x:si>
-    <x:t>238,134</x:t>
-[...5 lines deleted...]
-    <x:t>4.05%</x:t>
+    <x:t>242,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,565,006.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>145,538</x:t>
-[...5 lines deleted...]
-    <x:t>3.97%</x:t>
+    <x:t>147,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,180,915.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
   </x:si>
   <x:si>
     <x:t>SNY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sanofi Sa/France</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBD5N1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,111,159</x:t>
-[...5 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>1,129,725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,289,901.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86%</x:t>
   </x:si>
   <x:si>
     <x:t>ZTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Zoetis Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0039320N9</x:t>
   </x:si>
   <x:si>
-    <x:t>343,153</x:t>
-[...5 lines deleted...]
-    <x:t>3.34%</x:t>
+    <x:t>348,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,282,262.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
   </x:si>
   <x:si>
     <x:t>HLN US</x:t>
   </x:si>
   <x:si>
     <x:t>Haleon Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG018GZNCH6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,679,042</x:t>
-[...5 lines deleted...]
-    <x:t>3.13%</x:t>
+    <x:t>3,740,516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,666,996.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>TAK US</x:t>
   </x:si>
   <x:si>
     <x:t>Takeda Pharmaceutical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LF8708</x:t>
   </x:si>
   <x:si>
-    <x:t>2,054,680</x:t>
-[...5 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>2,089,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,121,761.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>TEVA US</x:t>
   </x:si>
   <x:si>
     <x:t>Teva Pharmaceutical Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0CD58</x:t>
   </x:si>
   <x:si>
-    <x:t>1,034,586</x:t>
-[...5 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>1,051,874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,819,908.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>VTRS US</x:t>
   </x:si>
   <x:si>
     <x:t>Viatris Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y4RQNH4</x:t>
   </x:si>
   <x:si>
-    <x:t>743,735</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>756,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,435,063.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>JAZZ US</x:t>
   </x:si>
   <x:si>
     <x:t>Jazz Pharmaceuticals Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G9CGL0</x:t>
   </x:si>
   <x:si>
-    <x:t>46,156</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>46,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,462,056.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELAN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elanco Animal Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LJYS1P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>239,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,439,934.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>AXSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Axsome Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6G7GL7</x:t>
   </x:si>
   <x:si>
-    <x:t>33,516</x:t>
-[...23 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>34,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,251,793.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>CORT US</x:t>
   </x:si>
   <x:si>
     <x:t>Corcept Therapeutics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJG33</x:t>
   </x:si>
   <x:si>
-    <x:t>60,932</x:t>
-[...2 lines deleted...]
-    <x:t>$2,121,652.24</x:t>
+    <x:t>61,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,006,528.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>OGN US</x:t>
   </x:si>
   <x:si>
     <x:t>Organon &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZQRGW24</x:t>
   </x:si>
   <x:si>
-    <x:t>187,628</x:t>
-[...5 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>190,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,207,523.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>BHC US</x:t>
   </x:si>
   <x:si>
     <x:t>Bausch Health Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DLFM21</x:t>
   </x:si>
   <x:si>
-    <x:t>197,212</x:t>
-[...5 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>200,506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,555.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>PRGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Perrigo Co Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CNFQW6</x:t>
   </x:si>
   <x:si>
-    <x:t>75,800</x:t>
-[...2 lines deleted...]
-    <x:t>$1,134,726.00</x:t>
+    <x:t>77,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,952.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-3,192</x:t>
+    <x:t>-1,177</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,192.05</x:t>
+    <x:t>$-1,177.07</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$288,158.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$4,234,408.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d5085995a149a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcb64622a6655458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R128cc6bcb4c24974" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5826cf2dd8245ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97dd40e6d0c54e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R779040e7ad3b4132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="45" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1413,114 +1416,114 @@
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>