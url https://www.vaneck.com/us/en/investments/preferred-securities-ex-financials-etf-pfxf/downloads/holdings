--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -1,1578 +1,1563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fd30e977bcc4614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e320d5875244325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20251204" sheetId="1" r:id="R1e0d6d6441774862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260108" sheetId="1" r:id="R8d546fae3c8f4dfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1194" uniqueCount="510">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1184" uniqueCount="505">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK4ZRJ2</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>3,210,030</x:t>
-[...2 lines deleted...]
-    <x:t>$212,536,086.30</x:t>
+    <x:t>2,913,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,462,962.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.62%</x:t>
+    <x:t>10.09%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LV4WBY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,389,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,460,708.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W930WV7</x:t>
   </x:si>
   <x:si>
-    <x:t>823,679</x:t>
-[...23 lines deleted...]
-    <x:t>3.43%</x:t>
+    <x:t>846,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,627,980.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCK7GY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,176,224</x:t>
-[...5 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>1,208,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,001,231.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2DDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,175,677</x:t>
-[...5 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>$60,056,142.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SXPFJW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>897,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,437,737.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PPJ0VC2</x:t>
   </x:si>
   <x:si>
-    <x:t>882,165</x:t>
-[...23 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>906,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,697,967.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.68%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK639J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,711,275.75</x:t>
-[...2 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>$43,683,081.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>At&amp;T Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RQ352H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,114,230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,079,488.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX4QB45</x:t>
   </x:si>
   <x:si>
-    <x:t>365,607</x:t>
-[...20 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>375,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,642,046.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Pg&amp;E Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R36JXP2</x:t>
   </x:si>
   <x:si>
-    <x:t>946,857</x:t>
-[...5 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>972,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,203,288.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S3K7WZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>409,282</x:t>
-[...5 lines deleted...]
-    <x:t>1.78%</x:t>
+    <x:t>420,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,473,990.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2JZLQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,555,556</x:t>
-[...5 lines deleted...]
-    <x:t>1.73%</x:t>
+    <x:t>1,597,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,045,397.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>Bruker Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1L3C62</x:t>
   </x:si>
   <x:si>
-    <x:t>81,162</x:t>
-[...5 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>83,360</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,383,179.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brightspring Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L7PD8B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>241,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,824,428.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQ59KW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,215,331.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V2VQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,449,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,778,029.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC7GB81</x:t>
   </x:si>
   <x:si>
-    <x:t>368,732</x:t>
-[...50 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>378,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,466,827.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMM2WS0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,058,599</x:t>
-[...5 lines deleted...]
-    <x:t>1.32%</x:t>
+    <x:t>1,087,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,182,975.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Capital Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYGW6R4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,029,190</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>1,057,117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,681,633.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2080</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R9QQ665</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,571,508.92</x:t>
-[...2 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>$24,887,478.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qxo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DWHM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,709,291.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annaly Capital Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H90PC80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>869,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,320,479.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFVPTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>381,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,100,881.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Qwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL95T81</x:t>
   </x:si>
   <x:si>
-    <x:t>1,149,757</x:t>
-[...38 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>1,180,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,611,366.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PG22V92</x:t>
   </x:si>
   <x:si>
-    <x:t>890,985</x:t>
-[...2 lines deleted...]
-    <x:t>$19,646,219.25</x:t>
+    <x:t>915,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,737,548.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Ford Motor Co</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R0Z68W3</x:t>
   </x:si>
   <x:si>
-    <x:t>940,976</x:t>
-[...5 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>966,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,470,575.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJK39N6</x:t>
   </x:si>
   <x:si>
-    <x:t>808,652</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>830,590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,801,265.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P7H3R42</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,525,465.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$19,544,577.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Dte Energy Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4WK1D2</x:t>
   </x:si>
   <x:si>
-    <x:t>705,734</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>724,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,933,481.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N8T9ZV6</x:t>
   </x:si>
   <x:si>
-    <x:t>741,018</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>761,123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,886,390.50</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RP2VDV0</x:t>
   </x:si>
   <x:si>
-    <x:t>664,565</x:t>
-[...17 lines deleted...]
-    <x:t>$17,122,029.93</x:t>
+    <x:t>682,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,378,868.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMRZ0W2</x:t>
   </x:si>
   <x:si>
-    <x:t>676,332</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>694,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,214,046.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Chs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059HJP87</x:t>
   </x:si>
   <x:si>
-    <x:t>631,042</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>648,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,020,786.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Sce Trust Vii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K70N2K4</x:t>
   </x:si>
   <x:si>
-    <x:t>646,920</x:t>
-[...2 lines deleted...]
-    <x:t>$16,024,208.40</x:t>
+    <x:t>664,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,605,155.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XD33QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,563,508.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/15/2062</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0193X8P90</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,871,957.66</x:t>
+    <x:t>$16,461,979.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>10/15/2060</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Telephone And Data Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01230NF56</x:t>
   </x:si>
   <x:si>
-    <x:t>811,592</x:t>
-[...5 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>833,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,422,077.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007X1PZ37</x:t>
   </x:si>
   <x:si>
-    <x:t>608,694</x:t>
-[...2 lines deleted...]
-    <x:t>$15,631,261.92</x:t>
+    <x:t>625,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,917,795.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GGWSZ35</x:t>
   </x:si>
   <x:si>
-    <x:t>776,309</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>797,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,102,187.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2078</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LYC4DB4</x:t>
   </x:si>
   <x:si>
-    <x:t>588,110</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>604,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,932,536.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007386NT5</x:t>
   </x:si>
   <x:si>
-    <x:t>579,288</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>595,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,779,949.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JB0SD3</x:t>
   </x:si>
   <x:si>
-    <x:t>546,941</x:t>
-[...2 lines deleted...]
-    <x:t>$13,421,932.14</x:t>
+    <x:t>561,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,898,437.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PH21MV7</x:t>
   </x:si>
   <x:si>
-    <x:t>520,478</x:t>
-[...2 lines deleted...]
-    <x:t>$13,147,274.28</x:t>
+    <x:t>534,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,674,965.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JPYXQD8</x:t>
   </x:si>
   <x:si>
-    <x:t>499,895</x:t>
-[...2 lines deleted...]
-    <x:t>$12,462,382.35</x:t>
+    <x:t>513,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,903,124.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC9NL24</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,440,656.80</x:t>
+    <x:t>$12,832,786.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005ZV53B7</x:t>
   </x:si>
   <x:si>
-    <x:t>494,013</x:t>
-[...2 lines deleted...]
-    <x:t>$12,409,606.56</x:t>
+    <x:t>507,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,741,215.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Property Preferred Lp</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YPMQY4</x:t>
   </x:si>
   <x:si>
-    <x:t>789,362</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>810,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,615,627.88</x:t>
   </x:si>
   <x:si>
     <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QFNHPB9</x:t>
   </x:si>
   <x:si>
-    <x:t>473,428</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>486,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,249,141.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RPWYK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,037,696.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J89QHK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>543,658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,933,293.10</x:t>
   </x:si>
   <x:si>
     <x:t>T-Mobile Usa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJKFXT5</x:t>
   </x:si>
   <x:si>
-    <x:t>462,842</x:t>
-[...14 lines deleted...]
-    <x:t>$11,537,369.56</x:t>
+    <x:t>475,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,904,091.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011BZQMW4</x:t>
   </x:si>
   <x:si>
-    <x:t>710,203</x:t>
-[...17 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>729,468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,795,497.56</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJLQVG9</x:t>
   </x:si>
   <x:si>
-    <x:t>471,431</x:t>
-[...2 lines deleted...]
-    <x:t>$10,847,627.31</x:t>
+    <x:t>484,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,103,095.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00ZF244C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,939,888.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transcanada Pipelines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRRTPH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,937,527.19</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01VKCJ9T0</x:t>
   </x:si>
   <x:si>
-    <x:t>464,372</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>476,968</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,874,870.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Algonquin Power &amp; Utilities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P5DR9F5</x:t>
   </x:si>
   <x:si>
-    <x:t>411,678</x:t>
-[...11 lines deleted...]
-    <x:t>$10,512,596.64</x:t>
+    <x:t>422,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,799,537.92</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1FSX99</x:t>
   </x:si>
   <x:si>
-    <x:t>405,794</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>416,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,674,376.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Arkansas Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKL54F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>495,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,397,039.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7B27C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>483,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,375,420.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000007527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,359,751.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Vi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GZXFVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,329,498.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Viii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRV0P42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,025,726.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HFWWNC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,004,594.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rlj Lodging Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HLJLDS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>389,018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,725,450.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chimera Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G2HF7Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,183,966.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngl Energy Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GW2CPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,167,433.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust V</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CCPD5X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>362,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,046,552.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PYN2GP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,712,536.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Pitney Bowes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00465R7L5</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,262,844.35</x:t>
-[...146 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>422,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,696,228.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Umh Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRYWBV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388,897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,695,736.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WG9HJ74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>332,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,694,589.95</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QGJPJ13</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,525,731.94</x:t>
-[...14 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>$8,594,519.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013G1SJW5</x:t>
   </x:si>
   <x:si>
-    <x:t>511,658</x:t>
-[...2 lines deleted...]
-    <x:t>$8,314,442.50</x:t>
+    <x:t>525,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,482,134.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudson Pacific Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013CT86M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,076,647.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NHKGBC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,984,780.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16MW47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>338,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,783,707.75</x:t>
   </x:si>
   <x:si>
     <x:t>Digitalbridge Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSSRRJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>378,390</x:t>
-[...50 lines deleted...]
-    <x:t>$7,732,950.16</x:t>
+    <x:t>388,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,638,304.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spire Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4W8GG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,620,292.59</x:t>
   </x:si>
   <x:si>
     <x:t>Mfa Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RZBL156</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,517,210.40</x:t>
-[...14 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$7,561,668.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbor Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TJZP16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>342,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,544,624.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Valley Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000006564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,514,759.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6BMLY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,498,856.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS213T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>326,196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,427,482.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HBVL409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,415,563.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two Harbors Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56P4S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,321,798.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Real Estate Finance Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZZN8QS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396,025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,227,456.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0036P9V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,074,247.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNQX11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,069,947.50</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HPSFZ72</x:t>
   </x:si>
   <x:si>
-    <x:t>341,573</x:t>
-[...122 lines deleted...]
-    <x:t>$6,790,814.80</x:t>
+    <x:t>350,845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,895,748.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LZCHCL0</x:t>
   </x:si>
   <x:si>
-    <x:t>305,814</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>314,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,819,458.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKPVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,748,995.24</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JF0SJ27</x:t>
   </x:si>
   <x:si>
-    <x:t>375,803</x:t>
-[...11 lines deleted...]
-    <x:t>$6,554,809.92</x:t>
+    <x:t>386,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,693,240.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin Bsp Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0132TDZ86</x:t>
   </x:si>
   <x:si>
-    <x:t>303,697</x:t>
-[...2 lines deleted...]
-    <x:t>$6,508,317.82</x:t>
+    <x:t>311,942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,669,319.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JGG7150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,551,633.58</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Mississippi Llc</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DS53GM6</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,428,210.28</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$6,499,060.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Brp Holdings Canada Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZYXLK13</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,397,476.12</x:t>
-[...11 lines deleted...]
-    <x:t>$6,347,851.00</x:t>
+    <x:t>$6,482,259.84</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TY1JG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,259,913.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$6,451,467.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y92GY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,237,626.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Bip Bermuda Holdings I Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014HQXWV3</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,139,938.00</x:t>
-[...8 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$6,096,274.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013JY1B83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,929,960.75</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QS5P1J0</x:t>
   </x:si>
   <x:si>
-    <x:t>304,407</x:t>
-[...14 lines deleted...]
-    <x:t>$5,654,802.14</x:t>
+    <x:t>312,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,915,602.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennymac Mortgage Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01259VZ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,708,423.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pennymac Mortgage Investment Trust</x:t>
-[...5 lines deleted...]
-    <x:t>$5,513,550.00</x:t>
+    <x:t>02/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C6LWHT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,403,370.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XP8MXT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,337,900.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J36ZR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,266,282.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2068</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXKGCS7</x:t>
   </x:si>
   <x:si>
-    <x:t>588,346</x:t>
-[...32 lines deleted...]
-    <x:t>$5,151,861.12</x:t>
+    <x:t>604,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,262,314.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YSLQY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,069,832.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Infrastructure Finance Ulc</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011384SM5</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,993,070.88</x:t>
-[...8 lines deleted...]
-    <x:t>$4,966,419.36</x:t>
+    <x:t>$4,998,646.15</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014CSSDT5</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,869,567.36</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$4,971,463.18</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X28PK32</x:t>
   </x:si>
   <x:si>
-    <x:t>373,976</x:t>
-[...5 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>384,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,636,372.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>410,012</x:t>
-[...5 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>-8,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-8,550.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,727,623.46</x:t>
+    <x:t>$4,408,776.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1597,56 +1582,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd13038e0cb124112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra66a15e3398b4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e0d6d6441774862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b0a492392f4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R58cc27560ce148fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d546fae3c8f4dfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:K119"/>
+  <x:dimension ref="A1:K118"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
     <x:col min="11" max="11" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1765,86 +1750,86 @@
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="J4" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K4" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
@@ -1879,1005 +1864,1005 @@
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F9" s="1" t="s">
+      <x:c r="G9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F10" s="1" t="s">
+      <x:c r="G10" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F13" s="1" t="s">
+      <x:c r="G13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F14" s="1" t="s">
+      <x:c r="G14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E15" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F15" s="1" t="s">
+      <x:c r="G15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F16" s="1" t="s">
+      <x:c r="G16" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F17" s="1" t="s">
+      <x:c r="G17" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="G21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D22" s="1" t="s">
+      <x:c r="G22" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="G23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="G25" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D26" s="1" t="s">
+      <x:c r="G26" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="G27" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F27" s="1" t="s">
+      <x:c r="J27" s="1" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="G28" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>151</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F35" s="1" t="s">
+      <x:c r="G35" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
@@ -2952,226 +2937,226 @@
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F42" s="1" t="s">
+      <x:c r="G42" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -3232,868 +3217,868 @@
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F53" s="1" t="s">
+      <x:c r="G53" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="G59" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="G62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F63" s="1" t="s">
+      <x:c r="G63" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F64" s="1" t="s">
+      <x:c r="G64" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="G64" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F65" s="1" t="s">
+      <x:c r="G65" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="G65" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="G67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F68" s="1" t="s">
+      <x:c r="G68" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="G68" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
         <x:v>318</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
@@ -4119,1696 +4104,1661 @@
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F73" s="1" t="s">
+      <x:c r="G73" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="G73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="G77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>352</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F78" s="1" t="s">
+      <x:c r="G78" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="G78" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F80" s="1" t="s">
+      <x:c r="H80" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="E82" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F82" s="1" t="s">
+      <x:c r="G82" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="G82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I82" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>403</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>413</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D95" s="1" t="s">
+      <x:c r="E95" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E95" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F95" s="1" t="s">
+      <x:c r="G95" s="1" t="s">
         <x:v>422</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="G96" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D97" s="1" t="s">
+      <x:c r="G97" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>427</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>448</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>450</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>451</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>453</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F106" s="1" t="s">
+      <x:c r="G106" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="G106" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="D107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C108" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="C108" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D108" s="1" t="s">
+      <x:c r="H108" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C109" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D109" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C109" s="1" t="s">
+      <x:c r="G109" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D109" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="E111" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>406</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="D116" s="1" t="s">
+      <x:c r="F116" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F116" s="1" t="s">
+      <x:c r="G116" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="G116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E117" s="1" t="s">
+      <x:c r="F117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="F117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="G117" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11" ht="15" customHeight="1">
-      <x:c r="A118" s="1">
-[...34 lines deleted...]
-      <x:c r="A119" s="2" t="s">
+      <x:c r="A118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B119" s="2" t="s">
+      <x:c r="B118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C119" s="2" t="s">
+      <x:c r="C118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D119" s="2" t="s">
+      <x:c r="D118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E119" s="2" t="s">
+      <x:c r="E118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F119" s="2" t="s">
+      <x:c r="F118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G119" s="2" t="s">
+      <x:c r="G118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H119" s="2" t="s">
+      <x:c r="H118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I119" s="2" t="s">
+      <x:c r="I118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J119" s="2" t="s">
+      <x:c r="J118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K119" s="2" t="s">
+      <x:c r="K118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:K1"/>
     <x:mergeCell ref="A2:K2"/>
-    <x:mergeCell ref="A119:K119"/>
+    <x:mergeCell ref="A118:K118"/>
   </x:mergeCells>
 </x:worksheet>
 </file>