--- v1 (2026-01-10)
+++ v2 (2026-01-16)
@@ -1,1563 +1,1563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e320d5875244325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac9cd05a9b445dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260108" sheetId="1" r:id="R8d546fae3c8f4dfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260114" sheetId="1" r:id="R03bde9b9f253459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1184" uniqueCount="505">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/14/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK4ZRJ2</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>2,913,254</x:t>
-[...2 lines deleted...]
-    <x:t>$209,462,962.60</x:t>
+    <x:t>2,924,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,589,339.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.09%</x:t>
+    <x:t>10.57%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV4WBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,389,352</x:t>
-[...5 lines deleted...]
-    <x:t>4.36%</x:t>
+    <x:t>1,394,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,522,371.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W930WV7</x:t>
   </x:si>
   <x:si>
-    <x:t>846,026</x:t>
-[...5 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>849,338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,197,706.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCK7GY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,208,130</x:t>
-[...5 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>1,212,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,626,373.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2DDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$60,056,142.30</x:t>
-[...2 lines deleted...]
-    <x:t>2.89%</x:t>
+    <x:t>$60,970,220.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SXPFJW2</x:t>
   </x:si>
   <x:si>
-    <x:t>897,038</x:t>
-[...5 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>900,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,192,628.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PPJ0VC2</x:t>
   </x:si>
   <x:si>
-    <x:t>906,100</x:t>
-[...5 lines deleted...]
-    <x:t>2.68%</x:t>
+    <x:t>909,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,152,356.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK639J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$43,683,081.00</x:t>
-[...2 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>$44,909,223.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RQ352H7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,114,230</x:t>
-[...5 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>2,122,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,815,694.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R36JXP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>976,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,552,019.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX4QB45</x:t>
   </x:si>
   <x:si>
-    <x:t>375,576</x:t>
-[...23 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>377,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,269,028.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S3K7WZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>420,401</x:t>
-[...2 lines deleted...]
-    <x:t>$36,473,990.76</x:t>
+    <x:t>422,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,140,224.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2JZLQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,597,757</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>1,604,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,475,232.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Bruker Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1L3C62</x:t>
   </x:si>
   <x:si>
-    <x:t>83,360</x:t>
-[...5 lines deleted...]
-    <x:t>1.61%</x:t>
+    <x:t>83,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,607,446.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Brightspring Health Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L7PD8B5</x:t>
   </x:si>
   <x:si>
-    <x:t>241,625</x:t>
-[...5 lines deleted...]
-    <x:t>1.53%</x:t>
+    <x:t>242,570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,259,074.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQ59KW0</x:t>
   </x:si>
   <x:si>
-    <x:t>$30,215,331.30</x:t>
-[...2 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>$30,345,632.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V2VQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,449,758</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>1,455,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,836,274.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC7GB81</x:t>
   </x:si>
   <x:si>
-    <x:t>378,751</x:t>
-[...5 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>380,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,635,593.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMM2WS0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,087,319</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>1,091,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,125,663.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Capital Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYGW6R4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,057,117</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>1,061,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,871,027.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2080</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R9QQ665</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,887,478.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>$25,154,612.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>Qxo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6DWHM8</x:t>
   </x:si>
   <x:si>
-    <x:t>347,338</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>348,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,349,511.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFVPTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,689,236.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H90PC80</x:t>
   </x:si>
   <x:si>
-    <x:t>869,855</x:t>
-[...23 lines deleted...]
-    <x:t>Canada</x:t>
+    <x:t>873,257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,396,946.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Qwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL95T81</x:t>
   </x:si>
   <x:si>
-    <x:t>1,180,949</x:t>
-[...5 lines deleted...]
-    <x:t>1.04%</x:t>
+    <x:t>1,185,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,719,569.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PG22V92</x:t>
   </x:si>
   <x:si>
-    <x:t>915,161</x:t>
-[...2 lines deleted...]
-    <x:t>$20,737,548.26</x:t>
+    <x:t>918,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,057,589.56</x:t>
   </x:si>
   <x:si>
     <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Ford Motor Co</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R0Z68W3</x:t>
   </x:si>
   <x:si>
-    <x:t>966,505</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>970,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,696,179.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJK39N6</x:t>
   </x:si>
   <x:si>
-    <x:t>830,590</x:t>
-[...2 lines deleted...]
-    <x:t>$19,801,265.60</x:t>
+    <x:t>833,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,112,196.68</x:t>
   </x:si>
   <x:si>
     <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P7H3R42</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,544,577.00</x:t>
+    <x:t>$19,821,186.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.94%</x:t>
   </x:si>
   <x:si>
+    <x:t>Cms Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N8T9ZV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>764,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,268,227.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dte Energy Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X4WK1D2</x:t>
   </x:si>
   <x:si>
-    <x:t>724,878</x:t>
-[...17 lines deleted...]
-    <x:t>$17,886,390.50</x:t>
+    <x:t>727,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,076,390.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RP2VDV0</x:t>
   </x:si>
   <x:si>
-    <x:t>682,595</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>685,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,467,481.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMRZ0W2</x:t>
   </x:si>
   <x:si>
-    <x:t>694,675</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>697,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,358,111.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>Chs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059HJP87</x:t>
   </x:si>
   <x:si>
-    <x:t>648,164</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>650,702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,002,843.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Sce Trust Vii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K70N2K4</x:t>
   </x:si>
   <x:si>
-    <x:t>664,472</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>667,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,770,215.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X8P90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,613,687.79</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2060</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XD33QT4</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,563,508.00</x:t>
-[...11 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>$16,491,881.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>Telephone And Data Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01230NF56</x:t>
   </x:si>
   <x:si>
-    <x:t>833,608</x:t>
-[...2 lines deleted...]
-    <x:t>$16,422,077.60</x:t>
+    <x:t>836,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,461,237.91</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007X1PZ37</x:t>
   </x:si>
   <x:si>
-    <x:t>625,208</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>627,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,130,759.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GGWSZ35</x:t>
   </x:si>
   <x:si>
-    <x:t>797,370</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>800,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,057,273.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2078</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LYC4DB4</x:t>
   </x:si>
   <x:si>
-    <x:t>604,067</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>606,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,948,598.10</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007386NT5</x:t>
   </x:si>
   <x:si>
-    <x:t>595,006</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>597,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,825,904.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JB0SD3</x:t>
   </x:si>
   <x:si>
-    <x:t>561,780</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>563,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,037,362.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PH21MV7</x:t>
   </x:si>
   <x:si>
-    <x:t>534,596</x:t>
-[...5 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>536,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,696,175.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Storage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VC9NL24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,978,975.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JPYXQD8</x:t>
   </x:si>
   <x:si>
-    <x:t>513,455</x:t>
-[...14 lines deleted...]
-    <x:t>$12,832,786.00</x:t>
+    <x:t>515,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,938,096.20</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005ZV53B7</x:t>
   </x:si>
   <x:si>
-    <x:t>507,416</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>509,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,893,040.55</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Property Preferred Lp</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YPMQY4</x:t>
   </x:si>
   <x:si>
-    <x:t>810,773</x:t>
-[...2 lines deleted...]
-    <x:t>$12,615,627.88</x:t>
+    <x:t>813,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,636,434.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QFNHPB9</x:t>
   </x:si>
   <x:si>
-    <x:t>486,270</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>488,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,326,267.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J89QHK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,105,444.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RPWYK82</x:t>
   </x:si>
   <x:si>
-    <x:t>480,355</x:t>
-[...17 lines deleted...]
-    <x:t>$11,933,293.10</x:t>
+    <x:t>482,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,998,031.68</x:t>
   </x:si>
   <x:si>
     <x:t>T-Mobile Usa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJKFXT5</x:t>
   </x:si>
   <x:si>
-    <x:t>475,403</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>477,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,945,967.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011BZQMW4</x:t>
   </x:si>
   <x:si>
-    <x:t>729,468</x:t>
-[...2 lines deleted...]
-    <x:t>$11,795,497.56</x:t>
+    <x:t>732,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,870,923.41</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJLQVG9</x:t>
   </x:si>
   <x:si>
-    <x:t>484,217</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>486,116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,170,945.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transcanada Pipelines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRRTPH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>448,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,087,945.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF244C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,939,888.96</x:t>
-[...14 lines deleted...]
-    <x:t>$10,937,527.19</x:t>
+    <x:t>$11,059,182.55</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VKCJ9T0</x:t>
   </x:si>
   <x:si>
-    <x:t>476,968</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>478,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,974,806.52</x:t>
   </x:si>
   <x:si>
     <x:t>Algonquin Power &amp; Utilities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P5DR9F5</x:t>
   </x:si>
   <x:si>
-    <x:t>422,848</x:t>
-[...2 lines deleted...]
-    <x:t>$10,799,537.92</x:t>
+    <x:t>424,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,856,774.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1FSX99</x:t>
   </x:si>
   <x:si>
-    <x:t>416,805</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>418,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,728,647.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7B27C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,596,034.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Vi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GZXFVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>576,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,568,591.19</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Arkansas Llc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKL54F2</x:t>
   </x:si>
   <x:si>
-    <x:t>495,333</x:t>
-[...14 lines deleted...]
-    <x:t>$10,375,420.44</x:t>
+    <x:t>497,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,561,972.32</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000007527</x:t>
   </x:si>
   <x:si>
-    <x:t>370,653</x:t>
-[...14 lines deleted...]
-    <x:t>$10,329,498.00</x:t>
+    <x:t>372,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,437,461.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>Sce Trust Viii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MRV0P42</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,025,726.08</x:t>
+    <x:t>$10,179,648.37</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HFWWNC6</x:t>
   </x:si>
   <x:si>
-    <x:t>392,645</x:t>
-[...2 lines deleted...]
-    <x:t>$10,004,594.60</x:t>
+    <x:t>394,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,039,866.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Rlj Lodging Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HLJLDS5</x:t>
   </x:si>
   <x:si>
-    <x:t>389,018</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>390,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,775,191.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngl Energy Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GW2CPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>381,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,249,038.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G2HF7Z4</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,183,966.55</x:t>
-[...14 lines deleted...]
-    <x:t>$9,167,433.12</x:t>
+    <x:t>$9,200,254.56</x:t>
   </x:si>
   <x:si>
     <x:t>Sce Trust V</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CCPD5X2</x:t>
   </x:si>
   <x:si>
-    <x:t>362,442</x:t>
-[...2 lines deleted...]
-    <x:t>$9,046,552.32</x:t>
+    <x:t>363,864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,107,515.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pitney Bowes Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00465R7L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,802,201.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Umh Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRYWBV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,800,021.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PYN2GP1</x:t>
   </x:si>
   <x:si>
-    <x:t>340,089</x:t>
-[...32 lines deleted...]
-    <x:t>$8,695,736.92</x:t>
+    <x:t>341,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,750,620.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WG9HJ74</x:t>
   </x:si>
   <x:si>
-    <x:t>332,235</x:t>
-[...2 lines deleted...]
-    <x:t>$8,694,589.95</x:t>
+    <x:t>333,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,738,512.20</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QGJPJ13</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,594,519.10</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$8,715,980.22</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013G1SJW5</x:t>
   </x:si>
   <x:si>
-    <x:t>525,535</x:t>
-[...2 lines deleted...]
-    <x:t>$8,482,134.90</x:t>
+    <x:t>527,587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,536,357.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013CT86M9</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,076,647.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>$8,067,031.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NHKGBC1</x:t>
   </x:si>
   <x:si>
-    <x:t>344,320</x:t>
-[...5 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>345,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,064,481.10</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2078</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M16MW47</x:t>
   </x:si>
   <x:si>
-    <x:t>338,275</x:t>
-[...2 lines deleted...]
-    <x:t>$7,783,707.75</x:t>
+    <x:t>339,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,946,593.20</x:t>
   </x:si>
   <x:si>
     <x:t>Digitalbridge Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSSRRJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>388,656</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>390,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,705,995.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>Spire Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P4W8GG8</x:t>
   </x:si>
   <x:si>
-    <x:t>302,033</x:t>
-[...2 lines deleted...]
-    <x:t>$7,620,292.59</x:t>
+    <x:t>303,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,656,103.00</x:t>
   </x:si>
   <x:si>
     <x:t>Mfa Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RZBL156</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,561,668.60</x:t>
-[...2 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$7,634,524.59</x:t>
   </x:si>
   <x:si>
     <x:t>Arbor Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012TJZP16</x:t>
   </x:si>
   <x:si>
-    <x:t>342,626</x:t>
-[...2 lines deleted...]
-    <x:t>$7,544,624.52</x:t>
+    <x:t>343,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,580,817.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6BMLY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>383,504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,558,863.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS213T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>327,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,545,000.96</x:t>
   </x:si>
   <x:si>
     <x:t>Tennessee Valley Authority</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000006564</x:t>
   </x:si>
   <x:si>
-    <x:t>309,887</x:t>
-[...26 lines deleted...]
-    <x:t>$7,427,482.92</x:t>
+    <x:t>311,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,541,112.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HBVL409</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,415,563.32</x:t>
+    <x:t>$7,521,068.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Real Estate Finance Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZZN8QS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>397,573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,279,561.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>Two Harbors Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56P4S7</x:t>
   </x:si>
   <x:si>
-    <x:t>306,865</x:t>
-[...17 lines deleted...]
-    <x:t>$7,227,456.25</x:t>
+    <x:t>308,062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,245,618.24</x:t>
   </x:si>
   <x:si>
     <x:t>Diversified Healthcare Trust</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2042</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0036P9V12</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,074,247.04</x:t>
-[...2 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>$7,173,454.10</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSNQX11</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,069,947.50</x:t>
+    <x:t>$7,158,725.84</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HPSFZ72</x:t>
   </x:si>
   <x:si>
-    <x:t>350,845</x:t>
-[...2 lines deleted...]
-    <x:t>$6,895,748.66</x:t>
+    <x:t>352,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,885,940.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LZCHCL0</x:t>
   </x:si>
   <x:si>
-    <x:t>314,116</x:t>
-[...2 lines deleted...]
-    <x:t>$6,819,458.36</x:t>
+    <x:t>315,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,871,454.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Louisiana Llc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKPVV28</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,748,995.24</x:t>
+    <x:t>$6,831,107.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Bsp Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0132TDZ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>313,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,767,517.26</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JF0SJ27</x:t>
   </x:si>
   <x:si>
-    <x:t>386,000</x:t>
-[...17 lines deleted...]
-    <x:t>$6,669,319.96</x:t>
+    <x:t>387,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,758,209.28</x:t>
   </x:si>
   <x:si>
     <x:t>Kimco Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JGG7150</x:t>
   </x:si>
   <x:si>
-    <x:t>316,046</x:t>
-[...2 lines deleted...]
-    <x:t>$6,551,633.58</x:t>
+    <x:t>317,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,599,403.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Mississippi Llc</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DS53GM6</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,499,060.04</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$6,578,180.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003TY1JG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,513,165.60</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Brp Holdings Canada Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZYXLK13</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,482,259.84</x:t>
-[...5 lines deleted...]
-    <x:t>$6,451,467.60</x:t>
+    <x:t>$6,444,368.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y92GY36</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,237,626.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$6,323,956.32</x:t>
   </x:si>
   <x:si>
     <x:t>Bip Bermuda Holdings I Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014HQXWV3</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,096,274.44</x:t>
+    <x:t>$6,211,158.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013JY1B83</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,929,960.75</x:t>
+    <x:t>$5,983,716.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QS5P1J0</x:t>
   </x:si>
   <x:si>
-    <x:t>312,664</x:t>
-[...2 lines deleted...]
-    <x:t>$5,915,602.88</x:t>
+    <x:t>313,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,967,010.88</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01259VZ98</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,708,423.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>$5,741,319.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2046</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C6LWHT6</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,403,370.37</x:t>
+    <x:t>$5,488,137.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP8MXT4</x:t>
   </x:si>
   <x:si>
-    <x:t>341,298</x:t>
-[...2 lines deleted...]
-    <x:t>$5,337,900.72</x:t>
+    <x:t>342,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,379,291.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J36ZR4</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,266,282.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$5,377,909.92</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2068</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXKGCS7</x:t>
   </x:si>
   <x:si>
-    <x:t>604,308</x:t>
-[...2 lines deleted...]
-    <x:t>$5,262,314.06</x:t>
+    <x:t>606,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,235,605.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Infrastructure Finance Ulc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011384SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,064,944.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013YSLQY5</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,069,832.24</x:t>
-[...14 lines deleted...]
-    <x:t>$4,998,646.15</x:t>
+    <x:t>$5,037,767.13</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014CSSDT5</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,971,463.18</x:t>
+    <x:t>$5,018,643.74</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X28PK32</x:t>
   </x:si>
   <x:si>
-    <x:t>384,125</x:t>
-[...5 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>385,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,534,799.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>-8,550</x:t>
-[...5 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>5,337,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,337,429.39</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,408,776.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>$2,383,414.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1582,51 +1582,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50b0a492392f4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R58cc27560ce148fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d546fae3c8f4dfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc513f365179144e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97868ecc9a154cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03bde9b9f253459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:K118"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
     <x:col min="11" max="11" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
@@ -2027,89 +2027,89 @@
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
@@ -2506,86 +2506,86 @@
       <x:c r="B26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
@@ -2730,468 +2730,468 @@
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -3217,366 +3217,366 @@
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F51" s="1" t="s">
+      <x:c r="G51" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -3602,2102 +3602,2102 @@
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F61" s="1" t="s">
+      <x:c r="G61" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="H61" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="G63" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F66" s="1" t="s">
+      <x:c r="G66" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>308</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>362</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I83" s="1" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D86" s="1" t="s">
+      <x:c r="E86" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E86" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F86" s="1" t="s">
+      <x:c r="G86" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="G86" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I96" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="C101" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D101" s="1" t="s">
+      <x:c r="E101" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>449</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="H110" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I110" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E113" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I113" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">