--- v2 (2026-01-16)
+++ v3 (2026-02-06)
@@ -1,1563 +1,1557 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac9cd05a9b445dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8aea933b9840cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260114" sheetId="1" r:id="R03bde9b9f253459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260204" sheetId="1" r:id="Rd94e87264bdd4f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1184" uniqueCount="505">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/14/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1184" uniqueCount="503">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK4ZRJ2</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>2,924,648</x:t>
-[...2 lines deleted...]
-    <x:t>$223,589,339.60</x:t>
+    <x:t>2,780,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$208,711,610.82</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.57%</x:t>
+    <x:t>9.78%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV4WBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,394,788</x:t>
-[...5 lines deleted...]
-    <x:t>4.75%</x:t>
+    <x:t>1,426,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,177,256.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W930WV7</x:t>
   </x:si>
   <x:si>
-    <x:t>849,338</x:t>
-[...5 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>868,949</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,148,312.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCK7GY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,212,855</x:t>
-[...5 lines deleted...]
-    <x:t>3.01%</x:t>
+    <x:t>1,240,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$69,538,410.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2DDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$60,970,220.85</x:t>
-[...2 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>$63,582,230.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SXPFJW2</x:t>
   </x:si>
   <x:si>
-    <x:t>900,548</x:t>
-[...5 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>921,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,853,746.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PPJ0VC2</x:t>
   </x:si>
   <x:si>
-    <x:t>909,646</x:t>
-[...5 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>930,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,905,683.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK639J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,909,223.02</x:t>
-[...2 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>$48,440,124.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.27%</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RQ352H7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,122,501</x:t>
-[...5 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>2,171,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,932,012.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Pg&amp;E Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R36JXP2</x:t>
   </x:si>
   <x:si>
-    <x:t>976,352</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>998,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,533,970.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX4QB45</x:t>
   </x:si>
   <x:si>
-    <x:t>377,043</x:t>
-[...5 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>385,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,796,666.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J2JZLQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,641,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,743,154.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S3K7WZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>422,048</x:t>
-[...20 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>431,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,089,583.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brightspring Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L7PD8B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,319,558.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duke Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NQ59KW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,195,496.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R1V2VQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,489,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,659,415.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>Bruker Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1L3C62</x:t>
   </x:si>
   <x:si>
-    <x:t>83,684</x:t>
-[...47 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>85,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,672,722.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC7GB81</x:t>
   </x:si>
   <x:si>
-    <x:t>380,236</x:t>
-[...5 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>389,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,176,139.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Capital Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYGW6R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,085,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,795,584.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XMM2WS0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,091,576</x:t>
-[...23 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>1,116,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,707,411.04</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2080</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R9QQ665</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,154,612.70</x:t>
+    <x:t>$25,326,177.11</x:t>
   </x:si>
   <x:si>
     <x:t>1.19%</x:t>
   </x:si>
   <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFVPTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,828,410.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qwest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL95T81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,212,950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,434,194.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Qxo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6DWHM8</x:t>
   </x:si>
   <x:si>
-    <x:t>348,697</x:t>
-[...23 lines deleted...]
-    <x:t>Canada</x:t>
+    <x:t>356,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,213,462.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H90PC80</x:t>
   </x:si>
   <x:si>
-    <x:t>873,257</x:t>
-[...23 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>893,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,202,065.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R0Z68W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>992,697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,511,743.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Sempra</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PG22V92</x:t>
   </x:si>
   <x:si>
-    <x:t>918,743</x:t>
-[...2 lines deleted...]
-    <x:t>$21,057,589.56</x:t>
+    <x:t>939,952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,318,111.36</x:t>
   </x:si>
   <x:si>
     <x:t>1.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>Ford Motor Co</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>03/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJK39N6</x:t>
   </x:si>
   <x:si>
-    <x:t>833,839</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>853,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,678,998.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P7H3R42</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,821,186.34</x:t>
-[...2 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>930,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,446,270.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N8T9ZV6</x:t>
   </x:si>
   <x:si>
-    <x:t>764,102</x:t>
-[...2 lines deleted...]
-    <x:t>$18,268,227.03</x:t>
+    <x:t>781,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,660,396.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dte Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4WK1D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>744,523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,456,725.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>Dte Energy Co</x:t>
-[...8 lines deleted...]
-    <x:t>$18,076,390.92</x:t>
+    <x:t>03/15/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RP2VDV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,080,982.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.85%</x:t>
   </x:si>
   <x:si>
-    <x:t>03/15/2085</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMRZ0W2</x:t>
   </x:si>
   <x:si>
-    <x:t>697,393</x:t>
-[...2 lines deleted...]
-    <x:t>$17,358,111.77</x:t>
+    <x:t>713,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,880,385.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059HJP87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,521,829.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>Chs Inc</x:t>
-[...8 lines deleted...]
-    <x:t>$17,002,843.26</x:t>
+    <x:t>Telephone And Data Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01230NF56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>856,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,218,282.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Vii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K70N2K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>682,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,095,923.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sce Trust Vii</x:t>
-[...8 lines deleted...]
-    <x:t>$16,770,215.22</x:t>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X8P90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,997,460.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XD33QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,956,351.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>08/15/2062</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>BBG007X1PZ37</x:t>
   </x:si>
   <x:si>
-    <x:t>627,656</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>642,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,541,732.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GGWSZ35</x:t>
   </x:si>
   <x:si>
-    <x:t>800,493</x:t>
-[...2 lines deleted...]
-    <x:t>$15,057,273.33</x:t>
+    <x:t>818,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,879,983.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007386NT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>611,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,357,671.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LYC4DB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,237,908.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2078</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JB0SD3</x:t>
   </x:si>
   <x:si>
-    <x:t>563,976</x:t>
-[...2 lines deleted...]
-    <x:t>$14,037,362.64</x:t>
+    <x:t>576,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,208,575.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PH21MV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,137,989.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.66%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00PH21MV7</x:t>
-[...8 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>BBG00JPYXQD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>527,368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,342,410.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005ZV53B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521,157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,268,657.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC9NL24</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,978,975.92</x:t>
-[...20 lines deleted...]
-    <x:t>$12,893,040.55</x:t>
+    <x:t>$13,201,430.55</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Property Preferred Lp</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YPMQY4</x:t>
   </x:si>
   <x:si>
-    <x:t>813,941</x:t>
-[...2 lines deleted...]
-    <x:t>$12,636,434.03</x:t>
+    <x:t>832,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,190,791.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QFNHPB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,715,920.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
-    <x:t>Bermuda</x:t>
-[...8 lines deleted...]
-    <x:t>$12,326,267.25</x:t>
+    <x:t>12/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J89QHK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>558,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,376,603.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2077</x:t>
-[...8 lines deleted...]
-    <x:t>$12,105,444.76</x:t>
+    <x:t>T-Mobile Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VJKFXT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>488,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,226,406.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG011BZQMW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>749,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,107,686.08</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00RPWYK82</x:t>
   </x:si>
   <x:si>
-    <x:t>482,236</x:t>
-[...26 lines deleted...]
-    <x:t>$11,870,923.41</x:t>
+    <x:t>493,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,102,439.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZF244C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,512,358.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJLQVG9</x:t>
   </x:si>
   <x:si>
-    <x:t>486,116</x:t>
-[...2 lines deleted...]
-    <x:t>$11,170,945.68</x:t>
+    <x:t>497,336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,473,541.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transcanada Pipelines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRRTPH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>459,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,303,583.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
-    <x:t>Transcanada Pipelines Ltd</x:t>
-[...8 lines deleted...]
-    <x:t>$11,087,945.33</x:t>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P5DR9F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>434,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,248,318.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKCJ9T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>489,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,228,347.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1FSX99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>428,102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,100,684.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00ZF244C5</x:t>
-[...23 lines deleted...]
-    <x:t>$10,856,774.70</x:t>
+    <x:t>Sce Trust Vi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GZXFVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>589,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,998,502.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7B27C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>496,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,954,378.29</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01X1FSX99</x:t>
-[...29 lines deleted...]
-    <x:t>$10,568,591.19</x:t>
+    <x:t>BBG000007527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,808,186.56</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Arkansas Llc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKL54F2</x:t>
   </x:si>
   <x:si>
-    <x:t>497,268</x:t>
-[...11 lines deleted...]
-    <x:t>$10,437,461.10</x:t>
+    <x:t>508,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,798,252.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Viii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRV0P42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,557,784.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
-    <x:t>Sce Trust Viii</x:t>
-[...5 lines deleted...]
-    <x:t>$10,179,648.37</x:t>
+    <x:t>BBG00HFWWNC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>403,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,307,862.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00HFWWNC6</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Rlj Lodging Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HLJLDS5</x:t>
   </x:si>
   <x:si>
-    <x:t>390,539</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>399,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,186,909.68</x:t>
   </x:si>
   <x:si>
     <x:t>Ngl Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GW2CPK3</x:t>
   </x:si>
   <x:si>
-    <x:t>381,561</x:t>
-[...5 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>390,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,587,781.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G2HF7Z4</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,200,254.56</x:t>
-[...14 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$9,501,300.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Umh Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRYWBV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,967,450.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WG9HJ74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,940,540.40</x:t>
   </x:si>
   <x:si>
     <x:t>Pitney Bowes Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00465R7L5</x:t>
   </x:si>
   <x:si>
-    <x:t>423,794</x:t>
-[...17 lines deleted...]
-    <x:t>$8,800,021.72</x:t>
+    <x:t>433,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,837,760.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QGJPJ13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,771,809.98</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PYN2GP1</x:t>
   </x:si>
   <x:si>
-    <x:t>341,421</x:t>
-[...23 lines deleted...]
-    <x:t>$8,715,980.22</x:t>
+    <x:t>349,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,743,079.12</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013G1SJW5</x:t>
   </x:si>
   <x:si>
-    <x:t>527,587</x:t>
-[...5 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>539,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,706,506.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NHKGBC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,310,704.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16MW47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>347,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,171,788.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013CT86M9</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,067,031.85</x:t>
-[...23 lines deleted...]
-    <x:t>$7,946,593.20</x:t>
+    <x:t>$8,163,656.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfa Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RZBL156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,937,152.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HBVL409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,877,042.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbor Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TJZP16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,826,411.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two Harbors Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56P4S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,794,574.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Valley Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000006564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,750,191.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spire Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P4W8GG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,749,070.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS213T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,745,962.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6BMLY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>392,369</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,719,428.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKLTM57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,716,498.63</x:t>
   </x:si>
   <x:si>
     <x:t>Digitalbridge Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSSRRJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>390,177</x:t>
-[...83 lines deleted...]
-    <x:t>$7,521,068.88</x:t>
+    <x:t>399,181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,656,291.58</x:t>
   </x:si>
   <x:si>
     <x:t>Kkr Real Estate Finance Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZZN8QS7</x:t>
   </x:si>
   <x:si>
-    <x:t>397,573</x:t>
-[...2 lines deleted...]
-    <x:t>$7,279,561.63</x:t>
+    <x:t>406,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,525,078.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0036P9V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,461,239.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNQX11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,324,035.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
-    <x:t>Two Harbors Investment Corp</x:t>
-[...26 lines deleted...]
-    <x:t>$7,158,725.84</x:t>
+    <x:t>BBG00LZCHCL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322,629</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,072,027.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Bsp Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0132TDZ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,008,618.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKPVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,961,985.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JF0SJ27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>396,454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,929,817.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HPSFZ72</x:t>
   </x:si>
   <x:si>
-    <x:t>352,222</x:t>
-[...50 lines deleted...]
-    <x:t>$6,758,209.28</x:t>
+    <x:t>360,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,900,702.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003TY1JG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,734,201.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Mississippi Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DS53GM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,687,195.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Kimco Realty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JGG7150</x:t>
   </x:si>
   <x:si>
-    <x:t>317,279</x:t>
-[...23 lines deleted...]
-    <x:t>$6,513,165.60</x:t>
+    <x:t>324,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,674,104.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y92GY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,585,297.09</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Brp Holdings Canada Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZYXLK13</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,444,368.48</x:t>
-[...8 lines deleted...]
-    <x:t>$6,323,956.32</x:t>
+    <x:t>$6,570,928.74</x:t>
   </x:si>
   <x:si>
     <x:t>Bip Bermuda Holdings I Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014HQXWV3</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,211,158.48</x:t>
+    <x:t>$6,291,024.77</x:t>
   </x:si>
   <x:si>
     <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013JY1B83</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,983,716.76</x:t>
+    <x:t>$6,097,572.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennymac Mortgage Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01259VZ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,067,727.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QS5P1J0</x:t>
   </x:si>
   <x:si>
-    <x:t>313,888</x:t>
-[...11 lines deleted...]
-    <x:t>$5,741,319.22</x:t>
+    <x:t>321,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,056,587.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C6LWHT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,766,822.49</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
-    <x:t>02/01/2046</x:t>
-[...5 lines deleted...]
-    <x:t>$5,488,137.20</x:t>
+    <x:t>BBG012J36ZR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,606,250.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP8MXT4</x:t>
   </x:si>
   <x:si>
-    <x:t>342,630</x:t>
-[...11 lines deleted...]
-    <x:t>$5,377,909.92</x:t>
+    <x:t>350,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,466,320.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Infrastructure Finance Ulc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011384SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,183,625.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YSLQY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,145,932.55</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2068</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXKGCS7</x:t>
   </x:si>
   <x:si>
-    <x:t>606,675</x:t>
-[...23 lines deleted...]
-    <x:t>$5,037,767.13</x:t>
+    <x:t>620,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,120,634.75</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014CSSDT5</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,018,643.74</x:t>
+    <x:t>$5,109,175.17</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X28PK32</x:t>
   </x:si>
   <x:si>
-    <x:t>385,628</x:t>
-[...2 lines deleted...]
-    <x:t>$1,534,799.44</x:t>
+    <x:t>394,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,376,906.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>990,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$990,255.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,494,872.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>0.11%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1582,51 +1576,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc513f365179144e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R97868ecc9a154cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03bde9b9f253459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f1a25b9e7b400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13819cc123764d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd94e87264bdd4f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:K118"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
     <x:col min="11" max="11" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
@@ -2097,226 +2091,226 @@
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D19" s="1" t="s">
+      <x:c r="G19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -2345,1658 +2339,1658 @@
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="G25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="G25" s="1" t="s">
+      <x:c r="J25" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F28" s="1" t="s">
+      <x:c r="G28" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="G28" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F33" s="1" t="s">
+      <x:c r="G33" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F35" s="1" t="s">
+      <x:c r="G35" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F36" s="1" t="s">
+      <x:c r="G36" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F37" s="1" t="s">
+      <x:c r="G37" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F38" s="1" t="s">
+      <x:c r="G38" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F44" s="1" t="s">
+      <x:c r="G44" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F58" s="1" t="s">
+      <x:c r="G58" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="G58" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>292</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F65" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H65" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>295</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -4008,1731 +4002,1731 @@
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F70" s="1" t="s">
+      <x:c r="G70" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F72" s="1" t="s">
+      <x:c r="G72" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="G72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="G73" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
+      <x:c r="H81" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I81" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E85" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D85" s="1" t="s">
+      <x:c r="G85" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F85" s="1" t="s">
+      <x:c r="H85" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I85" s="1" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D88" s="1" t="s">
+      <x:c r="G88" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="C90" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D90" s="1" t="s">
+      <x:c r="G90" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="E90" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D91" s="1" t="s">
+      <x:c r="H91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I91" s="1" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D92" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E93" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I93" s="1" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F94" s="1" t="s">
+      <x:c r="G94" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="G94" s="1" t="s">
+      <x:c r="H94" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I94" s="1" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F97" s="1" t="s">
+      <x:c r="G97" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="G97" s="1" t="s">
+      <x:c r="H97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I97" s="1" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F98" s="1" t="s">
+      <x:c r="G98" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="G98" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I100" s="1" t="s">
         <x:v>440</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="E101" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E102" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C107" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D107" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="C107" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E108" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H108" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I108" s="1" t="s">
         <x:v>467</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C111" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D111" s="1" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="E111" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F111" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="G111" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="C111" s="1" t="s">
+      <x:c r="H111" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I111" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="D111" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D115" s="1" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="E115" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F115" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="G115" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="D115" s="1" t="s">
+      <x:c r="H115" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I115" s="1" t="s">
         <x:v>493</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="E116" s="1" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E116" s="1" t="s">
+      <x:c r="H116" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I116" s="1" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C117" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E117" s="1" t="s">
+      <x:c r="H117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11" ht="15" customHeight="1">
       <x:c r="A118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E118" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F118" s="2" t="s">