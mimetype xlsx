--- v3 (2026-02-06)
+++ v4 (2026-03-01)
@@ -1,1557 +1,1545 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8aea933b9840cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77509719ecde4bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260204" sheetId="1" r:id="Rd94e87264bdd4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260226" sheetId="1" r:id="R798e2af2aa61473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1184" uniqueCount="503">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1174" uniqueCount="499">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK4ZRJ2</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>2,780,597</x:t>
-[...2 lines deleted...]
-    <x:t>$208,711,610.82</x:t>
+    <x:t>2,914,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,783,144.40</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.78%</x:t>
+    <x:t>9.45%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV4WBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,426,995</x:t>
-[...5 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>1,495,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$110,428,827.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W930WV7</x:t>
   </x:si>
   <x:si>
-    <x:t>868,949</x:t>
-[...5 lines deleted...]
-    <x:t>3.99%</x:t>
+    <x:t>910,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,065,700.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCK7GY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,240,871</x:t>
-[...5 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>1,300,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,887,974.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2DDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$63,582,230.04</x:t>
-[...2 lines deleted...]
-    <x:t>2.98%</x:t>
+    <x:t>$69,834,970.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SXPFJW2</x:t>
   </x:si>
   <x:si>
-    <x:t>921,339</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>965,589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,538,170.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PPJ0VC2</x:t>
   </x:si>
   <x:si>
-    <x:t>930,646</x:t>
-[...5 lines deleted...]
-    <x:t>2.81%</x:t>
+    <x:t>975,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,423,650.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.49%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK639J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,440,124.30</x:t>
+    <x:t>$51,254,327.20</x:t>
   </x:si>
   <x:si>
     <x:t>2.27%</x:t>
   </x:si>
   <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R36JXP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,046,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,945,226.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.12%</x:t>
+  </x:si>
+  <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RQ352H7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,171,518</x:t>
-[...2 lines deleted...]
-    <x:t>$41,932,012.58</x:t>
+    <x:t>2,275,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,312,524.09</x:t>
   </x:si>
   <x:si>
     <x:t>1.96%</x:t>
   </x:si>
   <x:si>
-    <x:t>Pg&amp;E Corp</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BBG01SX4QB45</x:t>
   </x:si>
   <x:si>
-    <x:t>385,759</x:t>
-[...5 lines deleted...]
-    <x:t>1.77%</x:t>
+    <x:t>404,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,807,714.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2JZLQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,641,052</x:t>
-[...2 lines deleted...]
-    <x:t>$36,743,154.28</x:t>
+    <x:t>1,719,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,920,793.88</x:t>
   </x:si>
   <x:si>
     <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S3K7WZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>431,787</x:t>
-[...5 lines deleted...]
-    <x:t>1.60%</x:t>
+    <x:t>452,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,403,202.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Brightspring Health Services Inc</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01L7PD8B5</x:t>
   </x:si>
   <x:si>
-    <x:t>248,174</x:t>
-[...5 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>260,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,817,597.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQ59KW0</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,195,496.94</x:t>
-[...2 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>$32,602,657.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V2VQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,489,044</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>1,560,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,553,865.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VC7GB81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,711,544.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xcel Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMM2WS0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,170,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,342,980.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nextera Energy Capital Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYGW6R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,137,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,999,386.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Bruker Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X1L3C62</x:t>
   </x:si>
   <x:si>
-    <x:t>85,626</x:t>
-[...47 lines deleted...]
-    <x:t>$27,707,411.04</x:t>
+    <x:t>89,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,855,668.80</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2080</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R9QQ665</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,326,177.11</x:t>
-[...2 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>$27,179,718.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qxo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6DWHM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>373,848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,868,368.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Novanta Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YFVPTD4</x:t>
   </x:si>
   <x:si>
-    <x:t>392,431</x:t>
-[...5 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>411,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,794,671.00</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Qwest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL95T81</x:t>
   </x:si>
   <x:si>
-    <x:t>1,212,950</x:t>
-[...20 lines deleted...]
-    <x:t>$23,213,462.22</x:t>
+    <x:t>1,271,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,577,063.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Annaly Capital Management Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H90PC80</x:t>
   </x:si>
   <x:si>
-    <x:t>893,418</x:t>
-[...2 lines deleted...]
-    <x:t>$23,202,065.46</x:t>
+    <x:t>936,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,325,697.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sempra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG22V92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>985,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,371,575.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>Ford Motor Co</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R0Z68W3</x:t>
   </x:si>
   <x:si>
-    <x:t>992,697</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>1,040,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,036,010.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2079</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJK39N6</x:t>
   </x:si>
   <x:si>
-    <x:t>853,094</x:t>
-[...5 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>894,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,392,923.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2059</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P7H3R42</x:t>
   </x:si>
   <x:si>
-    <x:t>930,645</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>975,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,125,929.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dte Energy Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X4WK1D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,725,857.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N8T9ZV6</x:t>
   </x:si>
   <x:si>
-    <x:t>781,751</x:t>
-[...20 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>819,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,327,640.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RP2VDV0</x:t>
   </x:si>
   <x:si>
-    <x:t>701,085</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>734,729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,132,343.16</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMRZ0W2</x:t>
   </x:si>
   <x:si>
-    <x:t>713,503</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>747,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,732,865.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Chs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059HJP87</x:t>
   </x:si>
   <x:si>
-    <x:t>665,723</x:t>
-[...5 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>697,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,265,445.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Vii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K70N2K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>715,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,043,713.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XD33QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,043,260.29</x:t>
   </x:si>
   <x:si>
     <x:t>Telephone And Data Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01230NF56</x:t>
   </x:si>
   <x:si>
-    <x:t>856,205</x:t>
-[...20 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>897,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,009,874.71</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2062</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0193X8P90</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,997,460.09</x:t>
-[...11 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>$17,619,061.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007X1PZ37</x:t>
   </x:si>
   <x:si>
-    <x:t>642,148</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>672,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,289,164.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2057</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GGWSZ35</x:t>
   </x:si>
   <x:si>
-    <x:t>818,978</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>858,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,235,346.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LYC4DB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,107,237.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007386NT5</x:t>
   </x:si>
   <x:si>
-    <x:t>611,129</x:t>
-[...20 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>640,517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,102,597.38</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JB0SD3</x:t>
   </x:si>
   <x:si>
-    <x:t>576,998</x:t>
-[...2 lines deleted...]
-    <x:t>$14,208,575.75</x:t>
+    <x:t>604,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,051,132.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PH21MV7</x:t>
   </x:si>
   <x:si>
-    <x:t>549,078</x:t>
-[...5 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>575,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,783,104.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JPYXQD8</x:t>
   </x:si>
   <x:si>
-    <x:t>527,368</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>552,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,000,498.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005ZV53B7</x:t>
   </x:si>
   <x:si>
-    <x:t>521,157</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>546,177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,905,666.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC9NL24</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,201,430.55</x:t>
+    <x:t>$13,901,072.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QFNHPB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>523,459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,374,377.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Property Preferred Lp</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011YPMQY4</x:t>
   </x:si>
   <x:si>
-    <x:t>832,752</x:t>
-[...2 lines deleted...]
-    <x:t>$13,190,791.68</x:t>
+    <x:t>849,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,251,122.53</x:t>
   </x:si>
   <x:si>
     <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00QFNHPB9</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>12/01/2077</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J89QHK2</x:t>
   </x:si>
   <x:si>
-    <x:t>558,385</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>585,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,998,322.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BZQMW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>785,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,815,018.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RPWYK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,681,512.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>T-Mobile Usa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJKFXT5</x:t>
   </x:si>
   <x:si>
-    <x:t>488,275</x:t>
-[...23 lines deleted...]
-    <x:t>$12,102,439.69</x:t>
+    <x:t>511,727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,675,157.96</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF244C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,512,358.13</x:t>
+    <x:t>$12,097,820.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VJLQVG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>521,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,043,809.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transcanada Pipelines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRRTPH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>481,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,942,192.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VKCJ9T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>513,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,795,524.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P5DR9F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>455,174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,792,875.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1FSX99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>448,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,692,496.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7B27C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>520,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,641,382.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Vi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GZXFVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>617,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,582,212.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Arkansas Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKL54F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>533,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,381,619.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000007527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>399,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,193,015.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Viii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRV0P42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,129,004.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HFWWNC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>422,623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,844,506.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rlj Lodging Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HLJLDS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,658,332.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ngl Energy Partners Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GW2CPK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>409,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,175,908.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chimera Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G2HF7Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,121,820.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QGJPJ13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,422,196.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WG9HJ74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>357,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,383,524.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Umh Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JRYWBV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,261,002.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PYN2GP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>366,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,250,588.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pitney Bowes Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00465R7L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>454,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,225,492.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013G1SJW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>565,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,215,041.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NHKGBC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,747,033.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16MW47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364,094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,694,528.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mfa Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RZBL156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,433,905.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6BMLY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411,248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,278,422.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HBVL409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,248,682.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia Power Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS213T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351,127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,233,928.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbor Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TJZP16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>368,785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,175,963.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Valley Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000006564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,115,191.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two Harbors Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56P4S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,095,824.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hudson Pacific Properties Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013CT86M9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,058,715.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKLTM57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>316,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,951,835.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0036P9V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,920,027.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSNQX11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,686,024.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Real Estate Finance Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZZN8QS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>426,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,613,667.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LZCHCL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>338,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,507,218.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digitalbridge Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSSRRJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>418,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,396,887.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vornado Realty Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JF0SJ27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,377,157.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKPVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,284,239.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Bsp Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0132TDZ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,236,834.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JGG7150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,225,508.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Mississippi Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DS53GM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,125,094.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003TY1JG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,116,281.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y92GY36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,995,335.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Brp Holdings Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZYXLK13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,970,989.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HPSFZ72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>377,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,722,632.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bip Bermuda Holdings I Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HQXWV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,652,006.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QS5P1J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>336,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,426,536.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013JY1B83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,338,876.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennymac Mortgage Investment Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01259VZ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,195,281.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C6LWHT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,984,593.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012J36ZR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,938,037.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XP8MXT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>367,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,792,486.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qvc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QXKGCS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,626,582.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Infrastructure Finance Ulc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/24/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011384SM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,493,733.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YSLQY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,444,424.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014CSSDT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,396,211.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qvc Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X28PK32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>413,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,299,060.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,465,596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,465,595.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other/Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,184,357.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
-  </x:si>
-[...685 lines deleted...]
-    <x:t>0.07%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1576,56 +1564,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f1a25b9e7b400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13819cc123764d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd94e87264bdd4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R585d5fcfbee249f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfc6637d82b934e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R798e2af2aa61473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:K118"/>
+  <x:dimension ref="A1:K117"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
     <x:col min="11" max="11" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1989,86 +1977,86 @@
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
@@ -2091,51 +2079,51 @@
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
@@ -2231,3528 +2219,3493 @@
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D20" s="1" t="s">
+      <x:c r="G20" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F21" s="1" t="s">
+      <x:c r="G21" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F22" s="1" t="s">
+      <x:c r="G22" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F23" s="1" t="s">
+      <x:c r="G23" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="G23" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>19</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="G26" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="G27" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D28" s="1" t="s">
+      <x:c r="G28" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F31" s="1" t="s">
+      <x:c r="G31" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F33" s="1" t="s">
+      <x:c r="G33" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F34" s="1" t="s">
+      <x:c r="G34" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F35" s="1" t="s">
+      <x:c r="G35" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="G35" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D36" s="1" t="s">
+      <x:c r="G36" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D37" s="1" t="s">
+      <x:c r="G37" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D38" s="1" t="s">
+      <x:c r="G38" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>356</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>360</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D83" s="1" t="s">
+      <x:c r="G83" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>374</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E84" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F84" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D84" s="1" t="s">
+      <x:c r="G84" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C85" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="C85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="G85" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="E85" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C86" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D86" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="E86" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F86" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="G86" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C86" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D90" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E90" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F90" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="G90" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I90" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C91" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D91" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E91" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F91" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="G91" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C91" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E94" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H95" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I95" s="1" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C96" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C96" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C97" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="C97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D97" s="1" t="s">
+      <x:c r="G97" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="E98" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="E99" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I99" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>430</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E100" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D103" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="E103" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F103" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G103" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="H103" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E104" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F104" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="G104" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="C104" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D104" s="1" t="s">
+      <x:c r="H104" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="E104" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="E105" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D106" s="1" t="s">
+      <x:c r="G106" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G106" s="1" t="s">
+      <x:c r="H106" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="G107" s="1" t="s">
+      <x:c r="H107" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
         <x:v>463</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D108" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="D108" s="1" t="s">
+      <x:c r="E108" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F108" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G108" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="E108" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E109" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F109" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="G109" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="E109" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="E112" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="15" customHeight="1">
-      <x:c r="A117" s="1">
-[...34 lines deleted...]
-      <x:c r="A118" s="2" t="s">
+      <x:c r="A117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B118" s="2" t="s">
+      <x:c r="B117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C118" s="2" t="s">
+      <x:c r="C117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D118" s="2" t="s">
+      <x:c r="D117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E118" s="2" t="s">
+      <x:c r="E117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F118" s="2" t="s">
+      <x:c r="F117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G118" s="2" t="s">
+      <x:c r="G117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H118" s="2" t="s">
+      <x:c r="H117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I118" s="2" t="s">
+      <x:c r="I117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J118" s="2" t="s">
+      <x:c r="J117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K118" s="2" t="s">
+      <x:c r="K117" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:K1"/>
     <x:mergeCell ref="A2:K2"/>
-    <x:mergeCell ref="A118:K118"/>
+    <x:mergeCell ref="A117:K117"/>
   </x:mergeCells>
 </x:worksheet>
 </file>