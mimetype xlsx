--- v4 (2026-03-01)
+++ v5 (2026-03-23)
@@ -1,1545 +1,1611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77509719ecde4bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7073b526d0394470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260226" sheetId="1" r:id="R798e2af2aa61473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="PFXF_asof_20260320" sheetId="1" r:id="Ra17332819fcd4721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1174" uniqueCount="499">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1194" uniqueCount="521">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK4ZRJ2</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>2,914,165</x:t>
-[...2 lines deleted...]
-    <x:t>$213,783,144.40</x:t>
+    <x:t>2,956,073</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,242,728.64</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.45%</x:t>
+    <x:t>8.97%</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG02008TRW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,938,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,082,237.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.53%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LV4WBY2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,495,515</x:t>
-[...5 lines deleted...]
-    <x:t>4.88%</x:t>
+    <x:t>1,354,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,289,241.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W930WV7</x:t>
   </x:si>
   <x:si>
-    <x:t>910,657</x:t>
-[...5 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>824,639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,092,812.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NCK7GY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,300,465</x:t>
-[...5 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>1,177,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,850,982.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Southern Co/The</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01YC2DDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,834,970.50</x:t>
-[...2 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>$59,775,483.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PPJ0VC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,901,403.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SXPFJW2</x:t>
   </x:si>
   <x:si>
-    <x:t>965,589</x:t>
-[...23 lines deleted...]
-    <x:t>2.49%</x:t>
+    <x:t>874,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,120,645.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QK639J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,254,327.20</x:t>
-[...2 lines deleted...]
-    <x:t>2.27%</x:t>
+    <x:t>883,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,264,205.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Pg&amp;E Corp</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R36JXP2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,046,839</x:t>
-[...5 lines deleted...]
-    <x:t>2.12%</x:t>
+    <x:t>947,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,554,028.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>At&amp;T Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RQ352H7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,275,810</x:t>
-[...5 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>2,060,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,122,876.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX4QB45</x:t>
   </x:si>
   <x:si>
-    <x:t>404,317</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>366,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,428,448.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2JZLQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,719,876</x:t>
-[...5 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>1,557,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,466,312.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brightspring Health Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01L7PD8B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,223,680.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S3K7WZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>452,551</x:t>
-[...23 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>409,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,899,775.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>Duke Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NQ59KW0</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,602,657.55</x:t>
-[...2 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>1,177,548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,120,762.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R1V2VQ1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,560,588</x:t>
-[...2 lines deleted...]
-    <x:t>$32,553,865.68</x:t>
+    <x:t>1,413,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,964,338.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VC7GB81</x:t>
   </x:si>
   <x:si>
-    <x:t>407,682</x:t>
-[...5 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>369,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,808,253.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Xcel Energy Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2085</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01XMM2WS0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,170,442</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>1,059,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,922,292.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Nextera Energy Capital Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TYGW6R4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,137,956</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>1,030,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,779,382.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R9QQ665</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,138,818.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Bruker Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01X1L3C62</x:t>
   </x:si>
   <x:si>
-    <x:t>89,770</x:t>
-[...14 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>81,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,824,555.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qwest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL95T81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,151,111</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,548,797.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annaly Capital Management Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H90PC80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>847,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,441,671.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YFVPTD4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>372,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,282,509.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sempra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG22V92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,204,437.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R0Z68W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>942,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,123,269.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NJK39N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>809,563</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,870,913.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P7H3R42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>883,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,294,721.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>Qxo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V6DWHM8</x:t>
   </x:si>
   <x:si>
-    <x:t>373,848</x:t>
-[...119 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>338,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,098,241.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>Dte Energy Co</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2085</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG01X4WK1D2</x:t>
   </x:si>
   <x:si>
-    <x:t>780,295</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>706,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,076,733.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Cms Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N8T9ZV6</x:t>
   </x:si>
   <x:si>
-    <x:t>819,315</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>741,857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,809,292.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2085</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RP2VDV0</x:t>
   </x:si>
   <x:si>
-    <x:t>734,729</x:t>
-[...2 lines deleted...]
-    <x:t>$19,132,343.16</x:t>
+    <x:t>665,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,719,365.95</x:t>
   </x:si>
   <x:si>
     <x:t>Agnc Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMRZ0W2</x:t>
   </x:si>
   <x:si>
-    <x:t>747,819</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>677,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,710,704.60</x:t>
   </x:si>
   <x:si>
     <x:t>Chs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059HJP87</x:t>
   </x:si>
   <x:si>
-    <x:t>697,687</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>631,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,495,123.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Sce Trust Vii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K70N2K4</x:t>
   </x:si>
   <x:si>
-    <x:t>715,220</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>647,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,990,256.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007X1PZ37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>609,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,453,699.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193X8P90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,359,875.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2060</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XD33QT4</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,043,260.29</x:t>
+    <x:t>$15,269,888.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GGWSZ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>777,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,077,253.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>Telephone And Data Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01230NF56</x:t>
   </x:si>
   <x:si>
-    <x:t>897,353</x:t>
-[...38 lines deleted...]
-    <x:t>$17,235,346.72</x:t>
+    <x:t>812,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,072,524.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007386NT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>579,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,347,715.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2078</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LYC4DB4</x:t>
   </x:si>
   <x:si>
-    <x:t>650,272</x:t>
-[...14 lines deleted...]
-    <x:t>$16,102,597.38</x:t>
+    <x:t>588,776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,012,868.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>Rithm Capital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012JB0SD3</x:t>
   </x:si>
   <x:si>
-    <x:t>604,706</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>547,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,366,037.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PH21MV7</x:t>
   </x:si>
   <x:si>
-    <x:t>575,442</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>521,070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,026,750.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JPYXQD8</x:t>
   </x:si>
   <x:si>
-    <x:t>552,724</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>500,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,421,367.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005ZV53B7</x:t>
   </x:si>
   <x:si>
-    <x:t>546,177</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>494,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,364,025.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Property Preferred Lp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/26/2081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YPMQY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>790,252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,209,393.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda</x:t>
   </x:si>
   <x:si>
     <x:t>Public Storage</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VC9NL24</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,901,072.68</x:t>
+    <x:t>$12,022,242.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QFNHPB9</x:t>
   </x:si>
   <x:si>
-    <x:t>523,459</x:t>
-[...23 lines deleted...]
-    <x:t>Bermuda</x:t>
+    <x:t>473,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,915,480.10</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2077</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J89QHK2</x:t>
   </x:si>
   <x:si>
-    <x:t>585,197</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>529,891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,217,792.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>T-Mobile Usa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VJKFXT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,148,393.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011BZQMW4</x:t>
   </x:si>
   <x:si>
-    <x:t>785,234</x:t>
-[...2 lines deleted...]
-    <x:t>$12,815,018.88</x:t>
+    <x:t>711,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,034,766.56</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RPWYK82</x:t>
   </x:si>
   <x:si>
-    <x:t>517,083</x:t>
-[...17 lines deleted...]
-    <x:t>$12,675,157.96</x:t>
+    <x:t>468,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,852,505.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Algonquin Power &amp; Utilities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P5DR9F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,546,688.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transcanada Pipelines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XRRTPH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,282,307.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X1FSX99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>406,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,136,137.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZF244C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,097,820.55</x:t>
-[...2 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>494,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,089,840.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000007527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>361,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,079,544.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7B27C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>471,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,013,906.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2070</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VJLQVG9</x:t>
   </x:si>
   <x:si>
-    <x:t>521,236</x:t>
-[...14 lines deleted...]
-    <x:t>$11,942,192.64</x:t>
+    <x:t>471,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,010,292.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Vi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GZXFVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,961,827.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sce Trust Viii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRV0P42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,887,262.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2070</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VKCJ9T0</x:t>
   </x:si>
   <x:si>
-    <x:t>513,379</x:t>
-[...50 lines deleted...]
-    <x:t>$11,582,212.50</x:t>
+    <x:t>464,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,841,763.64</x:t>
   </x:si>
   <x:si>
     <x:t>Entergy Arkansas Llc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2066</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKL54F2</x:t>
   </x:si>
   <x:si>
-    <x:t>533,214</x:t>
-[...26 lines deleted...]
-    <x:t>$11,129,004.30</x:t>
+    <x:t>482,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,709,128.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HFWWNC6</x:t>
   </x:si>
   <x:si>
-    <x:t>422,623</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>382,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,697,694.02</x:t>
   </x:si>
   <x:si>
     <x:t>Rlj Lodging Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HLJLDS5</x:t>
   </x:si>
   <x:si>
-    <x:t>418,795</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>379,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,539,816.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>Ngl Energy Partners Lp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GW2CPK3</x:t>
   </x:si>
   <x:si>
-    <x:t>409,164</x:t>
-[...5 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>370,461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,254,115.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vse Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0200BJYM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>179,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,653,967.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>Chimera Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G2HF7Z4</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,121,820.85</x:t>
+    <x:t>$8,526,622.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WG9HJ74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>323,823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,286,630.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pitney Bowes Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/07/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00465R7L5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411,319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,119,437.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PYN2GP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,104,490.40</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Realty Trust Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QGJPJ13</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,422,196.00</x:t>
-[...14 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$8,092,659.36</x:t>
   </x:si>
   <x:si>
     <x:t>Umh Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JRYWBV0</x:t>
   </x:si>
   <x:si>
-    <x:t>418,671</x:t>
-[...26 lines deleted...]
-    <x:t>$9,225,492.54</x:t>
+    <x:t>379,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,073,743.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013G1SJW5</x:t>
   </x:si>
   <x:si>
-    <x:t>565,687</x:t>
-[...2 lines deleted...]
-    <x:t>$9,215,041.23</x:t>
+    <x:t>512,235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,924,275.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16MW47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>329,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,468,067.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arbor Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012TJZP16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>333,944</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,396,859.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NHKGBC1</x:t>
   </x:si>
   <x:si>
-    <x:t>370,637</x:t>
-[...20 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>335,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,376,466.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Valley Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000006564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>302,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,303,327.20</x:t>
   </x:si>
   <x:si>
     <x:t>Mfa Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RZBL156</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,433,905.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$7,124,138.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKLTM57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,038,769.26</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6BMLY3</x:t>
   </x:si>
   <x:si>
-    <x:t>411,248</x:t>
-[...2 lines deleted...]
-    <x:t>$8,278,422.24</x:t>
+    <x:t>372,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,037,131.50</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HBVL409</x:t>
   </x:si>
   <x:si>
-    <x:t>390,147</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>353,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,959,107.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversified Healthcare Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0036P9V12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>412,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,883,740.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Two Harbors Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56P4S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,852,289.36</x:t>
   </x:si>
   <x:si>
     <x:t>Georgia Power Co</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2077</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HS213T8</x:t>
   </x:si>
   <x:si>
-    <x:t>351,127</x:t>
-[...41 lines deleted...]
-    <x:t>$8,095,824.57</x:t>
+    <x:t>317,941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,823,013.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kkr Real Estate Finance Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZZN8QS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,754,965.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>Hudson Pacific Properties Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013CT86M9</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,058,715.92</x:t>
-[...23 lines deleted...]
-    <x:t>$7,920,027.60</x:t>
+    <x:t>$6,581,022.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSNQX11</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,686,024.34</x:t>
-[...14 lines deleted...]
-    <x:t>$7,613,667.31</x:t>
+    <x:t>$6,567,942.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Louisiana Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKPVV28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,377,896.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entergy Mississippi Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DS53GM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>306,166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,242,724.74</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LZCHCL0</x:t>
   </x:si>
   <x:si>
-    <x:t>338,163</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>$6,188,380.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qvc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QXKGCS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>589,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,161,044.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimco Realty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JGG7150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>308,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,142,517.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brookfield Brp Holdings Canada Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZYXLK13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,099,686.80</x:t>
   </x:si>
   <x:si>
     <x:t>Digitalbridge Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSSRRJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>418,376</x:t>
-[...2 lines deleted...]
-    <x:t>$7,396,887.68</x:t>
+    <x:t>378,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,083,768.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Franklin Bsp Realty Trust Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0132TDZ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>304,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,035,253.55</x:t>
   </x:si>
   <x:si>
     <x:t>Vornado Realty Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JF0SJ27</x:t>
   </x:si>
   <x:si>
-    <x:t>415,460</x:t>
-[...50 lines deleted...]
-    <x:t>$7,125,094.41</x:t>
+    <x:t>376,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,008,265.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bip Bermuda Holdings I Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HQXWV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,789,865.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TY1JG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,116,281.28</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$5,765,137.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y92GY36</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,995,335.71</x:t>
-[...8 lines deleted...]
-    <x:t>$6,970,989.81</x:t>
+    <x:t>$5,620,302.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QS5P1J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>304,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,532,645.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HPSFZ72</x:t>
   </x:si>
   <x:si>
-    <x:t>377,676</x:t>
-[...29 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>341,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,515,847.06</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013JY1B83</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,338,876.54</x:t>
+    <x:t>$5,509,554.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C6LWHT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,187,081.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Pennymac Mortgage Investment Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01259VZ98</x:t>
   </x:si>
   <x:si>
-    <x:t>325,073</x:t>
-[...17 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>$5,184,137.46</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012J36ZR4</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,938,037.34</x:t>
+    <x:t>$4,995,039.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP8MXT4</x:t>
   </x:si>
   <x:si>
-    <x:t>367,427</x:t>
-[...20 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>332,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,943,279.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YSLQY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,724,141.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Brookfield Infrastructure Finance Ulc</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2081</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011384SM5</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,493,733.70</x:t>
-[...8 lines deleted...]
-    <x:t>$5,444,424.30</x:t>
+    <x:t>$4,677,793.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014CSSDT5</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,396,211.80</x:t>
+    <x:t>$4,664,546.17</x:t>
   </x:si>
   <x:si>
     <x:t>Qvc Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X28PK32</x:t>
   </x:si>
   <x:si>
-    <x:t>413,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>374,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,257,973.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>10,465,596</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>12,936,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,936,742.30</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,184,357.91</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$9,816,335.87</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -1564,56 +1630,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R585d5fcfbee249f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfc6637d82b934e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R798e2af2aa61473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa2b34c867e410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd26e8545bad440ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra17332819fcd4721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:K117"/>
+  <x:dimension ref="A1:K119"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="49" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
     <x:col min="10" max="10" width="20" customWidth="1"/>
     <x:col min="11" max="11" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -1767,3945 +1833,4015 @@
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="J5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I102" s="1" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>443</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="15" customHeight="1">
-      <x:c r="A117" s="2" t="s">
+      <x:c r="A117" s="1">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B117" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="E117" s="1" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I117" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="J117" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="K117" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:11" ht="15" customHeight="1">
+      <x:c r="A118" s="1">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B118" s="1" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="E118" s="1" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="F118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G118" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="I118" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="J118" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="K118" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:11" ht="15" customHeight="1">
+      <x:c r="A119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B117" s="2" t="s">
+      <x:c r="B119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C117" s="2" t="s">
+      <x:c r="C119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D117" s="2" t="s">
+      <x:c r="D119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E117" s="2" t="s">
+      <x:c r="E119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F117" s="2" t="s">
+      <x:c r="F119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G117" s="2" t="s">
+      <x:c r="G119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H117" s="2" t="s">
+      <x:c r="H119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I117" s="2" t="s">
+      <x:c r="I119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J117" s="2" t="s">
+      <x:c r="J119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K117" s="2" t="s">
+      <x:c r="K119" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:K1"/>
     <x:mergeCell ref="A2:K2"/>
-    <x:mergeCell ref="A117:K117"/>
+    <x:mergeCell ref="A119:K119"/>
   </x:mergeCells>
 </x:worksheet>
 </file>