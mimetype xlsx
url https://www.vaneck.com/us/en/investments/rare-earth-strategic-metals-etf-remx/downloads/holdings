--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -1,582 +1,621 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02c2de730c44cd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf503acfc8d8e4866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20251204" sheetId="1" r:id="Rff47a4c2aab946ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260108" sheetId="1" r:id="R5e7f09c6156d4a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="179">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="192">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ALB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Albemarle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ26K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>996,983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,832,378.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600111 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Northern Rare Earth Group High-Te</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HF84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,233,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,450,430.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,002,515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,273,565.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,732,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$122,224,283.09</x:t>
+  </x:si>
+  <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RLN524</x:t>
   </x:si>
   <x:si>
-    <x:t>51,824,995</x:t>
-[...29 lines deleted...]
-    <x:t>8.30%</x:t>
+    <x:t>35,735,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$115,601,125.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKK4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,427,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,722,871.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LTR AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liontown Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F21113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,857,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,864,480.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600549 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiamen Tungsten Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HVP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,901,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,368,524.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601958 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709JG26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37,216,490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,448,640.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1772 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ganfeng Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9ZZS33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,413,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,652,804.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600392 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenghe Resources Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L1KMZR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,839,931</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,901,537.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AII CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almonty Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ6LQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,503,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,023,397.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
   </x:si>
   <x:si>
     <x:t>LAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDH7S1</x:t>
   </x:si>
   <x:si>
-    <x:t>18,711,749</x:t>
-[...131 lines deleted...]
-    <x:t>4.52%</x:t>
+    <x:t>13,341,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,646,487.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13PJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>13,901,704</x:t>
-[...5 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>15,248,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,707,318.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amg Critical Materials Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLBF52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,721,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,056,453.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Standard Lithium Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNRHX08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,863,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,926,133.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iperionx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188WZ502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,386,656</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,028,338.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>LAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Argentina Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDJ6X5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,888,421</x:t>
-[...41 lines deleted...]
-    <x:t>3.35%</x:t>
+    <x:t>7,826,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,095,680.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603067 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Zhenhua Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB9MP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,295,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,854,020.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcan Energy Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXSP9N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,288,852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,342,988.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>SGML US</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Lithium Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L95H2Y2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,770,626</x:t>
-[...5 lines deleted...]
-    <x:t>3.29%</x:t>
+    <x:t>3,362,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,724,082.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eramet Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CBQ8H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>548,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,904,493.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>600456 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Baoji Titanium Industry Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRB1Y50</x:t>
   </x:si>
   <x:si>
-    <x:t>10,750,276</x:t>
-[...77 lines deleted...]
-    <x:t>2.49%</x:t>
+    <x:t>7,591,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,316,067.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>TROX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tronox Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRH2W10</x:t>
   </x:si>
   <x:si>
-    <x:t>6,794,072</x:t>
-[...5 lines deleted...]
-    <x:t>1.80%</x:t>
+    <x:t>4,786,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,417,621.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>AVZ AU</x:t>
   </x:si>
   <x:si>
     <x:t>Avz Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GDY0D1</x:t>
   </x:si>
   <x:si>
     <x:t>52,906,510</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,004,822.01</x:t>
-[...17 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$9,533,202.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,733.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-ZAR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CAD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-AUD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.14</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...11 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>-135,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-135,055.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>49,560,780</x:t>
-[...47 lines deleted...]
-    <x:t>$1.13</x:t>
+    <x:t>-8,807,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,261,339.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,455,891.83</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$1,996,610.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -604,56 +643,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4353e9feb35143a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R444752757e3e45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rff47a4c2aab946ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2032b177495b48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6494ca02b194fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e7f09c6156d4a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I35"/>
+  <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -822,848 +861,906 @@
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A35" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I35" s="2" t="s">
+      <x:c r="A35" s="1">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A36" s="1">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A37" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H37" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A35:I35"/>
+    <x:mergeCell ref="A37:I37"/>
   </x:mergeCells>
 </x:worksheet>
 </file>