--- v1 (2026-01-09)
+++ v2 (2026-01-30)
@@ -1,621 +1,624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf503acfc8d8e4866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9889f1097c634d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260108" sheetId="1" r:id="R5e7f09c6156d4a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260128" sheetId="1" r:id="Rf266ada97b7b4813"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="192">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="193">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>996,983</x:t>
+    <x:t>1,235,265</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$157,832,378.73</x:t>
+    <x:t>$227,696,397.45</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.12%</x:t>
+    <x:t>8.11%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
-    <x:t>20,233,316</x:t>
-[...5 lines deleted...]
-    <x:t>7.28%</x:t>
+    <x:t>25,072,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,853,163.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600549 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiamen Tungsten Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HVP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,698,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,831,986.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,775,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,442,845.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.39%</x:t>
   </x:si>
   <x:si>
     <x:t>MP US</x:t>
   </x:si>
   <x:si>
     <x:t>Mp Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJGL0F0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,002,515</x:t>
-[...20 lines deleted...]
-    <x:t>$122,224,283.09</x:t>
+    <x:t>2,481,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,261,727.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601958 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709JG26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,110,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,913,435.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.52%</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RLN524</x:t>
   </x:si>
   <x:si>
-    <x:t>35,735,097</x:t>
-[...5 lines deleted...]
-    <x:t>5.95%</x:t>
+    <x:t>44,276,269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,413,312.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.32%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,427,530</x:t>
-[...5 lines deleted...]
-    <x:t>5.44%</x:t>
+    <x:t>1,768,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$147,812,013.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F21113</x:t>
   </x:si>
   <x:si>
-    <x:t>72,857,973</x:t>
-[...41 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>90,272,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,496,530.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AII CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almonty Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ6LQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,535,724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$127,894,108.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
   </x:si>
   <x:si>
     <x:t>1772 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Ganfeng Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9ZZS33</x:t>
   </x:si>
   <x:si>
-    <x:t>11,413,040</x:t>
-[...5 lines deleted...]
-    <x:t>4.25%</x:t>
+    <x:t>14,094,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,547,347.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
-    <x:t>24,839,931</x:t>
-[...23 lines deleted...]
-    <x:t>4.07%</x:t>
+    <x:t>30,778,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,812,020.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>LAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDH7S1</x:t>
   </x:si>
   <x:si>
-    <x:t>13,341,755</x:t>
-[...5 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>16,530,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,349,020.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iperionx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188WZ502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,718,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,638,429.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amg Critical Materials Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLBF52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,133,066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,772,672.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ILU AU</x:t>
   </x:si>
   <x:si>
     <x:t>Iluka Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13PJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>15,248,866</x:t>
-[...23 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>18,893,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,658,648.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>SLI US</x:t>
   </x:si>
   <x:si>
     <x:t>Standard Lithium Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNRHX08</x:t>
   </x:si>
   <x:si>
-    <x:t>11,863,244</x:t>
-[...23 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>14,698,698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,871,747.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>LAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Argentina Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDJ6X5</x:t>
   </x:si>
   <x:si>
-    <x:t>7,826,091</x:t>
-[...5 lines deleted...]
-    <x:t>2.83%</x:t>
+    <x:t>9,696,655</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,670,206.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
   </x:si>
   <x:si>
     <x:t>603067 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Hubei Zhenhua Chemical Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRB9MP6</x:t>
   </x:si>
   <x:si>
-    <x:t>11,295,480</x:t>
-[...5 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>13,992,604</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,061,464.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERA FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eramet Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CBQ8H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,195,050.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600456 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baoji Titanium Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB1Y50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,403,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,597,695.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGML US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Lithium Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L95H2Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,166,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,413,993.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>VUL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Vulcan Energy Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KXSP9N5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,288,852</x:t>
-[...59 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>17,704,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,561,636.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>TROX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tronox Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRH2W10</x:t>
   </x:si>
   <x:si>
-    <x:t>4,786,746</x:t>
-[...5 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>5,930,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,728,352.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>AVZ AU</x:t>
   </x:si>
   <x:si>
     <x:t>Avz Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GDY0D1</x:t>
   </x:si>
   <x:si>
     <x:t>52,906,510</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,533,202.57</x:t>
-[...2 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>$17,587,640.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,575,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,575,964.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,646,078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,253,098.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,486</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$1,733.61</x:t>
+    <x:t>$1,774.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-ZAR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>496</x:t>
   </x:si>
   <x:si>
-    <x:t>$30.06</x:t>
+    <x:t>$31.21</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>319</x:t>
   </x:si>
   <x:si>
-    <x:t>$230.09</x:t>
+    <x:t>$235.18</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.14</x:t>
-[...23 lines deleted...]
-    <x:t>-0.06%</x:t>
+    <x:t>$1.19</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,996,610.05</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$-5,965,638.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -643,51 +646,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2032b177495b48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf6494ca02b194fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e7f09c6156d4a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b5eb594fde4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4ab2d18ba9d4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf266ada97b7b4813" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -861,897 +864,897 @@
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="2" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>