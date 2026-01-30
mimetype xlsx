--- v2 (2026-01-30)
+++ v3 (2026-01-30)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9889f1097c634d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R281c66921034454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260128" sheetId="1" r:id="Rf266ada97b7b4813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260128" sheetId="1" r:id="R6cf325a82b3f45ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="193">
   <x:si>
     <x:t>Daily Holdings (%)  01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -646,51 +646,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b5eb594fde4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4ab2d18ba9d4f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf266ada97b7b4813" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d019c10f624a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7142e004e2224da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cf325a82b3f45ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">