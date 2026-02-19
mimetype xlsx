--- v3 (2026-01-30)
+++ v4 (2026-02-19)
@@ -1,624 +1,618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R281c66921034454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ecac5a1d2e4922" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260128" sheetId="1" r:id="R6cf325a82b3f45ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260218" sheetId="1" r:id="Rd2269880f6ee4866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="193">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/28/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="191">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,235,265</x:t>
+    <x:t>1,243,840</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$227,696,397.45</x:t>
+    <x:t>$212,970,284.80</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.11%</x:t>
+    <x:t>8.09%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
-    <x:t>25,072,816</x:t>
-[...5 lines deleted...]
-    <x:t>6.80%</x:t>
+    <x:t>25,247,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,031,164.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,885,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,056,222.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.61%</x:t>
   </x:si>
   <x:si>
     <x:t>600549 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Xiamen Tungsten Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HVP0</x:t>
   </x:si>
   <x:si>
-    <x:t>19,698,640</x:t>
-[...23 lines deleted...]
-    <x:t>6.39%</x:t>
+    <x:t>19,835,834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$173,992,525.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AII CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almonty Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ6LQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,608,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,244,675.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.86%</x:t>
   </x:si>
   <x:si>
     <x:t>MP US</x:t>
   </x:si>
   <x:si>
     <x:t>Mp Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJGL0F0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,481,148</x:t>
-[...5 lines deleted...]
-    <x:t>5.92%</x:t>
+    <x:t>2,498,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,755,905.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
   </x:si>
   <x:si>
     <x:t>601958 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709JG26</x:t>
   </x:si>
   <x:si>
-    <x:t>46,110,015</x:t>
-[...5 lines deleted...]
-    <x:t>5.52%</x:t>
+    <x:t>46,431,115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,219,603.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RLN524</x:t>
   </x:si>
   <x:si>
-    <x:t>44,276,269</x:t>
-[...5 lines deleted...]
-    <x:t>5.32%</x:t>
+    <x:t>44,583,744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$139,834,905.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600392 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shenghe Resources Holding Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L1KMZR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,992,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,788,205.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12%</x:t>
   </x:si>
   <x:si>
     <x:t>SQM US</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKK4S1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,768,721</x:t>
-[...5 lines deleted...]
-    <x:t>5.26%</x:t>
+    <x:t>1,781,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,621,471.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F21113</x:t>
   </x:si>
   <x:si>
-    <x:t>90,272,013</x:t>
-[...23 lines deleted...]
-    <x:t>4.55%</x:t>
+    <x:t>90,898,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,780,605.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
   </x:si>
   <x:si>
     <x:t>1772 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Ganfeng Lithium Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L9ZZS33</x:t>
   </x:si>
   <x:si>
-    <x:t>14,094,440</x:t>
-[...23 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>14,192,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,515,928.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMG NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amg Critical Materials Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RLBF52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,147,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,403,943.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.66%</x:t>
   </x:si>
   <x:si>
     <x:t>LAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDH7S1</x:t>
   </x:si>
   <x:si>
-    <x:t>16,530,619</x:t>
-[...5 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>16,645,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,570,197.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13PJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,024,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,407,877.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603067 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Zhenhua Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB9MP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,089,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,743,943.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>IPX US</x:t>
   </x:si>
   <x:si>
     <x:t>Iperionx Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0188WZ502</x:t>
   </x:si>
   <x:si>
-    <x:t>1,718,079</x:t>
-[...41 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>1,730,005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,023,511.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithium Americas Argentina Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JLDJ6X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,764,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,273,966.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>SLI US</x:t>
   </x:si>
   <x:si>
     <x:t>Standard Lithium Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNRHX08</x:t>
   </x:si>
   <x:si>
-    <x:t>14,698,698</x:t>
-[...41 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>14,800,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,311,220.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGML US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sigma Lithium Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L95H2Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,195,390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$56,427,995.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600456 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baoji Titanium Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB1Y50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,468,973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52,666,622.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>ERA FP</x:t>
   </x:si>
   <x:si>
     <x:t>Eramet Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CBQ8H7</x:t>
   </x:si>
   <x:si>
-    <x:t>679,332</x:t>
-[...41 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>684,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,480,822.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>VUL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Vulcan Energy Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KXSP9N5</x:t>
   </x:si>
   <x:si>
-    <x:t>17,704,069</x:t>
-[...5 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>17,827,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,019,901.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
   </x:si>
   <x:si>
     <x:t>TROX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tronox Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRH2W10</x:t>
   </x:si>
   <x:si>
-    <x:t>5,930,835</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>5,972,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,283,224.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.76%</x:t>
   </x:si>
   <x:si>
     <x:t>AVZ AU</x:t>
   </x:si>
   <x:si>
     <x:t>Avz Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GDY0D1</x:t>
   </x:si>
   <x:si>
     <x:t>52,906,510</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,587,640.27</x:t>
-[...2 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>$15,078,441.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CNY CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,611,826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,026,003.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...23 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>3,573,362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,573,362.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>1,486</x:t>
-[...2 lines deleted...]
-    <x:t>$1,774.84</x:t>
+    <x:t>2,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,407.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-ZAR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>496</x:t>
   </x:si>
   <x:si>
-    <x:t>$31.21</x:t>
+    <x:t>$30.97</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>319</x:t>
   </x:si>
   <x:si>
-    <x:t>$235.18</x:t>
+    <x:t>$233.34</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.19</x:t>
+    <x:t>$1.20</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-5,965,638.49</x:t>
-[...2 lines deleted...]
-    <x:t>-0.21%</x:t>
+    <x:t>$-8,164,884.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -646,51 +640,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d019c10f624a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7142e004e2224da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cf325a82b3f45ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b8fa5fdef445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7fcbea57d0344c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2269880f6ee4866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -864,897 +858,897 @@
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C8" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C8" s="1" t="s">
+      <x:c r="D8" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D8" s="1" t="s">
+      <x:c r="E8" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E8" s="1" t="s">
+      <x:c r="F8" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I8" s="1" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F9" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G9" s="1" t="s">
+      <x:c r="H9" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I9" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
+      <x:c r="F10" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G10" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="F10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G10" s="1" t="s">
+      <x:c r="H10" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I10" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E11" s="1" t="s">
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F11" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G11" s="1" t="s">
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="E12" s="1" t="s">
+      <x:c r="F12" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="F12" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G12" s="1" t="s">
+      <x:c r="H12" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I12" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="2" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>