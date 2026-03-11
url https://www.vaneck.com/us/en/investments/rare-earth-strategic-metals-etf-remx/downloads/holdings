--- v4 (2026-02-19)
+++ v5 (2026-03-11)
@@ -1,618 +1,624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ecac5a1d2e4922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd7cb6b8a9a4633" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260218" sheetId="1" r:id="Rd2269880f6ee4866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="REMX_asof_20260310" sheetId="1" r:id="R275a990d422e44d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="191">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/18/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="193">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>AII CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Almonty Industries Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QJ6LQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,139,566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,326,544.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LYC AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lynas Rare Earths Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSCDH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,679,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,475,457.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600549 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xiamen Tungsten Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709HVP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,828,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,528,740.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.42%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ALB US</x:t>
   </x:si>
   <x:si>
     <x:t>Albemarle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ26K7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,243,840</x:t>
-[...11 lines deleted...]
-    <x:t>8.09%</x:t>
+    <x:t>1,306,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,512,065.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.39%</x:t>
   </x:si>
   <x:si>
     <x:t>600111 C1</x:t>
   </x:si>
   <x:si>
     <x:t>China Northern Rare Earth Group High-Te</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00709HF84</x:t>
   </x:si>
   <x:si>
-    <x:t>25,247,416</x:t>
-[...56 lines deleted...]
-    <x:t>5.86%</x:t>
+    <x:t>26,509,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,902,312.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601958 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jinduicheng Molybdenum Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00709JG26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,755,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,612,552.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
   </x:si>
   <x:si>
     <x:t>MP US</x:t>
   </x:si>
   <x:si>
     <x:t>Mp Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJGL0F0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,498,376</x:t>
-[...23 lines deleted...]
-    <x:t>5.37%</x:t>
+    <x:t>2,623,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,546,385.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
   </x:si>
   <x:si>
     <x:t>PLS AU</x:t>
   </x:si>
   <x:si>
     <x:t>Pilbara Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RLN524</x:t>
   </x:si>
   <x:si>
-    <x:t>44,583,744</x:t>
-[...5 lines deleted...]
-    <x:t>5.31%</x:t>
+    <x:t>46,813,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,716,470.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SQM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Quimica Y Minera De Chile Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKK4S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,870,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,174,473.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
   </x:si>
   <x:si>
     <x:t>600392 C1</x:t>
   </x:si>
   <x:si>
     <x:t>Shenghe Resources Holding Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L1KMZR6</x:t>
   </x:si>
   <x:si>
-    <x:t>30,992,381</x:t>
-[...23 lines deleted...]
-    <x:t>4.92%</x:t>
+    <x:t>32,543,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,625,931.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1772 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ganfeng Lithium Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9ZZS33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,906,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,015,517.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.97%</x:t>
   </x:si>
   <x:si>
     <x:t>LTR AU</x:t>
   </x:si>
   <x:si>
     <x:t>Liontown Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F21113</x:t>
   </x:si>
   <x:si>
-    <x:t>90,898,893</x:t>
-[...23 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>95,445,928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,866,946.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>603067 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubei Zhenhua Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB9MP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,794,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,240,388.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
   </x:si>
   <x:si>
     <x:t>AMG NA</x:t>
   </x:si>
   <x:si>
     <x:t>Amg Critical Materials Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RLBF52</x:t>
   </x:si>
   <x:si>
-    <x:t>2,147,876</x:t>
-[...5 lines deleted...]
-    <x:t>3.66%</x:t>
+    <x:t>2,255,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,821,214.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iperionx Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188WZ502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,816,544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,299,501.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILU AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iluka Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13PJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,976,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,471,627.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>LAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDH7S1</x:t>
   </x:si>
   <x:si>
-    <x:t>16,645,418</x:t>
-[...56 lines deleted...]
-    <x:t>2.77%</x:t>
+    <x:t>17,478,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,972,176.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
   </x:si>
   <x:si>
     <x:t>LAR US</x:t>
   </x:si>
   <x:si>
     <x:t>Lithium Americas Argentina Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JLDJ6X5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,764,001</x:t>
-[...5 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>10,252,419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$72,689,650.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>SLI US</x:t>
   </x:si>
   <x:si>
     <x:t>Standard Lithium Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNRHX08</x:t>
   </x:si>
   <x:si>
-    <x:t>14,800,765</x:t>
-[...5 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>15,541,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,090,545.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600456 C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baoji Titanium Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRB1Y50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,942,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,423,523.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>SGML US</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Lithium Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L95H2Y2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,195,390</x:t>
-[...23 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>4,405,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,047,987.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VUL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcan Energy Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KXSP9N5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,718,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,960,080.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>ERA FP</x:t>
   </x:si>
   <x:si>
     <x:t>Eramet Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CBQ8H7</x:t>
   </x:si>
   <x:si>
-    <x:t>684,045</x:t>
-[...23 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>718,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,375,755.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>TROX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tronox Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRH2W10</x:t>
   </x:si>
   <x:si>
-    <x:t>5,972,029</x:t>
-[...5 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>6,270,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,703,916.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>AVZ AU</x:t>
   </x:si>
   <x:si>
     <x:t>Avz Minerals Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GDY0D1</x:t>
   </x:si>
   <x:si>
     <x:t>52,906,510</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,078,441.59</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$12,518,491.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>-CNY CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>34,611,826</x:t>
+    <x:t>29,704,046</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,026,003.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$4,324,236.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>3,573,362</x:t>
-[...5 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>3,197,003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,197,003.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>2,037</x:t>
-[...2 lines deleted...]
-    <x:t>$2,407.90</x:t>
+    <x:t>3,689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,296.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-ZAR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>496</x:t>
   </x:si>
   <x:si>
-    <x:t>$30.97</x:t>
+    <x:t>$30.68</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
     <x:t>-CAD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>319</x:t>
   </x:si>
   <x:si>
-    <x:t>$233.34</x:t>
+    <x:t>$235.08</x:t>
   </x:si>
   <x:si>
     <x:t>-AUD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.20</x:t>
+    <x:t>$1.22</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-8,164,884.71</x:t>
-[...2 lines deleted...]
-    <x:t>-0.31%</x:t>
+    <x:t>$-6,906,177.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -640,51 +646,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b8fa5fdef445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7fcbea57d0344c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2269880f6ee4866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216d5cba6c254d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcac692041cf1480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R275a990d422e44d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I37"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -858,897 +864,897 @@
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="2" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="2" t="s">
         <x:v>1</x:v>
       </x:c>