--- v0 (2026-01-10)
+++ v1 (2026-01-14)
@@ -1,405 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R104ca691ffdd4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f82310c49054d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260108" sheetId="1" r:id="R71db9e29c0c44aec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260112" sheetId="1" r:id="R3c8d60208e9943eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="119">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold Shares</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,509,959</x:t>
+    <x:t>1,574,504</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,049,033.72</x:t>
+    <x:t>$69,624,566.88</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>23.40%</x:t>
+    <x:t>23.61%</x:t>
   </x:si>
   <x:si>
     <x:t>PIT US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Commodity Strategy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C3FR5N9</x:t>
   </x:si>
   <x:si>
-    <x:t>949,815</x:t>
-[...5 lines deleted...]
-    <x:t>18.60%</x:t>
+    <x:t>989,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,843,543.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.59%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE US</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Us Infrastructure Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
-    <x:t>631,379</x:t>
-[...5 lines deleted...]
-    <x:t>11.21%</x:t>
+    <x:t>657,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,212,710.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.26%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>233,641</x:t>
-[...5 lines deleted...]
-    <x:t>7.99%</x:t>
+    <x:t>243,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,150,712.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.85%</x:t>
   </x:si>
   <x:si>
     <x:t>XLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>365,672</x:t>
-[...5 lines deleted...]
-    <x:t>6.12%</x:t>
+    <x:t>381,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,657,903.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.99%</x:t>
   </x:si>
   <x:si>
     <x:t>HAP US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Natural Resources ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0MB88</x:t>
   </x:si>
   <x:si>
-    <x:t>179,548</x:t>
-[...5 lines deleted...]
-    <x:t>4.02%</x:t>
+    <x:t>187,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,798,589.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EXI US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Industrials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G7XHL9</x:t>
   </x:si>
   <x:si>
-    <x:t>60,584</x:t>
-[...2 lines deleted...]
-    <x:t>$11,008,718.64</x:t>
+    <x:t>63,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,694,571.68</x:t>
   </x:si>
   <x:si>
     <x:t>3.96%</x:t>
   </x:si>
   <x:si>
     <x:t>GRID US</x:t>
   </x:si>
   <x:si>
     <x:t>First Trust Nasdaq Clean Edge Smart Gri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PW59Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>70,220</x:t>
-[...5 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>73,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,479,798.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.89%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium And Nuclear Energy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>76,056</x:t>
-[...5 lines deleted...]
-    <x:t>3.78%</x:t>
+    <x:t>79,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,338,077.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.84%</x:t>
   </x:si>
   <x:si>
     <x:t>XLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Materials Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHNNF7</x:t>
   </x:si>
   <x:si>
-    <x:t>210,862</x:t>
-[...5 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>219,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,661,202.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Gold Miners ETF/Usa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLNQN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,174,270.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>XLU US</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7G75</x:t>
   </x:si>
   <x:si>
-    <x:t>228,750</x:t>
-[...23 lines deleted...]
-    <x:t>3.36%</x:t>
+    <x:t>238,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,149,794.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares U.S. Infrastructure ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHHFNQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,869,965.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.01%</x:t>
   </x:si>
   <x:si>
     <x:t>REZ US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Residential And Multisector Rea</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R72RT1</x:t>
   </x:si>
   <x:si>
-    <x:t>101,374</x:t>
-[...23 lines deleted...]
-    <x:t>3.00%</x:t>
+    <x:t>105,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,831,336.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>GLDM US</x:t>
   </x:si>
   <x:si>
     <x:t>SPDR Gold MiniShares Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L8YYP89</x:t>
   </x:si>
   <x:si>
     <x:t>5,936</x:t>
   </x:si>
   <x:si>
-    <x:t>$525,810.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$539,582.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>IAU US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Gold Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QLKDR4</x:t>
   </x:si>
   <x:si>
     <x:t>6,194</x:t>
   </x:si>
   <x:si>
-    <x:t>$522,030.32</x:t>
+    <x:t>$535,719.06</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>1,202,440</x:t>
+    <x:t>4,096,718</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,202,439.98</x:t>
-[...2 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$4,096,718.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-814,178.38</x:t>
-[...5 lines deleted...]
-    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 7,725,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
+    <x:t>$-3,703,680.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 8,050,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -424,51 +424,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0b97b8cf91403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6da5a7278a3c4bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71db9e29c0c44aec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb71ca8906b92404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf7b2a5a35a94287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c8d60208e9943eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">