--- v1 (2026-01-14)
+++ v2 (2026-01-16)
@@ -1,405 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f82310c49054d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc808ab2c064742c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260112" sheetId="1" r:id="R3c8d60208e9943eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260115" sheetId="1" r:id="R64dec2a74df64a0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="119">
   <x:si>
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold Shares</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,574,504</x:t>
+    <x:t>1,639,049</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$69,624,566.88</x:t>
+    <x:t>$72,626,261.19</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>23.61%</x:t>
+    <x:t>23.36%</x:t>
   </x:si>
   <x:si>
     <x:t>PIT US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Commodity Strategy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C3FR5N9</x:t>
   </x:si>
   <x:si>
-    <x:t>989,777</x:t>
-[...5 lines deleted...]
-    <x:t>18.59%</x:t>
+    <x:t>1,029,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,706,573.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.56%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE US</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Us Infrastructure Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
-    <x:t>657,938</x:t>
-[...5 lines deleted...]
-    <x:t>11.26%</x:t>
+    <x:t>684,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,189,990.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.32%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>243,469</x:t>
-[...5 lines deleted...]
-    <x:t>7.85%</x:t>
+    <x:t>253,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,598,786.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.91%</x:t>
   </x:si>
   <x:si>
     <x:t>XLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>381,051</x:t>
-[...5 lines deleted...]
-    <x:t>5.99%</x:t>
+    <x:t>396,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,874,032.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.07%</x:t>
   </x:si>
   <x:si>
     <x:t>HAP US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Natural Resources ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0MB88</x:t>
   </x:si>
   <x:si>
-    <x:t>187,101</x:t>
-[...5 lines deleted...]
-    <x:t>4.00%</x:t>
+    <x:t>194,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,636,937.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
   </x:si>
   <x:si>
     <x:t>EXI US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Industrials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G7XHL9</x:t>
   </x:si>
   <x:si>
-    <x:t>63,132</x:t>
-[...5 lines deleted...]
-    <x:t>3.96%</x:t>
+    <x:t>65,680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,265,083.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
   </x:si>
   <x:si>
     <x:t>GRID US</x:t>
   </x:si>
   <x:si>
     <x:t>First Trust Nasdaq Clean Edge Smart Gri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PW59Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>73,171</x:t>
-[...5 lines deleted...]
-    <x:t>3.89%</x:t>
+    <x:t>76,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,986,931.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium And Nuclear Energy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>79,254</x:t>
-[...5 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>82,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,961,311.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.85%</x:t>
   </x:si>
   <x:si>
     <x:t>XLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Materials Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHNNF7</x:t>
   </x:si>
   <x:si>
-    <x:t>219,728</x:t>
-[...5 lines deleted...]
-    <x:t>3.61%</x:t>
+    <x:t>228,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,191,962.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utilities Select Sector SPDR Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ7G75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,814,843.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.48%</x:t>
   </x:si>
   <x:si>
     <x:t>GDX US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Gold Miners ETF/Usa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLNQN7</x:t>
   </x:si>
   <x:si>
-    <x:t>106,292</x:t>
-[...2 lines deleted...]
-    <x:t>$10,174,270.24</x:t>
+    <x:t>110,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,738,618.02</x:t>
   </x:si>
   <x:si>
     <x:t>3.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>XLU US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>IFRA US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares U.S. Infrastructure ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHHFNQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>160,921</x:t>
-[...2 lines deleted...]
-    <x:t>$8,869,965.52</x:t>
+    <x:t>167,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,469,331.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares Residential And Multisector Rea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R72RT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>109,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,363,650.40</x:t>
   </x:si>
   <x:si>
     <x:t>3.01%</x:t>
   </x:si>
   <x:si>
-    <x:t>REZ US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>GLDM US</x:t>
   </x:si>
   <x:si>
     <x:t>SPDR Gold MiniShares Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L8YYP89</x:t>
   </x:si>
   <x:si>
     <x:t>5,936</x:t>
   </x:si>
   <x:si>
-    <x:t>$539,582.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$540,947.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>IAU US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Gold Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QLKDR4</x:t>
   </x:si>
   <x:si>
     <x:t>6,194</x:t>
   </x:si>
   <x:si>
-    <x:t>$535,719.06</x:t>
+    <x:t>$537,081.74</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>4,096,718</x:t>
+    <x:t>6,624,170</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,096,718.05</x:t>
-[...2 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>$6,624,169.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,703,680.89</x:t>
-[...5 lines deleted...]
-    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 8,050,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
+    <x:t>$-6,222,058.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 8,225,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -424,51 +424,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb71ca8906b92404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcf7b2a5a35a94287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c8d60208e9943eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b1e672f0324793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a303c5fb8bd4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64dec2a74df64a0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">