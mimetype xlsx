--- v2 (2026-01-16)
+++ v3 (2026-01-18)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc808ab2c064742c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5c31cc13df435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260115" sheetId="1" r:id="R64dec2a74df64a0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260115" sheetId="1" r:id="R4fc246b688bc4571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="119">
   <x:si>
     <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -355,51 +355,51 @@
   <x:si>
     <x:t>6,624,170</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
     <x:t>$6,624,169.80</x:t>
   </x:si>
   <x:si>
     <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>$-6,222,058.40</x:t>
   </x:si>
   <x:si>
     <x:t>-2.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 8,225,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
+    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 8,375,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -424,51 +424,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b1e672f0324793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a303c5fb8bd4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64dec2a74df64a0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc049c8f5d6b4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re18f08793c7d4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fc246b688bc4571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">