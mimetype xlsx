--- v3 (2026-01-18)
+++ v4 (2026-02-08)
@@ -1,405 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5c31cc13df435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b669e42b3b4207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260115" sheetId="1" r:id="R4fc246b688bc4571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260205" sheetId="1" r:id="R96d28123b5ff4cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="119">
   <x:si>
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold Shares</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
-    <x:t>1,639,049</x:t>
+    <x:t>2,097,381</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,626,261.19</x:t>
+    <x:t>$97,045,818.87</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>23.36%</x:t>
+    <x:t>22.91%</x:t>
   </x:si>
   <x:si>
     <x:t>PIT US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Commodity Strategy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C3FR5N9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,029,739</x:t>
-[...5 lines deleted...]
-    <x:t>18.56%</x:t>
+    <x:t>1,377,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,658,228.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.57%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE US</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Us Infrastructure Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
-    <x:t>684,497</x:t>
-[...5 lines deleted...]
-    <x:t>11.32%</x:t>
+    <x:t>915,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,393,091.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.42%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>253,297</x:t>
-[...5 lines deleted...]
-    <x:t>7.91%</x:t>
+    <x:t>338,885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,567,878.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.40%</x:t>
   </x:si>
   <x:si>
     <x:t>XLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>396,430</x:t>
-[...5 lines deleted...]
-    <x:t>6.07%</x:t>
+    <x:t>530,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,692,601.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.54%</x:t>
   </x:si>
   <x:si>
     <x:t>HAP US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Natural Resources ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0MB88</x:t>
   </x:si>
   <x:si>
-    <x:t>194,654</x:t>
-[...5 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>260,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,676,877.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRID US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Trust Nasdaq Clean Edge Smart Gri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PW59Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,880,027.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.98%</x:t>
   </x:si>
   <x:si>
     <x:t>EXI US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Industrials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G7XHL9</x:t>
   </x:si>
   <x:si>
-    <x:t>65,680</x:t>
-[...23 lines deleted...]
-    <x:t>3.86%</x:t>
+    <x:t>87,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,549,309.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Materials Select Sector SPDR Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHNNF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>305,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,445,122.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.65%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium And Nuclear Energy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>82,452</x:t>
-[...23 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>110,333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,932,468.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.52%</x:t>
   </x:si>
   <x:si>
     <x:t>XLU US</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7G75</x:t>
   </x:si>
   <x:si>
-    <x:t>247,990</x:t>
-[...5 lines deleted...]
-    <x:t>3.48%</x:t>
+    <x:t>331,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,300,666.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>GDX US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Gold Miners ETF/Usa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLNQN7</x:t>
   </x:si>
   <x:si>
-    <x:t>110,582</x:t>
-[...5 lines deleted...]
-    <x:t>3.45%</x:t>
+    <x:t>147,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,677,792.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>IFRA US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares U.S. Infrastructure ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHHFNQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>167,421</x:t>
-[...5 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>224,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,893,674.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
   </x:si>
   <x:si>
     <x:t>REZ US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Residential And Multisector Rea</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R72RT1</x:t>
   </x:si>
   <x:si>
-    <x:t>109,902</x:t>
-[...5 lines deleted...]
-    <x:t>3.01%</x:t>
+    <x:t>147,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,438,081.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
   </x:si>
   <x:si>
     <x:t>GLDM US</x:t>
   </x:si>
   <x:si>
     <x:t>SPDR Gold MiniShares Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L8YYP89</x:t>
   </x:si>
   <x:si>
     <x:t>5,936</x:t>
   </x:si>
   <x:si>
-    <x:t>$540,947.68</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$565,166.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>IAU US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Gold Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QLKDR4</x:t>
   </x:si>
   <x:si>
     <x:t>6,194</x:t>
   </x:si>
   <x:si>
-    <x:t>$537,081.74</x:t>
+    <x:t>$560,742.82</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>6,624,170</x:t>
+    <x:t>10,708,444</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,624,169.80</x:t>
-[...2 lines deleted...]
-    <x:t>2.13%</x:t>
+    <x:t>$10,708,444.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-6,222,058.40</x:t>
-[...5 lines deleted...]
-    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 8,375,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
+    <x:t>$-10,324,380.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 11,075,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -424,62 +424,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc049c8f5d6b4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re18f08793c7d4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fc246b688bc4571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6adcf530af34eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R14f0a1f1e67a4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96d28123b5ff4cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="15" customWidth="1"/>
+    <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>