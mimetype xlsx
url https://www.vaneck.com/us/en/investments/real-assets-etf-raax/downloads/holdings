--- v4 (2026-02-08)
+++ v5 (2026-03-01)
@@ -1,405 +1,408 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b669e42b3b4207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914a74edfc81404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260205" sheetId="1" r:id="R96d28123b5ff4cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260226" sheetId="1" r:id="R991358ce84754486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="119">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="120">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold Shares</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,097,381</x:t>
+    <x:t>2,682,127</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$97,045,818.87</x:t>
+    <x:t>$134,052,707.46</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>22.91%</x:t>
+    <x:t>23.14%</x:t>
   </x:si>
   <x:si>
     <x:t>PIT US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Commodity Strategy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C3FR5N9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,377,820</x:t>
-[...5 lines deleted...]
-    <x:t>18.57%</x:t>
+    <x:t>1,757,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,930,820.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.28%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE US</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Us Infrastructure Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
-    <x:t>915,842</x:t>
-[...5 lines deleted...]
-    <x:t>11.42%</x:t>
+    <x:t>1,168,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,633,075.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.16%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>338,885</x:t>
-[...5 lines deleted...]
-    <x:t>8.40%</x:t>
+    <x:t>432,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,742,571.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.41%</x:t>
   </x:si>
   <x:si>
     <x:t>XLE US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>530,408</x:t>
-[...5 lines deleted...]
-    <x:t>6.54%</x:t>
+    <x:t>676,442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,238,132.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.43%</x:t>
   </x:si>
   <x:si>
     <x:t>HAP US</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Natural Resources ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0MB88</x:t>
   </x:si>
   <x:si>
-    <x:t>260,452</x:t>
-[...5 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>332,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,328,618.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
   </x:si>
   <x:si>
     <x:t>GRID US</x:t>
   </x:si>
   <x:si>
     <x:t>First Trust Nasdaq Clean Edge Smart Gri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PW59Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>101,828</x:t>
-[...5 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>129,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,183,709.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EXI US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Industrials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G7XHL9</x:t>
   </x:si>
   <x:si>
-    <x:t>87,860</x:t>
-[...5 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>112,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,362,874.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Gold Miners ETF/Usa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLNQN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188,712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,492,409.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Uranium And Nuclear Energy ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KJ6RN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,070,065.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.64%</x:t>
   </x:si>
   <x:si>
     <x:t>XLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Materials Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHNNF7</x:t>
   </x:si>
   <x:si>
-    <x:t>305,844</x:t>
-[...23 lines deleted...]
-    <x:t>3.52%</x:t>
+    <x:t>390,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,671,272.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>XLU US</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7G75</x:t>
   </x:si>
   <x:si>
-    <x:t>331,802</x:t>
-[...23 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>423,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,965,632.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.45%</x:t>
   </x:si>
   <x:si>
     <x:t>IFRA US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares U.S. Infrastructure ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHHFNQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>224,043</x:t>
-[...5 lines deleted...]
-    <x:t>3.04%</x:t>
+    <x:t>285,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,266,525.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
   </x:si>
   <x:si>
     <x:t>REZ US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Residential And Multisector Rea</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R72RT1</x:t>
   </x:si>
   <x:si>
-    <x:t>147,057</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>187,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,863,609.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>GLDM US</x:t>
   </x:si>
   <x:si>
     <x:t>SPDR Gold MiniShares Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L8YYP89</x:t>
   </x:si>
   <x:si>
     <x:t>5,936</x:t>
   </x:si>
   <x:si>
-    <x:t>$565,166.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$610,398.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>IAU US</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Gold Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QLKDR4</x:t>
   </x:si>
   <x:si>
     <x:t>6,194</x:t>
   </x:si>
   <x:si>
-    <x:t>$560,742.82</x:t>
+    <x:t>$605,711.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>10,708,444</x:t>
+    <x:t>4,330,378</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,708,444.07</x:t>
-[...2 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>$4,330,378.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-10,324,380.43</x:t>
-[...5 lines deleted...]
-    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 11,075,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
+    <x:t>$-3,949,485.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 14,125,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -424,62 +427,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6adcf530af34eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R14f0a1f1e67a4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96d28123b5ff4cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8f3cd38db54662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0ac6436dd8f2478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R991358ce84754486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="16" customWidth="1"/>
+    <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -990,114 +993,114 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="60" customHeight="1">
       <x:c r="A22" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>