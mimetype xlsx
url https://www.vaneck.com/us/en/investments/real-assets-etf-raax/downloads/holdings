--- v5 (2026-03-01)
+++ v6 (2026-03-01)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914a74edfc81404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81047118a01545bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260226" sheetId="1" r:id="R991358ce84754486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260226" sheetId="1" r:id="Rd4521881ec7543fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="120">
   <x:si>
     <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -427,51 +427,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8f3cd38db54662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0ac6436dd8f2478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R991358ce84754486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9296d75ae304c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f72271876a346d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4521881ec7543fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">