--- v6 (2026-03-01)
+++ v7 (2026-03-24)
@@ -1,408 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81047118a01545bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafda00cb0cc84ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260226" sheetId="1" r:id="Rd4521881ec7543fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAX_asof_20260320" sheetId="1" r:id="R0a1b0f7cffe14507"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="120">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="119">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>OUNZ US</x:t>
+    <x:t>PIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Commodity Strategy ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C3FR5N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,149,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,197,925.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUNZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold Shares</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,682,127</x:t>
-[...32 lines deleted...]
-    <x:t>PAVE US</x:t>
+    <x:t>3,286,045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,285,748.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAVE</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Us Infrastructure Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,168,138</x:t>
-[...8 lines deleted...]
-    <x:t>EINC US</x:t>
+    <x:t>1,428,706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$70,035,168.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EINC</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>432,215</x:t>
-[...8 lines deleted...]
-    <x:t>XLE US</x:t>
+    <x:t>528,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,890,553.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLE</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>676,442</x:t>
-[...8 lines deleted...]
-    <x:t>HAP US</x:t>
+    <x:t>827,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,746,383.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAP</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Natural Resources ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0MB88</x:t>
   </x:si>
   <x:si>
-    <x:t>332,188</x:t>
-[...8 lines deleted...]
-    <x:t>GRID US</x:t>
+    <x:t>406,276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,720,211.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRID</x:t>
   </x:si>
   <x:si>
     <x:t>First Trust Nasdaq Clean Edge Smart Gri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PW59Q8</x:t>
   </x:si>
   <x:si>
-    <x:t>129,888</x:t>
-[...8 lines deleted...]
-    <x:t>EXI US</x:t>
+    <x:t>158,868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,558,683.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXI</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Industrials ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G7XHL9</x:t>
   </x:si>
   <x:si>
-    <x:t>112,016</x:t>
-[...8 lines deleted...]
-    <x:t>GDX US</x:t>
+    <x:t>136,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,460,400.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utilities Select Sector SPDR Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ7G75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,948,374.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Materials Select Sector SPDR Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHNNF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,308,423.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Uranium And Nuclear Energy ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KJ6RN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,995,904.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFRA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares U.S. Infrastructure ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHHFNQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,294,111.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares Residential And Multisector Rea</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R72RT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>229,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,982,270.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Gold Miners ETF/Usa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLNQN7</x:t>
   </x:si>
   <x:si>
-    <x:t>188,712</x:t>
-[...98 lines deleted...]
-    <x:t>GLDM US</x:t>
+    <x:t>230,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,491,375.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLDM</x:t>
   </x:si>
   <x:si>
     <x:t>SPDR Gold MiniShares Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L8YYP89</x:t>
   </x:si>
   <x:si>
     <x:t>5,936</x:t>
   </x:si>
   <x:si>
-    <x:t>$610,398.88</x:t>
-[...5 lines deleted...]
-    <x:t>IAU US</x:t>
+    <x:t>$528,719.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAU</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Gold Trust</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QLKDR4</x:t>
   </x:si>
   <x:si>
     <x:t>6,194</x:t>
   </x:si>
   <x:si>
-    <x:t>$605,711.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$524,631.80</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>4,330,378</x:t>
+    <x:t>6,486,800</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,330,378.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$6,486,800.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,949,485.99</x:t>
-[...5 lines deleted...]
-    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 14,125,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
+    <x:t>$-5,478,469.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These are not recommendations to buy or to sell any security. Securities and holdings will vary at times. The holdings presented reflect unsettled trade activity from creation and/or redemption transactions from the prior business day and may differ from the holdings information used to calculate the Fund's net asset value. The adjusted shares outstanding is 17,275,000. This includes any changes in shares outstanding due to creations or redemptions on the previous business day, and may differ from the information used to calculate the fund's net asset value.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -427,51 +424,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9296d75ae304c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7f72271876a346d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4521881ec7543fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf756cbd13a3b46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R336b3642d44a45ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0a1b0f7cffe14507" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I22"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -993,114 +990,114 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F21" s="1" t="s">
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="60" customHeight="1">
       <x:c r="A22" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I22" s="2" t="s">
         <x:v>1</x:v>
       </x:c>