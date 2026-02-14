--- v0 (2026-01-20)
+++ v1 (2026-02-14)
@@ -1,252 +1,258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75bd801fc1e24c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5702c4f1fd6408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAPROP_asof_20251231" sheetId="1" r:id="R3bb2d9f61d8c4743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAPROP_asof_20260131" sheetId="1" r:id="R9e818178207144f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="69">
-[...1 lines deleted...]
-    <x:t>Holdings 12/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="71">
+  <x:si>
+    <x:t>Holdings 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
     <x:t>Real Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Preservation</x:t>
   </x:si>
   <x:si>
-    <x:t>25.91%</x:t>
+    <x:t>23.32%</x:t>
   </x:si>
   <x:si>
     <x:t>PIT</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Commodity Strategy ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C3FR5N9</x:t>
   </x:si>
   <x:si>
     <x:t>Growth-Oriented</x:t>
   </x:si>
   <x:si>
-    <x:t>16.77%</x:t>
+    <x:t>19.23%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE</x:t>
   </x:si>
   <x:si>
     <x:t>Global X U.S. Infrastructure Development ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
     <x:t>Income -Producing</x:t>
   </x:si>
   <x:si>
-    <x:t>10.32%</x:t>
+    <x:t>10.83%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>8.80%</x:t>
+    <x:t>8.61%</x:t>
   </x:si>
   <x:si>
     <x:t>XLE</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Energy Select Sector SPDR ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>6.65%</x:t>
+    <x:t>6.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Natural Resources ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0MB88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Trust Nasdaq Clean Edge Smart GRID Infrastructure Index</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PW59Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resource Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares Global Industrials ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G7XHL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Uranium and Nuclear ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KJ6RN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>XLB</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Materials Select Sector SPDR ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHNNF7</x:t>
   </x:si>
   <x:si>
-    <x:t>5.08%</x:t>
+    <x:t>XLU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Utilities Select Sector SPDR ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ7G75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFRA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares U.S. Infrastructure ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHHFNQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Gold Miners ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLNQN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
   </x:si>
   <x:si>
     <x:t>REZ</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Residential and Multisector Real Estate ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R72RT1</x:t>
   </x:si>
   <x:si>
-    <x:t>4.02%</x:t>
-[...80 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -274,60 +280,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56a152c6c574549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ae8212c73c64e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bb2d9f61d8c4743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80fa386e2e7345b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd88157ccdd5d4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e818178207144f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="66" customWidth="1"/>
+    <x:col min="3" max="3" width="78" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -511,223 +517,223 @@
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A18:G18"/>