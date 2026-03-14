--- v1 (2026-02-14)
+++ v2 (2026-03-14)
@@ -1,258 +1,243 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5702c4f1fd6408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa6702ed3694ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAPROP_asof_20260131" sheetId="1" r:id="R9e818178207144f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RAAPROP_asof_20260131" sheetId="1" r:id="Rf114d3fb45ee47d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="71">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="66">
   <x:si>
     <x:t>Holdings 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>OUNZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
     <x:t>Real Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Preservation</x:t>
   </x:si>
   <x:si>
-    <x:t>23.32%</x:t>
+    <x:t>23.00%</x:t>
   </x:si>
   <x:si>
     <x:t>PIT</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Commodity Strategy ETF</x:t>
+    <x:t>VanEck Commodity Strat ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C3FR5N9</x:t>
   </x:si>
   <x:si>
     <x:t>Growth-Oriented</x:t>
   </x:si>
   <x:si>
-    <x:t>19.23%</x:t>
+    <x:t>18.50%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE</x:t>
   </x:si>
   <x:si>
-    <x:t>Global X U.S. Infrastructure Development ETF</x:t>
+    <x:t>Global X Us Infrastructure</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
   </x:si>
   <x:si>
     <x:t>Income -Producing</x:t>
   </x:si>
   <x:si>
-    <x:t>10.83%</x:t>
+    <x:t>11.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EINC</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Energy Income ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002QM2M43</x:t>
   </x:si>
   <x:si>
-    <x:t>8.61%</x:t>
+    <x:t>8.00%</x:t>
   </x:si>
   <x:si>
     <x:t>XLE</x:t>
   </x:si>
   <x:si>
-    <x:t>State Street Energy Select Sector SPDR ETF</x:t>
+    <x:t>Ss Energy Select Sector</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ20S2</x:t>
   </x:si>
   <x:si>
-    <x:t>6.44%</x:t>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares Global Industrials E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G7XHL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Trust NASDAQ Cln Edge Smart Grid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PW59Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resource Assets</x:t>
   </x:si>
   <x:si>
     <x:t>HAP</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Natural Resources ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0MB88</x:t>
   </x:si>
   <x:si>
-    <x:t>4.15%</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Uranium and Nuclear ETF</x:t>
+    <x:t>VanEck Urani &amp; Nuclr ETF-Usd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>3.51%</x:t>
+    <x:t>3.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Sr Utl Sl Se SPDR ETF-Usd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ7G75</x:t>
   </x:si>
   <x:si>
     <x:t>XLB</x:t>
   </x:si>
   <x:si>
-    <x:t>State Street Materials Select Sector SPDR ETF</x:t>
+    <x:t>Ss Materials Select Sector</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHNNF7</x:t>
   </x:si>
   <x:si>
-    <x:t>XLU</x:t>
-[...8 lines deleted...]
-    <x:t>3.41%</x:t>
+    <x:t>REZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ishars Res And Multi Reales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R72RT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>IFRA</x:t>
   </x:si>
   <x:si>
-    <x:t>iShares U.S. Infrastructure ETF</x:t>
+    <x:t>iShares Us Infrastructure</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHHFNQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>2.98%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GDX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Gold Miners ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLNQN7</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>2.89%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -280,60 +265,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80fa386e2e7345b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd88157ccdd5d4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e818178207144f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc0314ca86c4136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf4013ec89a0b4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf114d3fb45ee47d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="78" customWidth="1"/>
+    <x:col min="3" max="3" width="50" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="28" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -523,217 +508,217 @@
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D12" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A18:G18"/>