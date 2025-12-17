--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -1,567 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eba20b275ed4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb6a57036854b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251204" sheetId="1" r:id="R5d392dc6fe434b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251216" sheetId="1" r:id="Rc7d9d29298644ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+    <x:t>Daily Holdings (%)  12/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>220,177</x:t>
+    <x:t>215,817</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,444,752.47</x:t>
+    <x:t>$48,032,231.52</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.68%</x:t>
+    <x:t>19.15%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
-    <x:t>231,962</x:t>
-[...5 lines deleted...]
-    <x:t>10.39%</x:t>
+    <x:t>227,370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,243,045.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.46%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
-    <x:t>21,161</x:t>
-[...5 lines deleted...]
-    <x:t>7.40%</x:t>
+    <x:t>20,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,847,069.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.11%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>48,073</x:t>
-[...5 lines deleted...]
-    <x:t>6.59%</x:t>
+    <x:t>47,121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,618,634.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.62%</x:t>
   </x:si>
   <x:si>
     <x:t>TJX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tjx Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV8DN6</x:t>
   </x:si>
   <x:si>
-    <x:t>90,650</x:t>
-[...5 lines deleted...]
-    <x:t>5.32%</x:t>
+    <x:t>88,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,780,677.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.49%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,156</x:t>
-[...5 lines deleted...]
-    <x:t>5.13%</x:t>
+    <x:t>15,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,826,526.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGRY34</x:t>
   </x:si>
   <x:si>
-    <x:t>151,528</x:t>
-[...5 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>148,528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,628,257.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNDN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,342,127.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLY US</x:t>
   </x:si>
   <x:si>
     <x:t>O'Reilly Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGYWY6</x:t>
   </x:si>
   <x:si>
-    <x:t>108,558</x:t>
-[...23 lines deleted...]
-    <x:t>4.11%</x:t>
+    <x:t>106,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,885,303.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cencora Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MDCQC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,569,312.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.42%</x:t>
   </x:si>
   <x:si>
     <x:t>AZO US</x:t>
   </x:si>
   <x:si>
     <x:t>Autozone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C7LMS8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,327</x:t>
-[...23 lines deleted...]
-    <x:t>3.37%</x:t>
+    <x:t>2,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,795,135.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GCTWDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,360,715.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
   </x:si>
   <x:si>
     <x:t>ROST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ross Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSBZH7</x:t>
   </x:si>
   <x:si>
-    <x:t>40,824</x:t>
-[...5 lines deleted...]
-    <x:t>2.82%</x:t>
+    <x:t>40,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,298,918.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8YN7</x:t>
   </x:si>
   <x:si>
-    <x:t>161,666</x:t>
-[...23 lines deleted...]
-    <x:t>2.57%</x:t>
+    <x:t>158,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,709,365.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>CAH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cardinal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D898T9</x:t>
   </x:si>
   <x:si>
-    <x:t>32,787</x:t>
-[...5 lines deleted...]
-    <x:t>2.55%</x:t>
+    <x:t>32,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,359,590.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>JD US</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005YHY0Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>218,872</x:t>
-[...5 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>214,538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,189,421.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
   </x:si>
   <x:si>
     <x:t>TGT US</x:t>
   </x:si>
   <x:si>
     <x:t>Target Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H8TVT2</x:t>
   </x:si>
   <x:si>
-    <x:t>60,769</x:t>
-[...5 lines deleted...]
-    <x:t>2.17%</x:t>
+    <x:t>59,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,817,713.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
   </x:si>
   <x:si>
     <x:t>KR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMY992</x:t>
   </x:si>
   <x:si>
-    <x:t>77,810</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>76,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,736,367.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
-    <x:t>63,101</x:t>
-[...5 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>61,851</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,646,247.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>DG US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NV1KK7</x:t>
   </x:si>
   <x:si>
-    <x:t>28,259</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>27,699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,725,792.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FWQ4VD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,417,176.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
-    <x:t>62,368</x:t>
-[...23 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>61,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,218,093.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar Tree Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSC0K9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,368</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>23,886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,132,648.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R8ZVD1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,545</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>12,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,542,281.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
-    <x:t>24,120</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>23,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,716,882.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>259,772</x:t>
+    <x:t>273,359</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$259,772.05</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$273,358.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,131.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$166,778.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6392f6ead2249a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4c6e7392252c4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5d392dc6fe434b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1524b32d284f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R397a5550386b4a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7d9d29298644ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">