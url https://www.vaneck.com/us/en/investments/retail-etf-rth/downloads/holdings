--- v1 (2025-12-17)
+++ v2 (2025-12-19)
@@ -1,567 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb6a57036854b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6481feb29b3445ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251216" sheetId="1" r:id="Rc7d9d29298644ad6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251217" sheetId="1" r:id="Rb8cfb4f8337141f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
-    <x:t>Daily Holdings (%)  12/16/2025</x:t>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>215,817</x:t>
+    <x:t>222,357</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,032,231.52</x:t>
+    <x:t>$49,200,933.39</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.15%</x:t>
+    <x:t>19.04%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
-    <x:t>227,370</x:t>
-[...5 lines deleted...]
-    <x:t>10.46%</x:t>
+    <x:t>234,261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,094,627.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.48%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
-    <x:t>20,743</x:t>
-[...5 lines deleted...]
-    <x:t>7.11%</x:t>
+    <x:t>21,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,437,418.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.13%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>47,121</x:t>
-[...5 lines deleted...]
-    <x:t>6.62%</x:t>
+    <x:t>48,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,319,855.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.70%</x:t>
   </x:si>
   <x:si>
     <x:t>TJX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tjx Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV8DN6</x:t>
   </x:si>
   <x:si>
-    <x:t>88,856</x:t>
-[...5 lines deleted...]
-    <x:t>5.49%</x:t>
+    <x:t>91,550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,250,673.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>15,836</x:t>
-[...5 lines deleted...]
-    <x:t>5.11%</x:t>
+    <x:t>16,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,159,180.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.09%</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGRY34</x:t>
   </x:si>
   <x:si>
-    <x:t>148,528</x:t>
-[...5 lines deleted...]
-    <x:t>4.64%</x:t>
+    <x:t>153,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,918,054.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
   </x:si>
   <x:si>
     <x:t>LOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNDN65</x:t>
   </x:si>
   <x:si>
-    <x:t>41,961</x:t>
-[...5 lines deleted...]
-    <x:t>4.12%</x:t>
+    <x:t>43,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,720,054.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLY US</x:t>
   </x:si>
   <x:si>
     <x:t>O'Reilly Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGYWY6</x:t>
   </x:si>
   <x:si>
-    <x:t>106,408</x:t>
-[...2 lines deleted...]
-    <x:t>$9,885,303.20</x:t>
+    <x:t>109,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,179,424.05</x:t>
   </x:si>
   <x:si>
     <x:t>3.94%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>25,077</x:t>
-[...5 lines deleted...]
-    <x:t>3.42%</x:t>
+    <x:t>25,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,860,714.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>AZO US</x:t>
   </x:si>
   <x:si>
     <x:t>Autozone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C7LMS8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,281</x:t>
-[...5 lines deleted...]
-    <x:t>3.11%</x:t>
+    <x:t>2,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,974,372.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ross Stores Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSBZH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,534,004.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.92%</x:t>
   </x:si>
   <x:si>
     <x:t>CVNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Carvana Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCTWDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>16,171</x:t>
-[...23 lines deleted...]
-    <x:t>2.91%</x:t>
+    <x:t>16,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,434,191.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.88%</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8YN7</x:t>
   </x:si>
   <x:si>
-    <x:t>158,464</x:t>
-[...5 lines deleted...]
-    <x:t>2.67%</x:t>
+    <x:t>163,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,835,989.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.64%</x:t>
   </x:si>
   <x:si>
     <x:t>CAH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cardinal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D898T9</x:t>
   </x:si>
   <x:si>
-    <x:t>32,137</x:t>
-[...5 lines deleted...]
-    <x:t>2.53%</x:t>
+    <x:t>33,112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,570,745.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>JD US</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005YHY0Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>214,538</x:t>
-[...5 lines deleted...]
-    <x:t>2.47%</x:t>
+    <x:t>221,042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,321,801.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
   </x:si>
   <x:si>
     <x:t>TGT US</x:t>
   </x:si>
   <x:si>
     <x:t>Target Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H8TVT2</x:t>
   </x:si>
   <x:si>
-    <x:t>59,565</x:t>
-[...5 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>61,371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,051,180.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>KR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMY992</x:t>
   </x:si>
   <x:si>
-    <x:t>76,270</x:t>
-[...5 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>78,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,014,381.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
-    <x:t>61,851</x:t>
-[...5 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>63,726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,827,244.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>DG US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NV1KK7</x:t>
   </x:si>
   <x:si>
-    <x:t>27,699</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>28,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,908,986.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQ4VD6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,799</x:t>
-[...5 lines deleted...]
-    <x:t>1.36%</x:t>
+    <x:t>5,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,501,816.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
-    <x:t>61,134</x:t>
-[...5 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>62,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,369,228.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar Tree Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSC0K9</x:t>
   </x:si>
   <x:si>
-    <x:t>23,886</x:t>
-[...5 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>24,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,158,565.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R8ZVD1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,297</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>12,669</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,633,505.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,642</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>24,359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,740,450.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>273,359</x:t>
+    <x:t>383,952</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$273,358.57</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$383,952.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$166,778.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$53,244.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1524b32d284f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R397a5550386b4a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7d9d29298644ad6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2186f287b8a45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66d6142d4e0646fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8cfb4f8337141f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">