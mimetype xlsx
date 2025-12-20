--- v2 (2025-12-19)
+++ v3 (2025-12-20)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6481feb29b3445ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458cebe17ad34aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251217" sheetId="1" r:id="Rb8cfb4f8337141f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251218" sheetId="1" r:id="R48d137bed7924ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
     <x:t>222,357</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,200,933.39</x:t>
+    <x:t>$50,421,673.32</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.04%</x:t>
+    <x:t>19.43%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
     <x:t>234,261</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,094,627.26</x:t>
-[...2 lines deleted...]
-    <x:t>10.48%</x:t>
+    <x:t>$26,900,190.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.36%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
     <x:t>21,373</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,437,418.45</x:t>
-[...2 lines deleted...]
-    <x:t>7.13%</x:t>
+    <x:t>$18,329,271.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.06%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
     <x:t>48,549</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,319,855.75</x:t>
-[...2 lines deleted...]
-    <x:t>6.70%</x:t>
+    <x:t>$17,234,409.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
   </x:si>
   <x:si>
     <x:t>TJX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tjx Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV8DN6</x:t>
   </x:si>
   <x:si>
     <x:t>91,550</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,250,673.00</x:t>
-[...2 lines deleted...]
-    <x:t>5.51%</x:t>
+    <x:t>$14,179,264.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
     <x:t>16,316</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,159,180.32</x:t>
-[...2 lines deleted...]
-    <x:t>5.09%</x:t>
+    <x:t>$13,225,096.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGRY34</x:t>
   </x:si>
   <x:si>
     <x:t>153,031</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,918,054.28</x:t>
-[...2 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>$11,904,281.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>LOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNDN65</x:t>
   </x:si>
   <x:si>
     <x:t>43,233</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,720,054.68</x:t>
-[...2 lines deleted...]
-    <x:t>4.15%</x:t>
+    <x:t>$10,709,246.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLY US</x:t>
   </x:si>
   <x:si>
     <x:t>O'Reilly Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGYWY6</x:t>
   </x:si>
   <x:si>
     <x:t>109,633</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,179,424.05</x:t>
-[...2 lines deleted...]
-    <x:t>3.94%</x:t>
+    <x:t>$10,063,213.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
     <x:t>25,836</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,860,714.56</x:t>
-[...2 lines deleted...]
-    <x:t>3.43%</x:t>
+    <x:t>$8,799,224.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AZO US</x:t>
   </x:si>
   <x:si>
     <x:t>Autozone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C7LMS8</x:t>
   </x:si>
   <x:si>
     <x:t>2,350</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,974,372.50</x:t>
-[...2 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>$8,052,533.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GCTWDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,759,228.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
   </x:si>
   <x:si>
     <x:t>ROST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ross Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSBZH7</x:t>
   </x:si>
   <x:si>
     <x:t>41,228</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,534,004.72</x:t>
-[...20 lines deleted...]
-    <x:t>2.88%</x:t>
+    <x:t>$7,526,995.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8YN7</x:t>
   </x:si>
   <x:si>
     <x:t>163,267</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,835,989.29</x:t>
-[...2 lines deleted...]
-    <x:t>2.64%</x:t>
+    <x:t>$6,912,724.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>CAH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cardinal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D898T9</x:t>
   </x:si>
   <x:si>
     <x:t>33,112</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,570,745.28</x:t>
+    <x:t>$6,592,599.20</x:t>
   </x:si>
   <x:si>
     <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>JD US</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005YHY0Q7</x:t>
   </x:si>
   <x:si>
     <x:t>221,042</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,321,801.20</x:t>
+    <x:t>$6,366,009.60</x:t>
   </x:si>
   <x:si>
     <x:t>2.45%</x:t>
   </x:si>
   <x:si>
     <x:t>TGT US</x:t>
   </x:si>
   <x:si>
     <x:t>Target Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H8TVT2</x:t>
   </x:si>
   <x:si>
     <x:t>61,371</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,051,180.60</x:t>
+    <x:t>$6,078,797.55</x:t>
   </x:si>
   <x:si>
     <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>KR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMY992</x:t>
   </x:si>
   <x:si>
     <x:t>78,583</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,014,381.23</x:t>
-[...2 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>$4,934,226.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
     <x:t>63,726</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,827,244.50</x:t>
-[...2 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>$4,783,910.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>DG US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NV1KK7</x:t>
   </x:si>
   <x:si>
     <x:t>28,539</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,908,986.83</x:t>
-[...2 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>$3,900,710.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQ4VD6</x:t>
   </x:si>
   <x:si>
     <x:t>5,976</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,501,816.48</x:t>
-[...2 lines deleted...]
-    <x:t>1.35%</x:t>
+    <x:t>$3,549,803.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
     <x:t>62,988</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,369,228.12</x:t>
-[...2 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>$3,296,162.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar Tree Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSC0K9</x:t>
   </x:si>
   <x:si>
     <x:t>24,609</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,158,565.15</x:t>
-[...2 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>$3,122,882.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R8ZVD1</x:t>
   </x:si>
   <x:si>
     <x:t>12,669</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,633,505.03</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$2,725,228.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
     <x:t>24,359</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,740,450.55</x:t>
+    <x:t>$1,748,001.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>383,952</x:t>
+    <x:t>383,988</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$383,952.21</x:t>
+    <x:t>$383,988.37</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,244.64</x:t>
+    <x:t>$50,758.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2186f287b8a45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66d6142d4e0646fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8cfb4f8337141f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321e7cdaa2854ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra57e2457e55643a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48d137bed7924ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">