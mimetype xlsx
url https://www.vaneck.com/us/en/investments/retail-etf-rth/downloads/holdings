--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,567 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458cebe17ad34aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdfaa9b70914f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20251218" sheetId="1" r:id="R48d137bed7924ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260108" sheetId="1" r:id="R1ab85d1a96194283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>222,357</x:t>
+    <x:t>215,434</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,421,673.32</x:t>
+    <x:t>$53,059,239.86</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.43%</x:t>
+    <x:t>20.71%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
-    <x:t>234,261</x:t>
-[...5 lines deleted...]
-    <x:t>10.36%</x:t>
+    <x:t>258,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,244,764.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.41%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
-    <x:t>21,373</x:t>
-[...5 lines deleted...]
-    <x:t>7.06%</x:t>
+    <x:t>23,628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,626,944.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.44%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>48,549</x:t>
-[...5 lines deleted...]
-    <x:t>6.64%</x:t>
+    <x:t>35,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,783,077.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
   </x:si>
   <x:si>
     <x:t>TJX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tjx Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV8DN6</x:t>
   </x:si>
   <x:si>
-    <x:t>91,550</x:t>
-[...5 lines deleted...]
-    <x:t>5.46%</x:t>
+    <x:t>80,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,690,225.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNDN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,691,887.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cvs Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGRY34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>139,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,270,942.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>16,316</x:t>
-[...41 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>13,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,255,742.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLY US</x:t>
   </x:si>
   <x:si>
     <x:t>O'Reilly Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGYWY6</x:t>
   </x:si>
   <x:si>
-    <x:t>109,633</x:t>
-[...5 lines deleted...]
-    <x:t>3.88%</x:t>
+    <x:t>115,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,554,859.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>25,836</x:t>
-[...5 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>25,197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,459,640.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ross Stores Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSBZH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,590,484.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.96%</x:t>
   </x:si>
   <x:si>
     <x:t>AZO US</x:t>
   </x:si>
   <x:si>
     <x:t>Autozone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C7LMS8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,350</x:t>
-[...5 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>2,242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,429,965.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.90%</x:t>
   </x:si>
   <x:si>
     <x:t>CVNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Carvana Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCTWDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>16,660</x:t>
-[...23 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>16,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,409,231.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cardinal Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D898T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,486,362.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8YN7</x:t>
   </x:si>
   <x:si>
-    <x:t>163,267</x:t>
-[...23 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>147,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,154,130.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
   </x:si>
   <x:si>
     <x:t>JD US</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005YHY0Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>221,042</x:t>
-[...5 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>201,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,987,732.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>TGT US</x:t>
   </x:si>
   <x:si>
     <x:t>Target Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H8TVT2</x:t>
   </x:si>
   <x:si>
-    <x:t>61,371</x:t>
-[...5 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>54,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,778,716.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.26%</x:t>
   </x:si>
   <x:si>
     <x:t>KR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMY992</x:t>
   </x:si>
   <x:si>
-    <x:t>78,583</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>79,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,755,457.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
-    <x:t>63,726</x:t>
-[...5 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>57,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,268,593.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ULTA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ulta Beauty Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FWQ4VD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,788,284.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>DG US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NV1KK7</x:t>
   </x:si>
   <x:si>
-    <x:t>28,539</x:t>
-[...23 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>26,057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,752,208.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
-    <x:t>62,988</x:t>
-[...5 lines deleted...]
-    <x:t>1.27%</x:t>
+    <x:t>59,945</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,081,173.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R8ZVD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,810,403.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar Tree Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSC0K9</x:t>
   </x:si>
   <x:si>
-    <x:t>24,609</x:t>
-[...23 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>20,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,710,771.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
-    <x:t>24,359</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>21,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,558,564.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>383,988</x:t>
+    <x:t>14,103</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$383,988.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$14,102.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,758.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$33,501.64</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321e7cdaa2854ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra57e2457e55643a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48d137bed7924ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995f429d5f934d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R566c99487c0b476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ab85d1a96194283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1474,56 +1471,56 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>