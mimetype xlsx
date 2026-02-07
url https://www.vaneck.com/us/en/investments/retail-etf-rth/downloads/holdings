--- v4 (2026-01-10)
+++ v5 (2026-02-07)
@@ -1,564 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdfaa9b70914f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98be15faafb47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260108" sheetId="1" r:id="R1ab85d1a96194283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260205" sheetId="1" r:id="Rfaed9108eb964f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>215,434</x:t>
+    <x:t>219,780</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$53,059,239.86</x:t>
+    <x:t>$48,942,808.20</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>20.71%</x:t>
+    <x:t>18.34%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
-    <x:t>258,643</x:t>
-[...5 lines deleted...]
-    <x:t>11.41%</x:t>
+    <x:t>263,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,494,515.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.55%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
-    <x:t>23,628</x:t>
-[...5 lines deleted...]
-    <x:t>8.44%</x:t>
+    <x:t>24,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,845,846.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.93%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>35,552</x:t>
-[...5 lines deleted...]
-    <x:t>4.99%</x:t>
+    <x:t>36,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,868,559.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,500,191.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lowe's Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNDN65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,554</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,797,229.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>TJX US</x:t>
   </x:si>
   <x:si>
     <x:t>Tjx Cos Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV8DN6</x:t>
   </x:si>
   <x:si>
-    <x:t>80,191</x:t>
-[...23 lines deleted...]
-    <x:t>4.56%</x:t>
+    <x:t>81,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,713,118.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O'Reilly Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGYWY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,912,350.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.09%</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGRY34</x:t>
   </x:si>
   <x:si>
-    <x:t>139,838</x:t>
-[...41 lines deleted...]
-    <x:t>4.12%</x:t>
+    <x:t>142,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,889,161.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>25,197</x:t>
-[...5 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>25,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,052,272.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autozone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C7LMS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,248,308.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>ROST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ross Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSBZH7</x:t>
   </x:si>
   <x:si>
-    <x:t>40,104</x:t>
-[...20 lines deleted...]
-    <x:t>$7,429,965.58</x:t>
+    <x:t>40,913</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,741,966.99</x:t>
   </x:si>
   <x:si>
     <x:t>2.90%</x:t>
   </x:si>
   <x:si>
+    <x:t>CAH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cardinal Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D898T9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,424,015.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastenal Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ8YN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,108,871.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CVNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Carvana Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCTWDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>16,741</x:t>
-[...41 lines deleted...]
-    <x:t>2.40%</x:t>
+    <x:t>17,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,553,041.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H8TVT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,145,856.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>JD US</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005YHY0Q7</x:t>
   </x:si>
   <x:si>
-    <x:t>201,811</x:t>
-[...23 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>205,882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,624,696.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
   </x:si>
   <x:si>
     <x:t>KR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMY992</x:t>
   </x:si>
   <x:si>
-    <x:t>79,536</x:t>
-[...2 lines deleted...]
-    <x:t>$4,755,457.44</x:t>
+    <x:t>81,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,409,603.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sysco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BTVJ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,961,609.08</x:t>
   </x:si>
   <x:si>
     <x:t>1.86%</x:t>
   </x:si>
   <x:si>
-    <x:t>SYY US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQ4VD6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,762</x:t>
-[...5 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>5,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,984,754.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>DG US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NV1KK7</x:t>
   </x:si>
   <x:si>
-    <x:t>26,057</x:t>
-[...5 lines deleted...]
-    <x:t>1.46%</x:t>
+    <x:t>26,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,851,876.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
-    <x:t>59,945</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>61,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,331,724.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dollar Tree Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSC0K9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,154.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R8ZVD1</x:t>
   </x:si>
   <x:si>
-    <x:t>13,246</x:t>
-[...23 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>13,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,298,596.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,704</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>22,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,509,641.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>14,103</x:t>
+    <x:t>148,372</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,102.81</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$148,371.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,501.64</x:t>
+    <x:t>$44,871.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995f429d5f934d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R566c99487c0b476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1ab85d1a96194283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536e8b5e51ff49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re9e7f2f6e6c84922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfaed9108eb964f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1471,56 +1474,56 @@
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>