--- v5 (2026-02-07)
+++ v6 (2026-02-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98be15faafb47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544aaf23b6bb46d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260205" sheetId="1" r:id="Rfaed9108eb964f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260205" sheetId="1" r:id="R63046b8b11fc4219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
     <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R536e8b5e51ff49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re9e7f2f6e6c84922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfaed9108eb964f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f86aaaadd654ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdb482af2c1994b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R63046b8b11fc4219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">