--- v6 (2026-02-07)
+++ v7 (2026-02-28)
@@ -1,567 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544aaf23b6bb46d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37344c25c484774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260205" sheetId="1" r:id="R63046b8b11fc4219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260226" sheetId="1" r:id="Rccc7e726fb7844cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
     <x:t>219,780</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,942,808.20</x:t>
+    <x:t>$45,696,657.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>18.34%</x:t>
+    <x:t>17.31%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
     <x:t>263,861</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,494,515.34</x:t>
-[...2 lines deleted...]
-    <x:t>12.55%</x:t>
+    <x:t>$32,829,585.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.43%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
     <x:t>24,104</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,845,846.16</x:t>
-[...2 lines deleted...]
-    <x:t>8.93%</x:t>
+    <x:t>$23,784,380.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mckesson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DYGNW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,734,872.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
     <x:t>36,270</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,868,559.90</x:t>
-[...20 lines deleted...]
-    <x:t>5.06%</x:t>
+    <x:t>$13,604,514.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tjx Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV8DN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,982,270.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
   </x:si>
   <x:si>
     <x:t>LOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNDN65</x:t>
   </x:si>
   <x:si>
     <x:t>46,554</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,797,229.06</x:t>
-[...20 lines deleted...]
-    <x:t>4.76%</x:t>
+    <x:t>$12,308,412.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cvs Health Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGRY34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,128,828.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>ORLY US</x:t>
   </x:si>
   <x:si>
     <x:t>O'Reilly Automotive Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGYWY6</x:t>
   </x:si>
   <x:si>
     <x:t>117,514</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,912,350.04</x:t>
-[...20 lines deleted...]
-    <x:t>4.08%</x:t>
+    <x:t>$10,732,553.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
     <x:t>25,705</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,052,272.80</x:t>
-[...2 lines deleted...]
-    <x:t>3.39%</x:t>
+    <x:t>$9,424,738.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
   </x:si>
   <x:si>
     <x:t>AZO US</x:t>
   </x:si>
   <x:si>
     <x:t>Autozone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C7LMS8</x:t>
   </x:si>
   <x:si>
     <x:t>2,288</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,248,308.64</x:t>
-[...2 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>$8,374,080.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.17%</x:t>
   </x:si>
   <x:si>
     <x:t>ROST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ross Stores Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSBZH7</x:t>
   </x:si>
   <x:si>
     <x:t>40,913</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,741,966.99</x:t>
-[...2 lines deleted...]
-    <x:t>2.90%</x:t>
+    <x:t>$8,325,795.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.15%</x:t>
   </x:si>
   <x:si>
     <x:t>CAH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cardinal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D898T9</x:t>
   </x:si>
   <x:si>
     <x:t>32,679</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,424,015.22</x:t>
-[...2 lines deleted...]
-    <x:t>2.78%</x:t>
+    <x:t>$7,422,381.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.81%</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8YN7</x:t>
   </x:si>
   <x:si>
     <x:t>150,198</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,108,871.34</x:t>
-[...2 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>$6,861,044.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H8TVT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,364,301.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
   </x:si>
   <x:si>
     <x:t>CVNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Carvana Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCTWDJ3</x:t>
   </x:si>
   <x:si>
     <x:t>17,079</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,553,041.51</x:t>
-[...20 lines deleted...]
-    <x:t>2.30%</x:t>
+    <x:t>$6,044,258.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>JD US</x:t>
   </x:si>
   <x:si>
     <x:t>Jd.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005YHY0Q7</x:t>
   </x:si>
   <x:si>
     <x:t>205,882</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,624,696.24</x:t>
-[...2 lines deleted...]
-    <x:t>2.11%</x:t>
+    <x:t>$5,554,696.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
   </x:si>
   <x:si>
     <x:t>KR US</x:t>
   </x:si>
   <x:si>
     <x:t>Kroger Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMY992</x:t>
   </x:si>
   <x:si>
     <x:t>81,140</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,409,603.80</x:t>
-[...2 lines deleted...]
-    <x:t>2.03%</x:t>
+    <x:t>$5,450,985.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
     <x:t>58,634</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,961,609.08</x:t>
-[...2 lines deleted...]
-    <x:t>1.86%</x:t>
+    <x:t>$5,225,462.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dollar General Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NV1KK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,093,782.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQ4VD6</x:t>
   </x:si>
   <x:si>
     <x:t>5,878</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,984,754.98</x:t>
-[...20 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>$4,088,913.14</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
     <x:t>61,155</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,331,724.40</x:t>
-[...2 lines deleted...]
-    <x:t>1.25%</x:t>
+    <x:t>$3,129,912.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar Tree Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSC0K9</x:t>
   </x:si>
   <x:si>
     <x:t>21,013</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,513,154.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$2,667,600.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R8ZVD1</x:t>
   </x:si>
   <x:si>
     <x:t>13,514</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,298,596.26</x:t>
-[...2 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>$2,514,955.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
     <x:t>22,142</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,509,641.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$1,391,846.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>148,372</x:t>
+    <x:t>216,688</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$148,371.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$216,687.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$44,871.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$80,169.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f86aaaadd654ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdb482af2c1994b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R63046b8b11fc4219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf739494c695e48de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raaa147ebb1c744ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rccc7e726fb7844cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1300,230 +1297,230 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>