--- v7 (2026-02-28)
+++ v8 (2026-03-22)
@@ -1,564 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37344c25c484774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26fc51d20c5f4645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260226" sheetId="1" r:id="Rccc7e726fb7844cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RTH_asof_20260319" sheetId="1" r:id="R1aa002253d664bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/26/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>AMZN US</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVPV84</x:t>
   </x:si>
   <x:si>
-    <x:t>219,780</x:t>
+    <x:t>224,132</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$45,696,657.60</x:t>
+    <x:t>$46,789,796.32</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>17.31%</x:t>
+    <x:t>18.24%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
-    <x:t>263,861</x:t>
-[...5 lines deleted...]
-    <x:t>12.43%</x:t>
+    <x:t>269,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,516,904.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.67%</x:t>
   </x:si>
   <x:si>
     <x:t>COST US</x:t>
   </x:si>
   <x:si>
     <x:t>Costco Wholesale Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F6H8W8</x:t>
   </x:si>
   <x:si>
-    <x:t>24,104</x:t>
-[...5 lines deleted...]
-    <x:t>9.01%</x:t>
+    <x:t>24,582</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,962,041.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.34%</x:t>
   </x:si>
   <x:si>
     <x:t>MCK US</x:t>
   </x:si>
   <x:si>
     <x:t>Mckesson Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DYGNW7</x:t>
   </x:si>
   <x:si>
-    <x:t>14,095</x:t>
-[...5 lines deleted...]
-    <x:t>5.20%</x:t>
+    <x:t>14,375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,922,406.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tjx Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV8DN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,904,797.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.03%</x:t>
   </x:si>
   <x:si>
     <x:t>HD US</x:t>
   </x:si>
   <x:si>
     <x:t>Home Depot Inc/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKZB36</x:t>
   </x:si>
   <x:si>
-    <x:t>36,270</x:t>
-[...23 lines deleted...]
-    <x:t>4.92%</x:t>
+    <x:t>36,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,139,831.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>LOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Lowe's Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNDN65</x:t>
   </x:si>
   <x:si>
-    <x:t>46,554</x:t>
-[...5 lines deleted...]
-    <x:t>4.66%</x:t>
+    <x:t>47,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,905,711.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O'Reilly Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGYWY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>119,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,535,134.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.11%</x:t>
   </x:si>
   <x:si>
     <x:t>CVS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cvs Health Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGRY34</x:t>
   </x:si>
   <x:si>
-    <x:t>142,659</x:t>
-[...23 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>145,483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,454,408.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ross Stores Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSBZH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>41,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,789,367.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
   </x:si>
   <x:si>
     <x:t>COR US</x:t>
   </x:si>
   <x:si>
     <x:t>Cencora Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MDCQC2</x:t>
   </x:si>
   <x:si>
-    <x:t>25,705</x:t>
-[...5 lines deleted...]
-    <x:t>3.57%</x:t>
+    <x:t>26,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,695,900.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AZO US</x:t>
   </x:si>
   <x:si>
     <x:t>Autozone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C7LMS8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,288</x:t>
-[...23 lines deleted...]
-    <x:t>3.15%</x:t>
+    <x:t>2,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,799,247.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
   </x:si>
   <x:si>
     <x:t>CAH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cardinal Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D898T9</x:t>
   </x:si>
   <x:si>
-    <x:t>32,679</x:t>
-[...5 lines deleted...]
-    <x:t>2.81%</x:t>
+    <x:t>33,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,029,330.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
   </x:si>
   <x:si>
     <x:t>FAST US</x:t>
   </x:si>
   <x:si>
     <x:t>Fastenal Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8YN7</x:t>
   </x:si>
   <x:si>
-    <x:t>150,198</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>153,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,814,622.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
   </x:si>
   <x:si>
     <x:t>TGT US</x:t>
   </x:si>
   <x:si>
     <x:t>Target Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H8TVT2</x:t>
   </x:si>
   <x:si>
-    <x:t>55,443</x:t>
-[...5 lines deleted...]
-    <x:t>2.41%</x:t>
+    <x:t>56,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,472,248.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kroger Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMY992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,103,344.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jd.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005YHY0Q7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>209,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,883,023.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>CVNA US</x:t>
   </x:si>
   <x:si>
     <x:t>Carvana Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GCTWDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>17,079</x:t>
-[...41 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>17,417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,123,733.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SYY US</x:t>
   </x:si>
   <x:si>
     <x:t>Sysco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BTVJ25</x:t>
   </x:si>
   <x:si>
-    <x:t>58,634</x:t>
-[...5 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>59,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,883,375.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>DG US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar General Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NV1KK7</x:t>
   </x:si>
   <x:si>
-    <x:t>26,583</x:t>
-[...5 lines deleted...]
-    <x:t>1.55%</x:t>
+    <x:t>27,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,346,606.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>ULTA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ulta Beauty Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWQ4VD6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,878</x:t>
-[...2 lines deleted...]
-    <x:t>$4,088,913.14</x:t>
+    <x:t>5,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,201,395.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>TSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Tractor Supply Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLXZN1</x:t>
   </x:si>
   <x:si>
-    <x:t>61,155</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>62,365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,880,015.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R8ZVD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,281,885.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>DLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Dollar Tree Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSC0K9</x:t>
   </x:si>
   <x:si>
-    <x:t>21,013</x:t>
-[...23 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>21,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,262,045.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
   </x:si>
   <x:si>
     <x:t>BBY US</x:t>
   </x:si>
   <x:si>
     <x:t>Best Buy Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCWCG1</x:t>
   </x:si>
   <x:si>
-    <x:t>22,142</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>22,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,449,410.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>216,688</x:t>
+    <x:t>306,086</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$216,687.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$306,086.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$80,169.04</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$116,578.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf739494c695e48de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raaa147ebb1c744ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rccc7e726fb7844cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29f5e965abd4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf11d4a60405c475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1aa002253d664bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="32" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1297,230 +1300,230 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>