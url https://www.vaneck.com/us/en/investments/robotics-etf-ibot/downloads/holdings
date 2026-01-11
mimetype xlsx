--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -1,1242 +1,1278 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0867b99f03d4e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f2877b770445a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20251204" sheetId="1" r:id="Re2e3a46d415c4b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260108" sheetId="1" r:id="R5c93c09b4ba748ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="399">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="411">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,528</x:t>
+    <x:t>1,469</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,696,202.24</x:t>
+    <x:t>$1,754,456.08</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>6.11%</x:t>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerson Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHX7N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,732,960.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQF869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,691,003.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DM2M32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,665,319.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>8,379</x:t>
-[...41 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>8,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,655,552.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.84%</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM7HL0</x:t>
   </x:si>
   <x:si>
-    <x:t>4,032</x:t>
-[...23 lines deleted...]
-    <x:t>3.61%</x:t>
+    <x:t>5,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,521,190.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.45%</x:t>
   </x:si>
   <x:si>
     <x:t>ROK US</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwell Automation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBCDZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,371</x:t>
-[...5 lines deleted...]
-    <x:t>3.45%</x:t>
+    <x:t>3,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,348,628.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6954 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanuc Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM3TW6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,072,235.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>6902 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Denso Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN9N1</x:t>
   </x:si>
   <x:si>
-    <x:t>60,500</x:t>
-[...23 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>75,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,025,755.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GVXC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$697,421.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technipfmc Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8NMV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$682,618.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincoln Electric Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB72K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,659</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$667,409.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexagon Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF1LW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$663,926.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLQSJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,158.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,953.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GFPW64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$594,573.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNBG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,622.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DN0V14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,838.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9880 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubtech Robotics Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KPDM897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,917.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6841 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yokogawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCQP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,506.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,657</x:t>
-[...5 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>2,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$498,380.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCF47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$495,347.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symbotic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z72HCV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,489.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ptc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VBB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,209.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JB24Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,379.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,367.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autostore Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0130YK040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$446,071.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,100</x:t>
-[...23 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>1,558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,795.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJPDZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$437,054.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amada Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGN39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,497.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6845 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azbil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDD272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$435,085.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krones Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJGN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,344.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duerr Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8LY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,188.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6134 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuji Corp/Aichi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMC18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,596.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kadant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKRSZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$416,442.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6622 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daihen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLWK64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,593.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kardex Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC43V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,429.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renishaw Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDZV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,805.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INRN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interroll Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW8SN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,410.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ6164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,886.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6141 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dmg Mori Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLJ688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$400,904.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$383,118.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,212.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$360,487.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,236.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>6857 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Advantest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN014</x:t>
   </x:si>
   <x:si>
-    <x:t>4,000</x:t>
-[...110 lines deleted...]
-    <x:t>$462,578.22</x:t>
+    <x:t>1,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,968.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,766.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>348</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$241,338.58</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,325</x:t>
-[...110 lines deleted...]
-    <x:t>1.42%</x:t>
+    <x:t>1,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,696.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DV7MX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,581.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stmicroelectronics Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4GX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$225,133.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renesas Electronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MHQMB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,908.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSY1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,085.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onto Innovation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPRN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$210,503.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2D1C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,551.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPBVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,154.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>6920 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Lasertec Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMRC48</x:t>
   </x:si>
   <x:si>
-    <x:t>1,900</x:t>
-[...413 lines deleted...]
-    <x:t>$213,252.40</x:t>
+    <x:t>1,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,315.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>BSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bentley Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMSRR9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,928</x:t>
-[...92 lines deleted...]
-    <x:t>$185,911.23</x:t>
+    <x:t>4,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,934.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,075</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>1,622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,805.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>OUST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ouster Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRTSTR1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,438</x:t>
-[...5 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>3,329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,146.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWEKA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkh Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBT7H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,078.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7595 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Argo Graphics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CCP9G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,589.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mensch Und Maschine Software Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXSZW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,170.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>6914 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Optex Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNLSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>6,800</x:t>
-[...44 lines deleted...]
-    <x:t>-EUR CASH-</x:t>
+    <x:t>3,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,398.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Basler Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3LP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,170.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>18,192</x:t>
+    <x:t>389</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$21,236.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$522.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>6,942</x:t>
-[...29 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3.84</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,317.23</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$18,219.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1264,60 +1300,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e179b63170e4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2546a34dee7e4df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re2e3a46d415c4b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a13a3f35684ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0316740cfa9c481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c93c09b4ba748ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I72"/>
+  <x:dimension ref="A1:I73"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
-    <x:col min="3" max="3" width="39" customWidth="1"/>
+    <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
@@ -1917,370 +1953,370 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
@@ -2294,1109 +2330,1138 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A72" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B72" s="2" t="s">
+      <x:c r="A72" s="1">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A73" s="2" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="B73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C72" s="2" t="s">
+      <x:c r="C73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D72" s="2" t="s">
+      <x:c r="D73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E72" s="2" t="s">
+      <x:c r="E73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F72" s="2" t="s">
+      <x:c r="F73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G72" s="2" t="s">
+      <x:c r="G73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H72" s="2" t="s">
+      <x:c r="H73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I72" s="2" t="s">
+      <x:c r="I73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A72:I72"/>
+    <x:mergeCell ref="A73:I73"/>
   </x:mergeCells>
 </x:worksheet>
 </file>