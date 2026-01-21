--- v1 (2026-01-11)
+++ v2 (2026-01-21)
@@ -1,1278 +1,1263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f2877b770445a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842ba323a80543d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260108" sheetId="1" r:id="R5c93c09b4ba748ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260120" sheetId="1" r:id="Rb23276531d7a49ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="411">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="406">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,469</x:t>
+    <x:t>1,646</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,754,456.08</x:t>
+    <x:t>$2,182,711.22</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.13%</x:t>
+    <x:t>5.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQF869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,009,987.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
   </x:si>
   <x:si>
     <x:t>EMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Emerson Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHX7N2</x:t>
   </x:si>
   <x:si>
-    <x:t>12,047</x:t>
-[...23 lines deleted...]
-    <x:t>4.94%</x:t>
+    <x:t>13,493</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,959,453.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Abb Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DM2M32</x:t>
   </x:si>
   <x:si>
-    <x:t>22,431</x:t>
-[...2 lines deleted...]
-    <x:t>$1,665,319.01</x:t>
+    <x:t>25,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,884,784.93</x:t>
   </x:si>
   <x:si>
     <x:t>4.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>8,947</x:t>
-[...5 lines deleted...]
-    <x:t>4.84%</x:t>
+    <x:t>10,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,784,973.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM7HL0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,500</x:t>
-[...5 lines deleted...]
-    <x:t>4.45%</x:t>
+    <x:t>6,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,563,839.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ROK US</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwell Automation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBCDZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>3,341</x:t>
-[...5 lines deleted...]
-    <x:t>3.94%</x:t>
+    <x:t>3,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,512,172.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
-    <x:t>26,400</x:t>
-[...5 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>29,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,208,437.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>6902 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Denso Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN9N1</x:t>
   </x:si>
   <x:si>
-    <x:t>75,300</x:t>
-[...5 lines deleted...]
-    <x:t>3.00%</x:t>
+    <x:t>84,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,170,304.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technipfmc Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8NMV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$807,168.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLQSJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,074.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.95%</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GVXC37</x:t>
   </x:si>
   <x:si>
-    <x:t>24,650</x:t>
-[...23 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>27,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,262.89</x:t>
   </x:si>
   <x:si>
     <x:t>LECO US</x:t>
   </x:si>
   <x:si>
     <x:t>Lincoln Electric Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB72K8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,659</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>2,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$753,210.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,906.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.88%</x:t>
   </x:si>
   <x:si>
     <x:t>HEXAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Hexagon Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF1LW0</x:t>
   </x:si>
   <x:si>
-    <x:t>56,508</x:t>
-[...41 lines deleted...]
-    <x:t>1.84%</x:t>
+    <x:t>63,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$696,661.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
   </x:si>
   <x:si>
     <x:t>KCR FH</x:t>
   </x:si>
   <x:si>
     <x:t>Konecranes Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GFPW64</x:t>
   </x:si>
   <x:si>
-    <x:t>5,291</x:t>
-[...5 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>5,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,729.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>IMI LN</x:t>
   </x:si>
   <x:si>
     <x:t>Imi Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNBG1</x:t>
   </x:si>
   <x:si>
-    <x:t>16,686</x:t>
-[...5 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>18,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$653,607.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9880 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubtech Robotics Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KPDM897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,755.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,299.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ANDR AV</x:t>
   </x:si>
   <x:si>
     <x:t>Andritz Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN0V14</x:t>
   </x:si>
   <x:si>
-    <x:t>6,549</x:t>
-[...23 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>7,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,429.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCF47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,156.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
   </x:si>
   <x:si>
     <x:t>6841 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yokogawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCQP0</x:t>
   </x:si>
   <x:si>
-    <x:t>15,500</x:t>
-[...41 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>17,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,980.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$555,947.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JB24Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,086.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amada Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGN39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$497,145.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,658.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ptc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VBB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,457.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6134 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuji Corp/Aichi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMC18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$483,235.97</x:t>
   </x:si>
   <x:si>
     <x:t>SYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Symbotic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72HCV1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,819</x:t>
-[...56 lines deleted...]
-    <x:t>1.31%</x:t>
+    <x:t>7,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$482,299.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kadant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKRSZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$476,822.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6622 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daihen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLWK64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$476,082.61</x:t>
   </x:si>
   <x:si>
     <x:t>AUTO NO</x:t>
   </x:si>
   <x:si>
     <x:t>Autostore Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0130YK040</x:t>
   </x:si>
   <x:si>
-    <x:t>350,787</x:t>
-[...23 lines deleted...]
-    <x:t>1.28%</x:t>
+    <x:t>393,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,904.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renishaw Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDZV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,057.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6845 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azbil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDD272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,713.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$466,660.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krones Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJGN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,006.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6141 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dmg Mori Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLJ688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$458,438.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kardex Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC43V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$451,953.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duerr Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8LY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,529.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ6164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,793.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ISRG US</x:t>
   </x:si>
   <x:si>
     <x:t>Intuitive Surgical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJPDZ1</x:t>
   </x:si>
   <x:si>
-    <x:t>747</x:t>
-[...155 lines deleted...]
-    <x:t>$413,805.35</x:t>
+    <x:t>837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,467.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$432,075.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$430,549.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>INRN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Interroll Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW8SN1</x:t>
   </x:si>
   <x:si>
-    <x:t>145</x:t>
-[...74 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,603.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6G37</x:t>
   </x:si>
   <x:si>
-    <x:t>1,205</x:t>
-[...23 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>1,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$398,858.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,451.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSY1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$294,762.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>6857 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Advantest Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN014</x:t>
   </x:si>
   <x:si>
-    <x:t>1,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>2,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$288,907.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onto Innovation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPRN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,737.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,583.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>3,288</x:t>
-[...38 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>3,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,558.28</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>3,754</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>4,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,672.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>8,029</x:t>
-[...5 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>8,995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,944.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>6723 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Renesas Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MHQMB8</x:t>
   </x:si>
   <x:si>
-    <x:t>15,000</x:t>
-[...41 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>16,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,726.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPBVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,726.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>LSCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lattice Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2D1C1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,476</x:t>
-[...2 lines deleted...]
-    <x:t>$203,551.96</x:t>
+    <x:t>2,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,796.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.60%</x:t>
   </x:si>
   <x:si>
-    <x:t>CGNX US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>6920 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Lasertec Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMRC48</x:t>
   </x:si>
   <x:si>
     <x:t>1,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$198,315.17</x:t>
-[...2 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$221,820.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>BSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bentley Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMSRR9</x:t>
   </x:si>
   <x:si>
-    <x:t>4,660</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>5,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,972.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,622</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>1,817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,449.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>OUST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ouster Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRTSTR1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,329</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>3,731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,409.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>TWEKA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Tkh Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBT7H7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,763</x:t>
-[...5 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>1,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,158.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>7595 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Argo Graphics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCP9G5</x:t>
   </x:si>
   <x:si>
-    <x:t>$61,589.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$65,147.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Basler Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3LP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,187.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>MUM GR</x:t>
   </x:si>
   <x:si>
     <x:t>Mensch Und Maschine Software Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSZW1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,114</x:t>
-[...5 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>1,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,266.19</x:t>
   </x:si>
   <x:si>
     <x:t>6914 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Optex Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNLSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>3,500</x:t>
-[...23 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>3,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,894.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>389</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$522.97</x:t>
+    <x:t>$523.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>-CHF CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-.01</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>4</x:t>
-[...8 lines deleted...]
-    <x:t>$-.01</x:t>
+    <x:t>-23,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-23,577.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,219.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$10,422.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1300,51 +1285,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a13a3f35684ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0316740cfa9c481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c93c09b4ba748ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78092404cfba4b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3ccf93e80ea4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb23276531d7a49ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I73"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1750,1709 +1735,1709 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>302</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="2" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="B73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I73" s="2" t="s">
         <x:v>1</x:v>
       </x:c>