--- v2 (2026-01-21)
+++ v3 (2026-02-13)
@@ -1,1260 +1,1284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842ba323a80543d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864e05d963e74fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260120" sheetId="1" r:id="Rb23276531d7a49ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260211" sheetId="1" r:id="Reb6726d0c0a64a30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="406">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/20/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="414">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,646</x:t>
+    <x:t>1,882</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,182,711.22</x:t>
+    <x:t>$2,701,855.66</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.64%</x:t>
+    <x:t>5.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABBN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abb Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DM2M32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,593,293.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerson Electric Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHX7N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,385,166.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>6861 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Keyence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQF869</x:t>
   </x:si>
   <x:si>
-    <x:t>5,300</x:t>
-[...41 lines deleted...]
-    <x:t>4.87%</x:t>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,266,298.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>10,024</x:t>
-[...5 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>11,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,177,973.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwell Automation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBCDZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,740,568.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM7HL0</x:t>
   </x:si>
   <x:si>
-    <x:t>6,160</x:t>
-[...23 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>7,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,637,433.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
   </x:si>
   <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
-    <x:t>29,700</x:t>
-[...5 lines deleted...]
-    <x:t>3.12%</x:t>
+    <x:t>34,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,522,710.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
   </x:si>
   <x:si>
     <x:t>6902 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Denso Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN9N1</x:t>
   </x:si>
   <x:si>
-    <x:t>84,300</x:t>
-[...5 lines deleted...]
-    <x:t>3.02%</x:t>
+    <x:t>96,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,347,737.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>FTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Technipfmc Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL8NMV2</x:t>
   </x:si>
   <x:si>
-    <x:t>15,463</x:t>
-[...2 lines deleted...]
-    <x:t>$807,168.60</x:t>
+    <x:t>17,671</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,421.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LECO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lincoln Electric Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB72K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,990.50</x:t>
   </x:si>
   <x:si>
     <x:t>2.09%</x:t>
   </x:si>
   <x:si>
     <x:t>6383 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Daifuku Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLQSJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>21,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.95%</x:t>
+    <x:t>24,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$978,909.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$969,656.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNBG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$845,772.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexagon Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF1LW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$773,305.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KCR FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konecranes Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GFPW64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,689.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$747,681.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDR AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andritz Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DN0V14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,402.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,281.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCF47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$709,429.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amada Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGN39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,318.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$679,420.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>DSY FP</x:t>
   </x:si>
   <x:si>
     <x:t>Dassault Systemes Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GVXC37</x:t>
   </x:si>
   <x:si>
-    <x:t>27,608</x:t>
-[...86 lines deleted...]
-    <x:t>$653,607.81</x:t>
+    <x:t>31,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,500.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6622 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daihen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLWK64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,376.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JB24Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$656,814.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>9880 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Ubtech Robotics Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KPDM897</x:t>
   </x:si>
   <x:si>
-    <x:t>35,250</x:t>
-[...59 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>40,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,734.92</x:t>
   </x:si>
   <x:si>
     <x:t>6841 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yokogawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCQP0</x:t>
   </x:si>
   <x:si>
-    <x:t>17,300</x:t>
-[...74 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>19,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,974.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6141 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dmg Mori Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLJ688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,360.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6134 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuji Corp/Aichi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMC18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,614.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renishaw Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDZV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,812</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,370.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,641.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,610.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kadant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKRSZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,920.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duerr Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8LY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,578.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ6164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,479.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krones Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJGN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,402.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>PTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ptc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VBB0</x:t>
   </x:si>
   <x:si>
-    <x:t>3,007</x:t>
-[...20 lines deleted...]
-    <x:t>$483,235.97</x:t>
+    <x:t>3,435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,486.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,661.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autostore Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0130YK040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,427.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,317.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>SYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Symbotic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72HCV1</x:t>
   </x:si>
   <x:si>
-    <x:t>7,641</x:t>
-[...68 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>8,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,240.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>6845 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Azbil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDD272</x:t>
   </x:si>
   <x:si>
-    <x:t>53,700</x:t>
-[...56 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>61,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,789.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INRN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interroll Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW8SN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,579.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>KARN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Kardex Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC43V5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,296</x:t>
-[...41 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>1,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$484,015.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGN014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$477,946.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ISRG US</x:t>
   </x:si>
   <x:si>
     <x:t>Intuitive Surgical Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJPDZ1</x:t>
   </x:si>
   <x:si>
-    <x:t>837</x:t>
-[...74 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,786.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,779.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renesas Electronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MHQMB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,939.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>ASM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Asm International Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F5L454</x:t>
   </x:si>
   <x:si>
-    <x:t>390</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,049.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stmicroelectronics Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4GX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,390.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>NVMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nova Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSY1Y8</x:t>
   </x:si>
   <x:si>
-    <x:t>652</x:t>
-[...20 lines deleted...]
-    <x:t>$288,907.36</x:t>
+    <x:t>744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,017.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
+    <x:t>ON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DV7MX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,446.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$340,119.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2D1C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,185.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ONTO US</x:t>
   </x:si>
   <x:si>
     <x:t>Onto Innovation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPRN29</x:t>
   </x:si>
   <x:si>
-    <x:t>1,308</x:t>
-[...71 lines deleted...]
-    <x:t>$243,944.40</x:t>
+    <x:t>1,496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,740.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPBVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,691.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>6723 JP</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>6920 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Lasertec Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMRC48</x:t>
   </x:si>
   <x:si>
     <x:t>1,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$221,820.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>$205,886.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>BSY US</x:t>
   </x:si>
   <x:si>
     <x:t>Bentley Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMSRR9</x:t>
   </x:si>
   <x:si>
-    <x:t>5,221</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>5,969</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,468.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,817</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>2,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,888.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TWEKA NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tkh Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBT7H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$107,061.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>OUST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ouster Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRTSTR1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,731</x:t>
-[...23 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>4,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,603.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>7595 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Argo Graphics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCP9G5</x:t>
   </x:si>
   <x:si>
-    <x:t>$65,147.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$76,276.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUM GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mensch Und Maschine Software Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXSZW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,877.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6914 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optex Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNLSC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$68,600.98</x:t>
   </x:si>
   <x:si>
     <x:t>BSL GR</x:t>
   </x:si>
   <x:si>
     <x:t>Basler Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR3LP0</x:t>
   </x:si>
   <x:si>
-    <x:t>3,280</x:t>
-[...38 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>3,748</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,149.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>389</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$523.61</x:t>
+    <x:t>$530.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4.67</x:t>
+  </x:si>
+  <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-23,577</x:t>
-[...5 lines deleted...]
-    <x:t>-0.06%</x:t>
+    <x:t>-70,147</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-70,146.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,422.47</x:t>
+    <x:t>$16,124.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -1285,56 +1309,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78092404cfba4b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc3ccf93e80ea4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb23276531d7a49ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710ef158d8d24e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R17d72c77086d431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb6726d0c0a64a30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I73"/>
+  <x:dimension ref="A1:I74"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1735,1718 +1759,1747 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A73" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B73" s="2" t="s">
+      <x:c r="A73" s="1">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A74" s="2" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="B74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C73" s="2" t="s">
+      <x:c r="C74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D73" s="2" t="s">
+      <x:c r="D74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E73" s="2" t="s">
+      <x:c r="E74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F73" s="2" t="s">
+      <x:c r="F74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G73" s="2" t="s">
+      <x:c r="G74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H73" s="2" t="s">
+      <x:c r="H74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I73" s="2" t="s">
+      <x:c r="I74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A73:I73"/>
+    <x:mergeCell ref="A74:I74"/>
   </x:mergeCells>
 </x:worksheet>
 </file>