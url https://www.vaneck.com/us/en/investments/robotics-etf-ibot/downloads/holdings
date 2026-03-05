--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -1,1287 +1,1302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864e05d963e74fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbcf70387135454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260211" sheetId="1" r:id="Reb6726d0c0a64a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260304" sheetId="1" r:id="R2f1a0f37d7a74a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="414">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/11/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="419">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,882</x:t>
+    <x:t>2,531</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,701,855.66</x:t>
+    <x:t>$3,541,805.47</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.73%</x:t>
+    <x:t>5.66%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Abb Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DM2M32</x:t>
   </x:si>
   <x:si>
-    <x:t>28,732</x:t>
-[...5 lines deleted...]
-    <x:t>5.50%</x:t>
+    <x:t>38,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,380,792.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6861 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keyence Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQF869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,350,105.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.35%</x:t>
   </x:si>
   <x:si>
     <x:t>EMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Emerson Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHX7N2</x:t>
   </x:si>
   <x:si>
-    <x:t>15,421</x:t>
-[...23 lines deleted...]
-    <x:t>4.80%</x:t>
+    <x:t>20,723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,009,186.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>11,460</x:t>
-[...5 lines deleted...]
-    <x:t>4.62%</x:t>
+    <x:t>15,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,820,463.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM7HL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,439,639.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
   </x:si>
   <x:si>
     <x:t>ROK US</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwell Automation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBCDZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,279</x:t>
-[...23 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>5,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,205,412.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.52%</x:t>
   </x:si>
   <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
-    <x:t>34,100</x:t>
-[...5 lines deleted...]
-    <x:t>3.23%</x:t>
+    <x:t>46,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,933,263.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.09%</x:t>
   </x:si>
   <x:si>
     <x:t>6902 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Denso Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN9N1</x:t>
   </x:si>
   <x:si>
-    <x:t>96,300</x:t>
-[...5 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>129,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,779,322.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>FTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Technipfmc Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL8NMV2</x:t>
   </x:si>
   <x:si>
-    <x:t>17,671</x:t>
-[...5 lines deleted...]
-    <x:t>2.32%</x:t>
+    <x:t>23,743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,549,705.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,346,422.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>LECO US</x:t>
   </x:si>
   <x:si>
     <x:t>Lincoln Electric Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB72K8</x:t>
   </x:si>
   <x:si>
-    <x:t>3,401</x:t>
-[...5 lines deleted...]
-    <x:t>2.09%</x:t>
+    <x:t>4,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,290,725.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>6383 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Daifuku Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLQSJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>24,800</x:t>
-[...23 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>33,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,257,621.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6134 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fuji Corp/Aichi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMC18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,093,625.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
   </x:si>
   <x:si>
     <x:t>IMI LN</x:t>
   </x:si>
   <x:si>
     <x:t>Imi Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDNBG1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,355</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>28,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,051.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>HEXAB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Hexagon Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF1LW0</x:t>
   </x:si>
   <x:si>
-    <x:t>72,325</x:t>
-[...5 lines deleted...]
-    <x:t>1.64%</x:t>
+    <x:t>97,185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,567.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>KCR FH</x:t>
   </x:si>
   <x:si>
     <x:t>Konecranes Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GFPW64</x:t>
   </x:si>
   <x:si>
-    <x:t>6,775</x:t>
-[...2 lines deleted...]
-    <x:t>$770,689.52</x:t>
+    <x:t>9,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,705.59</x:t>
   </x:si>
   <x:si>
     <x:t>1.63%</x:t>
   </x:si>
   <x:si>
+    <x:t>6113 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amada Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLGN39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$968,066.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$963,089.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6841 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yokogawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCQP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$959,291.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,180</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>4,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$954,397.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6645 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGJC59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$951,938.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>ANDR AV</x:t>
   </x:si>
   <x:si>
     <x:t>Andritz Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN0V14</x:t>
   </x:si>
   <x:si>
-    <x:t>8,383</x:t>
-[...23 lines deleted...]
-    <x:t>1.51%</x:t>
+    <x:t>11,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932,822.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GVXC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$898,704.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8035 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tokyo Electron Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB59S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$882,737.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JB24Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$875,624.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.40%</x:t>
   </x:si>
   <x:si>
     <x:t>6506 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yaskawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCF47</x:t>
   </x:si>
   <x:si>
-    <x:t>19,900</x:t>
-[...59 lines deleted...]
-    <x:t>1.41%</x:t>
+    <x:t>26,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$820,269.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
   </x:si>
   <x:si>
     <x:t>6622 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Daihen Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLWK64</x:t>
   </x:si>
   <x:si>
-    <x:t>7,400</x:t>
-[...23 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>9,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$813,895.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renishaw Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDZV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$802,670.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kadant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKRSZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$802,633.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ6164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,111.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>9880 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Ubtech Robotics Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KPDM897</x:t>
   </x:si>
   <x:si>
-    <x:t>40,250</x:t>
-[...20 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>54,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$778,217.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ptc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VBB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,617.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6845 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azbil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDD272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$738,496.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duerr Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8LY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$717,936.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$710,186.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,960.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,069</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$706,584.19</x:t>
   </x:si>
   <x:si>
     <x:t>6141 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Dmg Mori Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLJ688</x:t>
   </x:si>
   <x:si>
-    <x:t>29,300</x:t>
-[...128 lines deleted...]
-    <x:t>1.18%</x:t>
+    <x:t>39,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,744.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>KRN GR</x:t>
   </x:si>
   <x:si>
     <x:t>Krones Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMJGN7</x:t>
   </x:si>
   <x:si>
-    <x:t>3,354</x:t>
-[...41 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>4,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,503.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>AUTO NO</x:t>
   </x:si>
   <x:si>
     <x:t>Autostore Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0130YK040</x:t>
   </x:si>
   <x:si>
-    <x:t>449,353</x:t>
-[...20 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>604,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,601.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kardex Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC43V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,449.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJPDZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,018.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>SYM US</x:t>
   </x:si>
   <x:si>
     <x:t>Symbotic Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z72HCV1</x:t>
   </x:si>
   <x:si>
-    <x:t>8,737</x:t>
-[...23 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>11,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$635,024.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGN014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,186.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>INRN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Interroll Holding Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW8SN1</x:t>
   </x:si>
   <x:si>
-    <x:t>187</x:t>
-[...53 lines deleted...]
-    <x:t>$474,786.84</x:t>
+    <x:t>253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,034.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,393</x:t>
-[...5 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>1,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,860.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,458.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPBVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$492,939.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stmicroelectronics Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD4GX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,787.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>6723 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Renesas Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MHQMB8</x:t>
   </x:si>
   <x:si>
-    <x:t>19,200</x:t>
-[...38 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>25,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$459,186.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>NVMI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nova Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSY1Y8</x:t>
   </x:si>
   <x:si>
-    <x:t>744</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,295.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONTO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onto Innovation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPRN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,797.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>4,811</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>6,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,694.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>4,212</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>5,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$395,913.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>LSCC US</x:t>
   </x:si>
   <x:si>
     <x:t>Lattice Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2D1C1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,169</x:t>
-[...38 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>4,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,160.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bentley Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMSRR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$311,970.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>6920 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Lasertec Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMRC48</x:t>
   </x:si>
   <x:si>
     <x:t>1,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$205,886.73</x:t>
-[...20 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$221,517.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>AMBA US</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,077</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>2,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,887.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>TWEKA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Tkh Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBT7H7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,260</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>3,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,714.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>OUST US</x:t>
   </x:si>
   <x:si>
     <x:t>Ouster Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRTSTR1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,267</x:t>
-[...5 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>5,741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$128,483.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6914 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optex Group Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNLSC8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,604.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>7595 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Argo Graphics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCP9G5</x:t>
   </x:si>
   <x:si>
-    <x:t>$76,276.65</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$95,099.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MUM GR</x:t>
   </x:si>
   <x:si>
     <x:t>Mensch Und Maschine Software Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSZW1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,429</x:t>
-[...20 lines deleted...]
-    <x:t>$68,600.98</x:t>
+    <x:t>1,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,185.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BSL GR</x:t>
   </x:si>
   <x:si>
     <x:t>Basler Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BR3LP0</x:t>
   </x:si>
   <x:si>
-    <x:t>3,748</x:t>
-[...5 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>5,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,254.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>389</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$530.40</x:t>
+    <x:t>$520.01</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
-    <x:t>$4.67</x:t>
+    <x:t>$4.59</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-70,147</x:t>
-[...5 lines deleted...]
-    <x:t>-0.15%</x:t>
+    <x:t>-55,031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-55,031.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,124.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$-89,956.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1309,51 +1324,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710ef158d8d24e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R17d72c77086d431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb6726d0c0a64a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284796024dc64377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3f254c4413a04a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2f1a0f37d7a74a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I74"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2020,196 +2035,196 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
@@ -2252,80 +2267,80 @@
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
@@ -2513,80 +2528,80 @@
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
@@ -2687,810 +2702,810 @@
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="2" t="s">
-        <x:v>413</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>