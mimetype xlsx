--- v4 (2026-03-05)
+++ v5 (2026-03-26)
@@ -1,1302 +1,1290 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbcf70387135454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72646acdd987489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260304" sheetId="1" r:id="R2f1a0f37d7a74a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="IBOT_asof_20260324" sheetId="1" r:id="R2974c3a15ef44e3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="419">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="415">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/24/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML US</x:t>
+    <x:t>ASML</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,531</x:t>
+    <x:t>2,532</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,541,805.47</x:t>
+    <x:t>$3,543,331.44</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>5.66%</x:t>
+    <x:t>6.09%</x:t>
   </x:si>
   <x:si>
     <x:t>ABBN SW</x:t>
   </x:si>
   <x:si>
     <x:t>Abb Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DM2M32</x:t>
   </x:si>
   <x:si>
-    <x:t>38,642</x:t>
-[...5 lines deleted...]
-    <x:t>5.40%</x:t>
+    <x:t>38,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,189,306.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>6861 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Keyence Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQF869</x:t>
   </x:si>
   <x:si>
-    <x:t>8,300</x:t>
-[...8 lines deleted...]
-    <x:t>EMR US</x:t>
+    <x:t>8,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,849,307.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,701,584.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMR</x:t>
   </x:si>
   <x:si>
     <x:t>Emerson Electric Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHX7N2</x:t>
   </x:si>
   <x:si>
-    <x:t>20,723</x:t>
-[...26 lines deleted...]
-    <x:t>ADSK US</x:t>
+    <x:t>20,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,691,892.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM7HL0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,460</x:t>
-[...8 lines deleted...]
-    <x:t>ROK US</x:t>
+    <x:t>9,443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,260,559.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK</x:t>
   </x:si>
   <x:si>
     <x:t>Rockwell Automation Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBCDZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>5,753</x:t>
-[...5 lines deleted...]
-    <x:t>3.52%</x:t>
+    <x:t>5,735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,071,596.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technipfmc Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8NMV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,663,283.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>6954 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fanuc Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM3TW6</x:t>
   </x:si>
   <x:si>
-    <x:t>46,200</x:t>
-[...5 lines deleted...]
-    <x:t>3.09%</x:t>
+    <x:t>45,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,653,814.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
   </x:si>
   <x:si>
     <x:t>6902 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Denso Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGN9N1</x:t>
   </x:si>
   <x:si>
-    <x:t>129,300</x:t>
-[...26 lines deleted...]
-    <x:t>TDY US</x:t>
+    <x:t>129,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,564,371.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY</x:t>
   </x:si>
   <x:si>
     <x:t>Teledyne Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT9T6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,972</x:t>
-[...8 lines deleted...]
-    <x:t>LECO US</x:t>
+    <x:t>1,963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,228,955.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6383 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daifuku Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLQSJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,174,349.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LECO</x:t>
   </x:si>
   <x:si>
     <x:t>Lincoln Electric Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB72K8</x:t>
   </x:si>
   <x:si>
     <x:t>4,567</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,290,725.54</x:t>
-[...20 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>$1,163,214.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,563.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMI LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imi Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDNBG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,317.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,163.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEXAB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hexagon Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF1LW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>97,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$979,524.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>6134 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Fuji Corp/Aichi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCMC18</x:t>
   </x:si>
   <x:si>
     <x:t>30,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,093,625.99</x:t>
-[...38 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>$954,075.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.64%</x:t>
   </x:si>
   <x:si>
     <x:t>KCR FH</x:t>
   </x:si>
   <x:si>
     <x:t>Konecranes Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GFPW64</x:t>
   </x:si>
   <x:si>
-    <x:t>9,107</x:t>
-[...5 lines deleted...]
-    <x:t>1.63%</x:t>
+    <x:t>9,083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$927,200.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>6113 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Amada Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLGN39</x:t>
   </x:si>
   <x:si>
-    <x:t>61,000</x:t>
-[...23 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>61,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$878,623.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>6841 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yokogawa Electric Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDCQP0</x:t>
   </x:si>
   <x:si>
-    <x:t>26,300</x:t>
-[...20 lines deleted...]
-    <x:t>$954,397.20</x:t>
+    <x:t>26,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$835,094.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>6645 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Omron Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGJC59</x:t>
   </x:si>
   <x:si>
-    <x:t>30,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>29,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,898.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dassault Systemes Se</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GVXC37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$808,961.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>ANDR AV</x:t>
   </x:si>
   <x:si>
     <x:t>Andritz Ag</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DN0V14</x:t>
   </x:si>
   <x:si>
-    <x:t>11,265</x:t>
-[...23 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>11,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,059.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6622 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daihen Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLWK64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,064.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$761,168.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6506 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yaskawa Electric Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDCF47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,581.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kadant Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKRSZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$744,138.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novanta Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JB24Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$741,488.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RSW LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renishaw Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDZV65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$735,353.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ats Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BZ6164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$730,314.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6845 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Azbil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDD272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,298.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$681,788.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,440.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ptc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VBB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,331.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9880 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubtech Robotics Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KPDM897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$646,295.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KARN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kardex Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC43V5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,950.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symbotic Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z72HCV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$622,973.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTO NO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autostore Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0130YK040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>604,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,165.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6141 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dmg Mori Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLJ688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$615,874.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuitive Surgical Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJPDZ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,348.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRN GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krones Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMJGN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$601,687.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,341.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUE GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duerr Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF8LY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,006.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>8035 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Tokyo Electron Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB59S7</x:t>
   </x:si>
   <x:si>
+    <x:t>2,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,540.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nova Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSY1Y8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$488,342.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CGNX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPBVW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,270.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INRN SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Interroll Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW8SN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,514.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asm International Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F5L454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$470,403.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6857 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advantest Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGN014</x:t>
+  </x:si>
+  <x:si>
     <x:t>3,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$882,737.81</x:t>
-[...425 lines deleted...]
-    <x:t>$492,939.07</x:t>
+    <x:t>$458,371.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
-    <x:t>STM US</x:t>
+    <x:t>STM</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>13,825</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>13,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,124.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONTO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onto Innovation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPRN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,553.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lattice Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2D1C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,269.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DV7MX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$403,339.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>6723 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Renesas Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MHQMB8</x:t>
   </x:si>
   <x:si>
     <x:t>25,800</x:t>
   </x:si>
   <x:si>
-    <x:t>$459,186.53</x:t>
-[...35 lines deleted...]
-    <x:t>$420,797.52</x:t>
+    <x:t>$389,166.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.67%</x:t>
   </x:si>
   <x:si>
-    <x:t>ON US</x:t>
-[...17 lines deleted...]
-    <x:t>MCHP US</x:t>
+    <x:t>MCHP</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>5,664</x:t>
-[...2 lines deleted...]
-    <x:t>$395,913.60</x:t>
+    <x:t>5,666</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,859.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6920 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lasertec Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMRC48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,978.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
-    <x:t>LSCC US</x:t>
-[...17 lines deleted...]
-    <x:t>BSY US</x:t>
+    <x:t>BSY</x:t>
   </x:si>
   <x:si>
     <x:t>Bentley Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMSRR9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,026</x:t>
-[...26 lines deleted...]
-    <x:t>AMBA US</x:t>
+    <x:t>8,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,308.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMBA</x:t>
   </x:si>
   <x:si>
     <x:t>Ambarella Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001QZCPJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,792</x:t>
-[...5 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>2,796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,465.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>TWEKA NA</x:t>
   </x:si>
   <x:si>
     <x:t>Tkh Group Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBT7H7</x:t>
   </x:si>
   <x:si>
-    <x:t>3,041</x:t>
-[...8 lines deleted...]
-    <x:t>OUST US</x:t>
+    <x:t>3,039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,055.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUST</x:t>
   </x:si>
   <x:si>
     <x:t>Ouster Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRTSTR1</x:t>
   </x:si>
   <x:si>
-    <x:t>5,741</x:t>
-[...5 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>5,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,010.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>6914 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Optex Group Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNLSC8</x:t>
   </x:si>
   <x:si>
-    <x:t>5,300</x:t>
-[...5 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>6,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,814.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>7595 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Argo Graphics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCP9G5</x:t>
   </x:si>
   <x:si>
-    <x:t>$95,099.67</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$98,501.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL GR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Basler Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR3LP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,981.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>MUM GR</x:t>
   </x:si>
   <x:si>
     <x:t>Mensch Und Maschine Software Se</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXSZW1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,924</x:t>
-[...23 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>1,911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,347.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>172,231</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,230.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>389</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$520.01</x:t>
+    <x:t>$520.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>4</x:t>
-[...2 lines deleted...]
-    <x:t>$4.59</x:t>
+    <x:t>6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6.60</x:t>
   </x:si>
   <x:si>
     <x:t>-CHF CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>$-.01</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-89,956.98</x:t>
-[...2 lines deleted...]
-    <x:t>-0.14%</x:t>
+    <x:t>$-74,655.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1324,51 +1312,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284796024dc64377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3f254c4413a04a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2f1a0f37d7a74a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459eb9120c544116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R744f0c5175c64b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2974c3a15ef44e3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I74"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="42" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2035,747 +2023,747 @@
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
@@ -2818,694 +2806,694 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>324</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="2" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I74" s="2" t="s">
         <x:v>1</x:v>
       </x:c>