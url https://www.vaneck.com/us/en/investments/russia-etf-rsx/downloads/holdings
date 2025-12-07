--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b2e935e2ed4480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra386f1bb11b74ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20251204" sheetId="1" r:id="R4860782c0faf4c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20251204" sheetId="1" r:id="Rf92fb6a2b2644ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
   <x:si>
     <x:t>Daily Holdings (%)  12/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -460,51 +460,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ca0d2c0bec4c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R27538458e5e44301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4860782c0faf4c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb81494c40a34bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R29fdc940dee24b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf92fb6a2b2644ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">