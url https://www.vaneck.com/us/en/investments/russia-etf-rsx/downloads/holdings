--- v1 (2025-12-07)
+++ v2 (2026-01-10)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra386f1bb11b74ce2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2cac9ad2f047d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20251204" sheetId="1" r:id="Rf92fb6a2b2644ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260108" sheetId="1" r:id="R341742d6c3e84253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="135">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
@@ -73,363 +73,375 @@
   <x:si>
     <x:t>$.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>SBER RM</x:t>
   </x:si>
   <x:si>
     <x:t>Sberbank Of Russia Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004730N88</x:t>
   </x:si>
   <x:si>
     <x:t>46,050,016</x:t>
   </x:si>
   <x:si>
     <x:t>$.00</x:t>
   </x:si>
   <x:si>
+    <x:t>ALRS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alrosa Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68B31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,188,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKCO LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vk Ipjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00178PGX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,338,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESK RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irkutsk Electronetwork Co Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P7J2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,410,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NNC0N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROSN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosneft Oil Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,922,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTBR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtb Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730ZJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,375,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozon Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y29RP99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,707</x:t>
+  </x:si>
+  <x:si>
     <x:t>IRAO RM</x:t>
   </x:si>
   <x:si>
     <x:t>Inter Rao Ues Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S68473</x:t>
   </x:si>
   <x:si>
     <x:t>482,502,010</x:t>
   </x:si>
   <x:si>
-    <x:t>SGGD LI</x:t>
-[...44 lines deleted...]
-    <x:t>3,405,164</x:t>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRNFP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KHX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTKM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rostelecom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S682Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,944,591</x:t>
   </x:si>
   <x:si>
     <x:t>NVTK RM</x:t>
   </x:si>
   <x:si>
     <x:t>Novatek Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00475KKY8</x:t>
   </x:si>
   <x:si>
     <x:t>7,452,940</x:t>
   </x:si>
   <x:si>
-    <x:t>LKOH RM</x:t>
-[...217 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$679.44</x:t>
+    <x:t>$682.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,005.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,296,759.20</x:t>
+    <x:t>$32,195,870.46</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -460,56 +472,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb81494c40a34bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R29fdc940dee24b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf92fb6a2b2644ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873e574ea9aa465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7e1b0ed6e2324c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R341742d6c3e84253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I33"/>
+  <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -776,602 +788,602 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
@@ -1382,86 +1394,115 @@
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="2" t="s">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B33" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I33" s="2" t="s">
+      <x:c r="D33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A33:I33"/>
+    <x:mergeCell ref="A34:I34"/>
   </x:mergeCells>
 </x:worksheet>
 </file>