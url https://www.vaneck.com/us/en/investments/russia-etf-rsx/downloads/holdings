--- v2 (2026-01-10)
+++ v3 (2026-01-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2cac9ad2f047d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f3e86e2d0b04ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260108" sheetId="1" r:id="R341742d6c3e84253"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260120" sheetId="1" r:id="R72d285f6eae54882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="135">
   <x:si>
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+    <x:t>Daily Holdings (%)  01/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
@@ -58,390 +58,390 @@
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>266,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
     <x:t>$.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>TRNFP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KHX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKCO LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vk Ipjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00178PGX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,338,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozon Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y29RP99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESK RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irkutsk Electronetwork Co Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P7J2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,410,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTBR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtb Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730ZJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,375,470</x:t>
+  </x:si>
+  <x:si>
     <x:t>SBER RM</x:t>
   </x:si>
   <x:si>
     <x:t>Sberbank Of Russia Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004730N88</x:t>
   </x:si>
   <x:si>
     <x:t>46,050,016</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,452,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NNC0N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,815</x:t>
   </x:si>
   <x:si>
     <x:t>ALRS RM</x:t>
   </x:si>
   <x:si>
     <x:t>Alrosa Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S68B31</x:t>
   </x:si>
   <x:si>
     <x:t>33,188,190</x:t>
   </x:si>
   <x:si>
-    <x:t>ATAD LI</x:t>
-[...8 lines deleted...]
-    <x:t>3,393,156</x:t>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTKM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rostelecom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S682Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,944,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR2 RU</x:t>
   </x:si>
   <x:si>
-    <x:t>Private</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG0175TL3N9</x:t>
   </x:si>
   <x:si>
     <x:t>13,642</x:t>
   </x:si>
   <x:si>
-    <x:t>VKCO LI</x:t>
-[...74 lines deleted...]
-    <x:t>1,364,815</x:t>
+    <x:t>IRAO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Rao Ues Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,502,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
   </x:si>
   <x:si>
     <x:t>ROSN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rosneft Oil Co Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731354</x:t>
   </x:si>
   <x:si>
     <x:t>16,922,345</x:t>
   </x:si>
   <x:si>
-    <x:t>NLMK RM</x:t>
-[...41 lines deleted...]
-    <x:t>17,946,312</x:t>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
   </x:si>
   <x:si>
     <x:t>SVST LI</x:t>
   </x:si>
   <x:si>
     <x:t>Severstal Pao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3XWC4</x:t>
   </x:si>
   <x:si>
     <x:t>3,405,164</x:t>
   </x:si>
   <x:si>
-    <x:t>LKOH RM</x:t>
-[...106 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$682.90</x:t>
+    <x:t>$683.73</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-1,006</x:t>
-[...2 lines deleted...]
-    <x:t>$-1,005.72</x:t>
+    <x:t>-29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-29.38</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,195,870.46</x:t>
+    <x:t>$32,229,417.29</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -472,51 +472,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873e574ea9aa465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7e1b0ed6e2324c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R341742d6c3e84253" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e4b8d0c8f0b4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R11589828224d4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72d285f6eae54882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -788,457 +788,457 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">