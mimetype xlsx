--- v3 (2026-01-22)
+++ v4 (2026-02-11)
@@ -1,447 +1,435 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f3e86e2d0b04ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e263d5d6b54ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260120" sheetId="1" r:id="R72d285f6eae54882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260210" sheetId="1" r:id="R6f5c20178ae44cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="135">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/20/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>266,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$.36</x:t>
+    <x:t>$.37</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKCO LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vk Ipjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00178PGX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,338,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESK RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irkutsk Electronetwork Co Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P7J2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,410,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,452,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
+  </x:si>
+  <x:si>
     <x:t>TRNFP RM</x:t>
   </x:si>
   <x:si>
     <x:t>Transneft Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00475KHX6</x:t>
   </x:si>
   <x:si>
     <x:t>2,097,200</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...23 lines deleted...]
-    <x:t>2,338,938</x:t>
+    <x:t>ROSN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosneft Oil Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,922,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTKM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rostelecom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S682Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,944,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBER RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sberbank Of Russia Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730N88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,050,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTBR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtb Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730ZJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,375,470</x:t>
   </x:si>
   <x:si>
     <x:t>OZON US</x:t>
   </x:si>
   <x:si>
     <x:t>Ozon Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y29RP99</x:t>
   </x:si>
   <x:si>
     <x:t>8,707</x:t>
   </x:si>
   <x:si>
-    <x:t>ATAD LI</x:t>
-[...20 lines deleted...]
-    <x:t>7,410,870</x:t>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NNC0N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRAO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Rao Ues Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,502,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALRS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alrosa Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68B31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,188,190</x:t>
   </x:si>
   <x:si>
     <x:t>PLZL LI</x:t>
   </x:si>
   <x:si>
     <x:t>Polyus Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H2CS6K7</x:t>
   </x:si>
   <x:si>
     <x:t>1,155,875</x:t>
   </x:si>
   <x:si>
-    <x:t>VTBR RM</x:t>
-[...217 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$683.73</x:t>
-[...11 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$694.73</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,229,417.29</x:t>
+    <x:t>$32,289,793.90</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -472,56 +460,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e4b8d0c8f0b4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R11589828224d4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72d285f6eae54882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe589a07abcd4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R372014bd476048b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f5c20178ae44cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I34"/>
+  <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -962,312 +950,312 @@
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
@@ -1394,115 +1382,86 @@
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="1">
-[...5 lines deleted...]
-      <x:c r="C33" s="1" t="s">
+      <x:c r="A33" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I34" s="2" t="s">
+      <x:c r="B33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A34:I34"/>
+    <x:mergeCell ref="A33:I33"/>
   </x:mergeCells>
 </x:worksheet>
 </file>