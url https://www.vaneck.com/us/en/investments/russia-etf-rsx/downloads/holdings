--- v4 (2026-02-11)
+++ v5 (2026-02-12)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e263d5d6b54ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea23bbb56944976" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260210" sheetId="1" r:id="R6f5c20178ae44cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260211" sheetId="1" r:id="Rb69b2e805bb44cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
   <x:si>
-    <x:t>Daily Holdings (%)  02/10/2026</x:t>
+    <x:t>Daily Holdings (%)  02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
@@ -58,378 +58,378 @@
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>266,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
     <x:t>$.37</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>RTKM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rostelecom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S682Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,944,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROSN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosneft Oil Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,922,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBER RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sberbank Of Russia Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730N88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,050,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
     <x:t>PHOR RM</x:t>
   </x:si>
   <x:si>
     <x:t>Phosagro Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S689R0</x:t>
   </x:si>
   <x:si>
     <x:t>705,974</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
-[...11 lines deleted...]
-    <x:t>3,393,156</x:t>
+    <x:t>ALRS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alrosa Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68B31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,188,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESK RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irkutsk Electronetwork Co Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P7J2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,410,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozon Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y29RP99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRAO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Rao Ues Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,502,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,452,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTBR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtb Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730ZJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,375,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRNFP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KHX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
   </x:si>
   <x:si>
     <x:t>VKCO LI</x:t>
   </x:si>
   <x:si>
     <x:t>Vk Ipjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00178PGX3</x:t>
   </x:si>
   <x:si>
     <x:t>2,338,938</x:t>
   </x:si>
   <x:si>
-    <x:t>SNGS RM</x:t>
-[...208 lines deleted...]
-  <x:si>
     <x:t>SGGD LI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NNC0N4</x:t>
   </x:si>
   <x:si>
     <x:t>1,364,815</x:t>
   </x:si>
   <x:si>
-    <x:t>SVST LI</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$694.73</x:t>
+    <x:t>$692.60</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,289,793.90</x:t>
+    <x:t>$32,292,673.03</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -460,51 +460,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe589a07abcd4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R372014bd476048b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f5c20178ae44cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b2ba28de284172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6b0a155e614d42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb69b2e805bb44cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -776,225 +776,225 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
@@ -1066,312 +1066,312 @@
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">