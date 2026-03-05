--- v5 (2026-02-12)
+++ v6 (2026-03-05)
@@ -1,435 +1,435 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea23bbb56944976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0444eb7aae43be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260211" sheetId="1" r:id="Rb69b2e805bb44cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260304" sheetId="1" r:id="R2450a56a81a74506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
   <x:si>
-    <x:t>Daily Holdings (%)  02/11/2026</x:t>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>266,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$.37</x:t>
+    <x:t>$.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALRS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alrosa Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68B31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,188,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR1 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TKDG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBER RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sberbank Of Russia Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730N88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,050,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKCO LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vk Ipjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00178PGX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,338,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESK RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irkutsk Electronetwork Co Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P7J2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,410,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,452,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozon Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y29RP99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NNC0N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRAO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Rao Ues Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,502,010</x:t>
+  </x:si>
+  <x:si>
     <x:t>RTKM RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rostelecom Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S682Z6</x:t>
   </x:si>
   <x:si>
     <x:t>13,944,591</x:t>
   </x:si>
   <x:si>
-    <x:t>$.00</x:t>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRNFP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KHX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>ROSN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rosneft Oil Co Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004731354</x:t>
   </x:si>
   <x:si>
     <x:t>16,922,345</x:t>
   </x:si>
   <x:si>
-    <x:t>SBER RM</x:t>
-[...220 lines deleted...]
-  <x:si>
     <x:t>VTBR RM</x:t>
   </x:si>
   <x:si>
     <x:t>Vtb Bank Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004730ZJ9</x:t>
   </x:si>
   <x:si>
     <x:t>13,375,470</x:t>
   </x:si>
   <x:si>
-    <x:t>TRNFP RM</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$692.60</x:t>
+    <x:t>$679.03</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,292,673.03</x:t>
+    <x:t>$32,354,062.61</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -460,51 +460,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b2ba28de284172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6b0a155e614d42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb69b2e805bb44cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf4ec3d2b6c41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc550635da72e441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2450a56a81a74506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -776,399 +776,399 @@
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
@@ -1269,109 +1269,109 @@
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">