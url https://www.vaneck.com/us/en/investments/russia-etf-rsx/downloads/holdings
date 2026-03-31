--- v6 (2026-03-05)
+++ v7 (2026-03-31)
@@ -1,438 +1,492 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0444eb7aae43be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R451f154654e443a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260304" sheetId="1" r:id="R2450a56a81a74506"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSX_asof_20260330" sheetId="1" r:id="R618e024ed30c4843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="131">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="149">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>GMKN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gmk Norilskiy Nickel Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,917,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,508.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRAO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inter Rao Ues Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>482,502,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SVST LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Severstal Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q3XWC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,405,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATAD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tatneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9X7K3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,393,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VKCO LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vk Ipjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00178PGX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,338,938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNGS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surgutneftegas Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0047315D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,211,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGGD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NNC0N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,364,815</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLZL LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polyus Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2CS6K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBER RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sberbank Of Russia Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730N88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,050,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAZP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gazprom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730RP0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,772,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLMK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novolipetsk Steel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S681B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,272,460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOEX RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moscow Exchange Micex-Rts Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730JJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,946,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROSN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosneft Oil Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,922,345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTKM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rostelecom Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S682Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,944,591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VTBR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vtb Bank Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004730ZJ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,375,470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVTK RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novatek Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KKY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,452,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LKOH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lukoil Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004731032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,063,982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRNFP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transneft Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00475KHX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,097,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ozon Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y29RP99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>.PHOR2 RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0175TL3N9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHOR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phosagro Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S689R0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALRS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alrosa Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68B31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,188,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>EVR LN</x:t>
   </x:si>
   <x:si>
     <x:t>Evraz Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0027J63T2</x:t>
   </x:si>
   <x:si>
     <x:t>266,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...47 lines deleted...]
-    <x:t>22,272,460</x:t>
+    <x:t>MNOD LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KRLH06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESK RU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Irkutsk Electronetwork Co Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000P7J2M7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,410,870</x:t>
   </x:si>
   <x:si>
     <x:t>.PHOR1 RU</x:t>
   </x:si>
   <x:si>
-    <x:t>Private</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG0175TKDG6</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
-    <x:t>SBER RM</x:t>
-[...253 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>508</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$679.03</x:t>
+    <x:t>$670.55</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$32,354,062.61</x:t>
-[...2 lines deleted...]
-    <x:t>100.00%</x:t>
+    <x:t>$32,427,138.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99.98%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -460,51 +514,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf4ec3d2b6c41d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc550635da72e441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2450a56a81a74506" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cdafa77ab074fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re58384b735a54e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R618e024ed30c4843" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="40" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -620,839 +674,839 @@
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>