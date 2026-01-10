--- v0 (2025-12-07)
+++ v1 (2026-01-10)
@@ -1,387 +1,399 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6509cc933db34e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8606d7db8d8543f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20251204" sheetId="1" r:id="Rd443a413bb274c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260108" sheetId="1" r:id="R9ff0cad3407445a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="114">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="118">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>TGKA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tgc-1 Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFH687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,701,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>703,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELU RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beluga Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TY1C41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPRO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipro Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S686W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,734,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLOT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sovcomflot Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R04X57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>989,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFKS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sistema Afk Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,612,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeroflot Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S683W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFIN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sfi Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003LYCMB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSNG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosenergo Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S687W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,492,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Bank Of Moscow Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009GSYN76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,005,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTLR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETLN LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etalon Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001M2SC01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>394,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLTR LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globaltrans Investment Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VFX6Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMTP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novorossiysk Commercial Sea Port Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68BR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,972,400</x:t>
+  </x:si>
+  <x:si>
     <x:t>SMLT RM</x:t>
   </x:si>
   <x:si>
     <x:t>Samolet Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F6NKQX3</x:t>
   </x:si>
   <x:si>
     <x:t>16,988</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...8 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>LSRG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lsr Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68C39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSNGP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosseti Lenenergo Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NLCCM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNTA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenta International Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QQPXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,199</x:t>
   </x:si>
   <x:si>
     <x:t>OGKB RM</x:t>
   </x:si>
   <x:si>
     <x:t>Ogk-2 Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RK52V1</x:t>
   </x:si>
   <x:si>
     <x:t>51,450,600</x:t>
   </x:si>
   <x:si>
     <x:t>SGZH RM</x:t>
   </x:si>
   <x:si>
     <x:t>Segezha Group Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0100R9963</x:t>
   </x:si>
   <x:si>
     <x:t>8,945,900</x:t>
   </x:si>
   <x:si>
-    <x:t>LSRG RM</x:t>
-[...178 lines deleted...]
-  <x:si>
     <x:t>MVID RM</x:t>
   </x:si>
   <x:si>
     <x:t>M.Video Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S68CP5</x:t>
   </x:si>
   <x:si>
     <x:t>110,194</x:t>
   </x:si>
   <x:si>
-    <x:t>MTLR RM</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>467</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$624.21</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$627.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>$1.27</x:t>
   </x:si>
   <x:si>
     <x:t>-RUB CASH-</x:t>
   </x:si>
   <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-970.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,062,412.40</x:t>
-[...2 lines deleted...]
-    <x:t>99.94%</x:t>
+    <x:t>$340,984.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.10%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -409,56 +421,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6b974144714458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4734be224dfd43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd443a413bb274c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5484f9606b475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cab91bd8f3d428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ff0cad3407445a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I29"/>
+  <x:dimension ref="A1:I30"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1215,86 +1227,115 @@
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A29" s="2" t="s">
+      <x:c r="A29" s="1">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B29" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I29" s="2" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A30" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H30" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I30" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A29:I29"/>
+    <x:mergeCell ref="A30:I30"/>
   </x:mergeCells>
 </x:worksheet>
 </file>