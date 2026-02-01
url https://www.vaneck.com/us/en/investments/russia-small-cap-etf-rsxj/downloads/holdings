--- v1 (2026-01-10)
+++ v2 (2026-02-01)
@@ -1,399 +1,387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8606d7db8d8543f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153cf7db9b494eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260108" sheetId="1" r:id="R9ff0cad3407445a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260129" sheetId="1" r:id="Rb7cc00c8ac8d4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="118">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="114">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>FLOT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sovcomflot Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R04X57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>989,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMLT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Samolet Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F6NKQX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGZH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Segezha Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0100R9963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,945,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTLR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNTA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenta International Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QQPXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMTP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novorossiysk Commercial Sea Port Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68BR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,972,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFKS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sistema Afk Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,612,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELU RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beluga Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TY1C41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLTR LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globaltrans Investment Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VFX6Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSRG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lsr Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68C39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeroflot Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S683W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Bank Of Moscow Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009GSYN76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,005,200</x:t>
+  </x:si>
+  <x:si>
     <x:t>TGKA RM</x:t>
   </x:si>
   <x:si>
     <x:t>Tgc-1 Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QFH687</x:t>
   </x:si>
   <x:si>
     <x:t>1,701,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...8 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>MSNG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosenergo Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S687W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,492,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSNGP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosseti Lenenergo Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NLCCM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,506</x:t>
   </x:si>
   <x:si>
     <x:t>RASP RM</x:t>
   </x:si>
   <x:si>
     <x:t>Raspadskaya Ojsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S68696</x:t>
   </x:si>
   <x:si>
     <x:t>703,205</x:t>
   </x:si>
   <x:si>
-    <x:t>BELU RM</x:t>
-[...8 lines deleted...]
-    <x:t>89,880</x:t>
+    <x:t>OGKB RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogk-2 Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RK52V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,450,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SFIN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sfi Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003LYCMB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,663</x:t>
   </x:si>
   <x:si>
     <x:t>UPRO RM</x:t>
   </x:si>
   <x:si>
     <x:t>Unipro Pao</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S686W0</x:t>
   </x:si>
   <x:si>
     <x:t>24,734,000</x:t>
   </x:si>
   <x:si>
-    <x:t>FLOT RM</x:t>
-[...82 lines deleted...]
-  <x:si>
     <x:t>ETLN LI</x:t>
   </x:si>
   <x:si>
     <x:t>Etalon Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001M2SC01</x:t>
   </x:si>
   <x:si>
     <x:t>394,873</x:t>
   </x:si>
   <x:si>
-    <x:t>GLTR LI</x:t>
-[...94 lines deleted...]
-  <x:si>
     <x:t>MVID RM</x:t>
   </x:si>
   <x:si>
     <x:t>M.Video Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S68CP5</x:t>
   </x:si>
   <x:si>
     <x:t>110,194</x:t>
   </x:si>
   <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>467</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$627.38</x:t>
-[...2 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$642.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.27</x:t>
+    <x:t>$1.30</x:t>
   </x:si>
   <x:si>
     <x:t>-RUB CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-USD CASH-</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$340,984.39</x:t>
-[...2 lines deleted...]
-    <x:t>100.10%</x:t>
+    <x:t>$340,670.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99.81%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -421,56 +409,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5484f9606b475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cab91bd8f3d428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ff0cad3407445a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180dffd0e0084d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1f2ffd80d86943c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7cc00c8ac8d4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I30"/>
+  <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1227,115 +1215,86 @@
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A29" s="1">
-[...5 lines deleted...]
-      <x:c r="C29" s="1" t="s">
+      <x:c r="A29" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I30" s="2" t="s">
+      <x:c r="B29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H29" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I29" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A30:I30"/>
+    <x:mergeCell ref="A29:I29"/>
   </x:mergeCells>
 </x:worksheet>
 </file>