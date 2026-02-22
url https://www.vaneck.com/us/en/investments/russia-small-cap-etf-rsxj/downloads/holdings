--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,387 +1,387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153cf7db9b494eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0293e51541b14f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260129" sheetId="1" r:id="Rb7cc00c8ac8d4637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260219" sheetId="1" r:id="Ref33341dc2f1464b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="114">
   <x:si>
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+    <x:t>Daily Holdings (%)  02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>MSNG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mosenergo Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S687W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,492,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>FLOT RM</x:t>
   </x:si>
   <x:si>
     <x:t>Sovcomflot Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R04X57</x:t>
   </x:si>
   <x:si>
     <x:t>989,960</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...8 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>703,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVID RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M.Video Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68CP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMTP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novorossiysk Commercial Sea Port Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68BR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,972,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UPRO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipro Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S686W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,734,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ETLN LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Etalon Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001M2SC01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>394,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGKB RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogk-2 Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RK52V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,450,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSRG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lsr Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68C39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGKA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tgc-1 Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFH687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,701,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFKS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sistema Afk Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,612,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLTR LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Globaltrans Investment Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VFX6Y4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGZH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Segezha Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0100R9963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,945,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNTA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenta International Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QQPXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Bank Of Moscow Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009GSYN76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,005,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTLR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELU RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beluga Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TY1C41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,880</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeroflot Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S683W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885,382</x:t>
   </x:si>
   <x:si>
     <x:t>SMLT RM</x:t>
   </x:si>
   <x:si>
     <x:t>Samolet Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F6NKQX3</x:t>
   </x:si>
   <x:si>
     <x:t>16,988</x:t>
   </x:si>
   <x:si>
-    <x:t>SGZH RM</x:t>
-[...140 lines deleted...]
-    <x:t>19,492,800</x:t>
+    <x:t>SFIN RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sfi Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003LYCMB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,663</x:t>
   </x:si>
   <x:si>
     <x:t>LSNGP RM</x:t>
   </x:si>
   <x:si>
     <x:t>Rosseti Lenenergo Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NLCCM3</x:t>
   </x:si>
   <x:si>
     <x:t>171,506</x:t>
   </x:si>
   <x:si>
-    <x:t>RASP RM</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>467</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$642.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$627.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.30</x:t>
+    <x:t>$1.28</x:t>
   </x:si>
   <x:si>
     <x:t>-RUB CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$340,670.32</x:t>
-[...2 lines deleted...]
-    <x:t>99.81%</x:t>
+    <x:t>$341,329.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>99.82%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -409,51 +409,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180dffd0e0084d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1f2ffd80d86943c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7cc00c8ac8d4637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70df2d7139c44a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcecb94a7189e49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref33341dc2f1464b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">