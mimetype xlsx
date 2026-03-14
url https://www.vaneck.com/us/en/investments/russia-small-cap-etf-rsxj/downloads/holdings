--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,384 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0293e51541b14f6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b44dd6f6694fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260219" sheetId="1" r:id="Ref33341dc2f1464b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260312" sheetId="1" r:id="R309bf65a7bba4b17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="114">
   <x:si>
-    <x:t>Daily Holdings (%)  02/19/2026</x:t>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>RASP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raspadskaya Ojsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>703,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MVID RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M.Video Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68CP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NMTP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novorossiysk Commercial Sea Port Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68BR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,972,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSRG RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lsr Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68C39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTLR RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechel Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438,883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBOM RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credit Bank Of Moscow Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009GSYN76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,005,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LNTA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lenta International Co Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QQPXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>263,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGKA RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tgc-1 Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFH687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,701,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFKS RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sistema Afk Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S68614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,612,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFLT RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aeroflot Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S683W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885,382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OGKB RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogk-2 Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000RK52V1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>51,450,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LSNGP RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rosseti Lenenergo Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NLCCM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>171,506</x:t>
+  </x:si>
+  <x:si>
     <x:t>MSNG RM</x:t>
   </x:si>
   <x:si>
     <x:t>Mosenergo Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004S687W8</x:t>
   </x:si>
   <x:si>
     <x:t>19,492,800</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...8 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>UPRO RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipro Pao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004S686W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24,734,000</x:t>
   </x:si>
   <x:si>
     <x:t>FLOT RM</x:t>
   </x:si>
   <x:si>
     <x:t>Sovcomflot Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R04X57</x:t>
   </x:si>
   <x:si>
     <x:t>989,960</x:t>
   </x:si>
   <x:si>
-    <x:t>RASP RM</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>ETLN LI</x:t>
   </x:si>
   <x:si>
     <x:t>Etalon Group Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001M2SC01</x:t>
   </x:si>
   <x:si>
     <x:t>394,873</x:t>
   </x:si>
   <x:si>
-    <x:t>OGKB RM</x:t>
-[...44 lines deleted...]
-    <x:t>6,612,640</x:t>
+    <x:t>SGZH RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Segezha Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0100R9963</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,945,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELU RM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beluga Group Pjsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TY1C41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89,880</x:t>
   </x:si>
   <x:si>
     <x:t>GLTR LI</x:t>
   </x:si>
   <x:si>
     <x:t>Globaltrans Investment Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VFX6Y4</x:t>
   </x:si>
   <x:si>
     <x:t>182,773</x:t>
   </x:si>
   <x:si>
-    <x:t>SGZH RM</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>SMLT RM</x:t>
   </x:si>
   <x:si>
     <x:t>Samolet Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F6NKQX3</x:t>
   </x:si>
   <x:si>
     <x:t>16,988</x:t>
   </x:si>
   <x:si>
     <x:t>SFIN RM</x:t>
   </x:si>
   <x:si>
     <x:t>Sfi Pjsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003LYCMB1</x:t>
   </x:si>
   <x:si>
     <x:t>2,663</x:t>
   </x:si>
   <x:si>
-    <x:t>LSNGP RM</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>-GBP CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>467</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$627.99</x:t>
+    <x:t>$623.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1.28</x:t>
+    <x:t>$1.26</x:t>
   </x:si>
   <x:si>
     <x:t>-RUB CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$341,329.63</x:t>
+    <x:t>$341,988.25</x:t>
   </x:si>
   <x:si>
     <x:t>99.82%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -409,51 +409,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70df2d7139c44a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcecb94a7189e49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref33341dc2f1464b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c38ceadd274422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R49f860471a8b44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R309bf65a7bba4b17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">