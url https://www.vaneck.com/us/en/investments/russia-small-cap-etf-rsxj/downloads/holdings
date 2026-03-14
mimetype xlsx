--- v4 (2026-03-14)
+++ v5 (2026-03-14)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b44dd6f6694fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba909a20267e4618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260312" sheetId="1" r:id="R309bf65a7bba4b17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="RSXJ_asof_20260312" sheetId="1" r:id="R9d932f4136584c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="114">
   <x:si>
     <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -409,51 +409,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c38ceadd274422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R49f860471a8b44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R309bf65a7bba4b17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca5dc1051f1418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ref192136b0e94bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d932f4136584c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I29"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="20" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">