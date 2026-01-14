--- v0 (2025-12-06)
+++ v1 (2026-01-14)
@@ -1,264 +1,267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d50eb9845e4b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38363ac1015544b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20251031" sheetId="1" r:id="R485bbfa87b3e4acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20251231" sheetId="1" r:id="R7fe4335ef8294931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="73">
-[...1 lines deleted...]
-    <x:t>Holdings 10/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="74">
+  <x:si>
+    <x:t>Holdings 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>MGK</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Mega Cap Growth ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V1FPR1</x:t>
   </x:si>
   <x:si>
     <x:t>Equities</x:t>
   </x:si>
   <x:si>
     <x:t>AI &amp; Tech Leaders</x:t>
   </x:si>
   <x:si>
-    <x:t>13.36%</x:t>
+    <x:t>13.42%</x:t>
   </x:si>
   <x:si>
     <x:t>IWY</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Russell Top 200 Growth ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PBGFP9</x:t>
   </x:si>
   <x:si>
-    <x:t>13.22%</x:t>
+    <x:t>13.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUNZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Merk Gold ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WYN8V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Real Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.78%</x:t>
   </x:si>
   <x:si>
     <x:t>SMH</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Semiconductor ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV7ZQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>11.30%</x:t>
-[...17 lines deleted...]
-    <x:t>10.77%</x:t>
+    <x:t>11.43%</x:t>
   </x:si>
   <x:si>
     <x:t>RAAX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Real Assets ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK0KQ11</x:t>
   </x:si>
   <x:si>
-    <x:t>8.77%</x:t>
+    <x:t>9.03%</x:t>
   </x:si>
   <x:si>
     <x:t>XLK</x:t>
   </x:si>
   <x:si>
-    <x:t>Technology Select Sector SPDR Fund</x:t>
+    <x:t>State Street Technology Select Sector SPDR ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>6.77%</x:t>
+    <x:t>6.62%</x:t>
   </x:si>
   <x:si>
     <x:t>IXN</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Tech ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBTL04</x:t>
   </x:si>
   <x:si>
-    <x:t>5.76%</x:t>
+    <x:t>5.58%</x:t>
   </x:si>
   <x:si>
     <x:t>IGM</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Expanded Tech Sector ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H13601</x:t>
   </x:si>
   <x:si>
-    <x:t>5.50%</x:t>
+    <x:t>5.43%</x:t>
   </x:si>
   <x:si>
     <x:t>QTUM</x:t>
   </x:si>
   <x:si>
     <x:t>Defiance Quantum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWJ39P6</x:t>
   </x:si>
   <x:si>
-    <x:t>5.12%</x:t>
+    <x:t>5.04%</x:t>
   </x:si>
   <x:si>
     <x:t>GPZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Alternative Asset Manager ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V8DV9N4</x:t>
   </x:si>
   <x:si>
     <x:t>Private Markets</x:t>
   </x:si>
   <x:si>
-    <x:t>4.51%</x:t>
+    <x:t>4.85%</x:t>
   </x:si>
   <x:si>
     <x:t>HODL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ESPO</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Video Gaming and eSports ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M8CX9N5</x:t>
   </x:si>
   <x:si>
-    <x:t>4.45%</x:t>
+    <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium and Nuclear ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
     <x:t>Nuclear Energy</x:t>
   </x:si>
   <x:si>
-    <x:t>4.41%</x:t>
+    <x:t>3.55%</x:t>
   </x:si>
   <x:si>
     <x:t>GLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck India Growth Leaders ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014XRYF0</x:t>
   </x:si>
   <x:si>
     <x:t>Leapfrog Innovation</x:t>
   </x:si>
   <x:si>
-    <x:t>1.33%</x:t>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -286,60 +289,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a51d0cfd614cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R236aaa34d25d426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R485bbfa87b3e4acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ca47334b004fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6fd214179783430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7fe4335ef8294931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="48" customWidth="1"/>
+    <x:col min="3" max="3" width="60" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="27" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -431,100 +434,100 @@
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
@@ -621,125 +624,125 @@
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A18:G18"/>