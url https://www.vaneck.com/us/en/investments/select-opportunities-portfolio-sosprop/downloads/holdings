--- v1 (2026-01-14)
+++ v2 (2026-02-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38363ac1015544b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ee1d1a95b74639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20251231" sheetId="1" r:id="R7fe4335ef8294931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20251231" sheetId="1" r:id="R16cbeed4a63d4fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="74">
   <x:si>
     <x:t>Holdings 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -289,51 +289,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ca47334b004fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6fd214179783430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7fe4335ef8294931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916b78df0b0c40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fdb67c8215e4048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16cbeed4a63d4fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="60" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="27" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>