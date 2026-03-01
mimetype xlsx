--- v2 (2026-02-06)
+++ v3 (2026-03-01)
@@ -1,267 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ee1d1a95b74639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re262ac3bb58740ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20251231" sheetId="1" r:id="R16cbeed4a63d4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20260131" sheetId="1" r:id="R47a3dd710bfd41ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="74">
-[...1 lines deleted...]
-    <x:t>Holdings 12/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="78">
+  <x:si>
+    <x:t>Holdings 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>OUNZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Merk Gold ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002WYN8V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Real Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gold</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Semiconductor ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV7ZQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AI &amp; Tech Leaders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.28%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MGK</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Mega Cap Growth ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V1FPR1</x:t>
   </x:si>
   <x:si>
-    <x:t>Equities</x:t>
-[...5 lines deleted...]
-    <x:t>13.42%</x:t>
+    <x:t>9.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Real Assets ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK0KQ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.56%</x:t>
   </x:si>
   <x:si>
     <x:t>IWY</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Russell Top 200 Growth ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PBGFP9</x:t>
   </x:si>
   <x:si>
-    <x:t>13.18%</x:t>
-[...41 lines deleted...]
-    <x:t>9.03%</x:t>
+    <x:t>6.84%</x:t>
   </x:si>
   <x:si>
     <x:t>XLK</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Technology Select Sector SPDR ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>6.62%</x:t>
+    <x:t>6.35%</x:t>
   </x:si>
   <x:si>
     <x:t>IXN</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Tech ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBTL04</x:t>
   </x:si>
   <x:si>
-    <x:t>5.58%</x:t>
+    <x:t>5.46%</x:t>
   </x:si>
   <x:si>
     <x:t>IGM</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Expanded Tech Sector ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000H13601</x:t>
   </x:si>
   <x:si>
-    <x:t>5.43%</x:t>
+    <x:t>5.20%</x:t>
   </x:si>
   <x:si>
     <x:t>QTUM</x:t>
   </x:si>
   <x:si>
     <x:t>Defiance Quantum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWJ39P6</x:t>
   </x:si>
   <x:si>
-    <x:t>5.04%</x:t>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global X Artificial Intelligence &amp; Technology ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KX8KG94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Technology TruSector ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT38H22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
   </x:si>
   <x:si>
     <x:t>GPZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Alternative Asset Manager ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V8DV9N4</x:t>
   </x:si>
   <x:si>
     <x:t>Private Markets</x:t>
   </x:si>
   <x:si>
-    <x:t>4.85%</x:t>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Aerospace &amp; Defense ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDX0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Defense</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Uranium and Nuclear ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KJ6RN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuclear Energy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
   </x:si>
   <x:si>
     <x:t>HODL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>4.39%</x:t>
-[...41 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -289,63 +301,63 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916b78df0b0c40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fdb67c8215e4048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16cbeed4a63d4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a144668d3d949d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cbc736749de4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47a3dd710bfd41ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:G18"/>
+  <x:dimension ref="A1:G19"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="60" customWidth="1"/>
+    <x:col min="3" max="3" width="63" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
-    <x:col min="6" max="6" width="27" customWidth="1"/>
+    <x:col min="6" max="6" width="25" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -411,341 +423,364 @@
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F15" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="G15" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F16" s="1" t="s">
+      <x:c r="G16" s="1" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F17" s="1" t="s">
+      <x:c r="G17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G17" s="1" t="s">
+    </x:row>
+    <x:row r="18" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A18" s="1">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="2" t="s">
+      <x:c r="C18" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B18" s="2" t="s">
-[...14 lines deleted...]
-      <x:c r="G18" s="2" t="s">
+      <x:c r="D18" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A19" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B19" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C19" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D19" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E19" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F19" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
-    <x:mergeCell ref="A18:G18"/>
+    <x:mergeCell ref="A19:G19"/>
   </x:mergeCells>
 </x:worksheet>
 </file>