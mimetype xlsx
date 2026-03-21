--- v3 (2026-03-01)
+++ v4 (2026-03-21)
@@ -1,279 +1,267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re262ac3bb58740ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf91f84ea044c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20260131" sheetId="1" r:id="R47a3dd710bfd41ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SOSPROP_asof_20260228" sheetId="1" r:id="R79909a4cef0a430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="78">
-[...1 lines deleted...]
-    <x:t>Holdings 01/31/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="74">
+  <x:si>
+    <x:t>Holdings 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>SMH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Semiconductor ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV7ZQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AI &amp; Tech Leaders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.50%</x:t>
+  </x:si>
+  <x:si>
     <x:t>OUNZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Merk Gold ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002WYN8V8</x:t>
   </x:si>
   <x:si>
     <x:t>Real Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Gold</x:t>
   </x:si>
   <x:si>
-    <x:t>12.31%</x:t>
-[...17 lines deleted...]
-    <x:t>12.28%</x:t>
+    <x:t>11.00%</x:t>
   </x:si>
   <x:si>
     <x:t>MGK</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Mega Cap Growth ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V1FPR1</x:t>
   </x:si>
   <x:si>
-    <x:t>9.88%</x:t>
+    <x:t>10.00%</x:t>
   </x:si>
   <x:si>
     <x:t>RAAX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Real Assets ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK0KQ11</x:t>
   </x:si>
   <x:si>
-    <x:t>9.56%</x:t>
+    <x:t>9.00%</x:t>
   </x:si>
   <x:si>
     <x:t>IWY</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Russell Top 200 Growth ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PBGFP9</x:t>
   </x:si>
   <x:si>
-    <x:t>6.84%</x:t>
+    <x:t>7.00%</x:t>
   </x:si>
   <x:si>
     <x:t>XLK</x:t>
   </x:si>
   <x:si>
-    <x:t>State Street Technology Select Sector SPDR ETF</x:t>
+    <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>6.35%</x:t>
+    <x:t>6.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares Expanded Tech Sector ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H13601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
   </x:si>
   <x:si>
     <x:t>IXN</x:t>
   </x:si>
   <x:si>
     <x:t>iShares Global Tech ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBTL04</x:t>
   </x:si>
   <x:si>
-    <x:t>5.46%</x:t>
-[...11 lines deleted...]
-    <x:t>5.20%</x:t>
+    <x:t>AIQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global X Artificial Intelligence &amp; Technology ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KX8KG94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Alternative Asset Manager ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8DV9N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Private Markets</x:t>
   </x:si>
   <x:si>
     <x:t>QTUM</x:t>
   </x:si>
   <x:si>
     <x:t>Defiance Quantum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWJ39P6</x:t>
   </x:si>
   <x:si>
-    <x:t>5.11%</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>TRUT</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Technology TruSector ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WT38H22</x:t>
   </x:si>
   <x:si>
-    <x:t>4.90%</x:t>
-[...14 lines deleted...]
-    <x:t>4.49%</x:t>
+    <x:t>HODL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Bitcoin ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KY678Y1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.50%</x:t>
   </x:si>
   <x:si>
     <x:t>PPA</x:t>
   </x:si>
   <x:si>
     <x:t>Invesco Aerospace &amp; Defense ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDX0N6</x:t>
   </x:si>
   <x:si>
     <x:t>Defense</x:t>
   </x:si>
   <x:si>
-    <x:t>4.25%</x:t>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium and Nuclear ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
     <x:t>Nuclear Energy</x:t>
   </x:si>
   <x:si>
-    <x:t>4.07%</x:t>
-[...14 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>3.50%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -301,51 +289,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a144668d3d949d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1cbc736749de4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47a3dd710bfd41ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa93463706145eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbce82fa5c21844cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79909a4cef0a430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G19"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="63" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="25" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -446,338 +434,338 @@
       </x:c>
       <x:c r="E5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C12" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="C12" s="1" t="s">
+      <x:c r="D12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="D12" s="1" t="s">
+      <x:c r="E12" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F12" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E17" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G19" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A19:G19"/>