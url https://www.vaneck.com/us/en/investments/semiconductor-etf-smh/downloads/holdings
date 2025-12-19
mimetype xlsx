--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43a22a0a2a84ff3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00ed467441a41f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20251218" sheetId="1" r:id="Rd5a4abeb376f4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20251218" sheetId="1" r:id="R675ec490d69c40b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
     <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5097cb22b3374236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R796ae2f822474817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5a4abeb376f4a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732da97029a64f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2dd1d2ea79cb4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R675ec490d69c40b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">