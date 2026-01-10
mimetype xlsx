--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -1,567 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00ed467441a41f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4210a60bfba4f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20251218" sheetId="1" r:id="R675ec490d69c40b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260108" sheetId="1" r:id="Rbdfeb6b15037496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>37,013,777</x:t>
+    <x:t>43,200,902</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,445,579,126.78</x:t>
+    <x:t>$7,993,894,906.08</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>16.90%</x:t>
+    <x:t>19.85%</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD8ZK0</x:t>
   </x:si>
   <x:si>
-    <x:t>12,605,164</x:t>
-[...5 lines deleted...]
-    <x:t>9.41%</x:t>
+    <x:t>13,185,182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,193,019,727.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.41%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>8,877,283</x:t>
-[...5 lines deleted...]
-    <x:t>7.68%</x:t>
+    <x:t>9,323,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,099,782,855.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.70%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,548,727</x:t>
-[...5 lines deleted...]
-    <x:t>6.88%</x:t>
+    <x:t>6,774,009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,215,236,423.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,616,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,133,549,515.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asml Holding Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K6MRN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,773,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,117,898,404.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,441,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,909,972,530.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,833,093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,853,046,375.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,964,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,834,802,485.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>9,036,931</x:t>
-[...59 lines deleted...]
-    <x:t>5.42%</x:t>
+    <x:t>6,492,403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,828,520,380.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,028,751</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,803,561,149.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0G1D1</x:t>
   </x:si>
   <x:si>
-    <x:t>56,208,338</x:t>
-[...41 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>43,805,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,800,833,457.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,291,061</x:t>
-[...23 lines deleted...]
-    <x:t>3.71%</x:t>
+    <x:t>9,803,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,783,041,112.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,208,285</x:t>
-[...5 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>2,399,948</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,234,749,246.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.07%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,159,512</x:t>
-[...5 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>3,268,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,042,043,069.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>8,983,804</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>9,281,861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$774,014,388.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>2,368,226</x:t>
-[...5 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>2,601,346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,834,199.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>492,078</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>458,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,008,432.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>5,703,154</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>5,832,642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,874,166.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,797,809</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>1,833,015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,499,474.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.98%</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>9,630,132</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>9,973,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,652,004.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>3,481,518</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>3,853,288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,626,706.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,307,120</x:t>
-[...5 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>1,514,221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,852,645.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>QRVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Qorvo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007TJF1N7</x:t>
   </x:si>
   <x:si>
-    <x:t>883,861</x:t>
-[...5 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>912,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,663,887.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLRP41</x:t>
   </x:si>
   <x:si>
-    <x:t>474,421</x:t>
-[...5 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>498,661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,173,053.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>40,233,922</x:t>
+    <x:t>11,311,749</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$40,233,922.28</x:t>
-[...2 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$11,311,749.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,826,515.74</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$6,310,869.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R732da97029a64f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2dd1d2ea79cb4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R675ec490d69c40b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e418d99dd94a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4e9621d61a9a41b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdfeb6b15037496a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">