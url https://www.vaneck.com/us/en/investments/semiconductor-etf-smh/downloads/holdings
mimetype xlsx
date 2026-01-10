--- v2 (2026-01-10)
+++ v3 (2026-01-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4210a60bfba4f40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f10b5c09d64fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260108" sheetId="1" r:id="Rbdfeb6b15037496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260108" sheetId="1" r:id="R13836e6e6bdf4500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79e418d99dd94a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4e9621d61a9a41b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdfeb6b15037496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd66f39d9c8546d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red5298b901884ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13836e6e6bdf4500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">