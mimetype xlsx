--- v3 (2026-01-10)
+++ v4 (2026-01-13)
@@ -1,567 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f10b5c09d64fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29212a36a62049f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260108" sheetId="1" r:id="R13836e6e6bdf4500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260109" sheetId="1" r:id="R430d482074444793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>43,200,902</x:t>
+    <x:t>43,139,912</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,993,894,906.08</x:t>
+    <x:t>$7,974,844,132.32</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.85%</x:t>
+    <x:t>19.30%</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD8ZK0</x:t>
   </x:si>
   <x:si>
-    <x:t>13,185,182</x:t>
-[...5 lines deleted...]
-    <x:t>10.41%</x:t>
+    <x:t>13,166,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,261,096,078.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.31%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>9,323,216</x:t>
-[...5 lines deleted...]
-    <x:t>7.70%</x:t>
+    <x:t>9,310,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,211,688,638.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.77%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,774,009</x:t>
-[...5 lines deleted...]
-    <x:t>5.50%</x:t>
+    <x:t>6,764,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,334,342,325.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.65%</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>10,616,787</x:t>
-[...5 lines deleted...]
-    <x:t>5.30%</x:t>
+    <x:t>10,601,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,315,008,829.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.60%</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,773,309</x:t>
-[...5 lines deleted...]
-    <x:t>5.26%</x:t>
+    <x:t>1,770,804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,255,791,799.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.46%</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTFR4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,441,924</x:t>
-[...5 lines deleted...]
-    <x:t>4.74%</x:t>
+    <x:t>1,439,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,015,841,800.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>43,743,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,992,511,687.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,483,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,952,621,620.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.73%</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVV7G1</x:t>
   </x:si>
   <x:si>
-    <x:t>9,833,093</x:t>
-[...5 lines deleted...]
-    <x:t>4.60%</x:t>
+    <x:t>9,819,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,868,694,235.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.52%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>8,964,249</x:t>
-[...23 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>8,951,592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,818,694,946.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6G37</x:t>
   </x:si>
   <x:si>
-    <x:t>6,028,751</x:t>
-[...23 lines deleted...]
-    <x:t>4.47%</x:t>
+    <x:t>6,020,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,811,670,823.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.38%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,803,932</x:t>
-[...5 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>9,790,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,740,482,200.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,399,948</x:t>
-[...5 lines deleted...]
-    <x:t>3.07%</x:t>
+    <x:t>2,396,561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,258,625,905.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,268,642</x:t>
-[...2 lines deleted...]
-    <x:t>$1,042,043,069.60</x:t>
+    <x:t>3,264,028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,349,004.68</x:t>
   </x:si>
   <x:si>
     <x:t>2.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>9,281,861</x:t>
-[...5 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>9,268,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$771,345,957.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>2,601,346</x:t>
-[...5 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>2,597,674</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,429,085.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.52%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>458,777</x:t>
-[...5 lines deleted...]
-    <x:t>1.09%</x:t>
+    <x:t>458,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$439,331,967.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.06%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>5,832,642</x:t>
-[...5 lines deleted...]
-    <x:t>1.07%</x:t>
+    <x:t>5,824,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,111,894.54</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,833,015</x:t>
-[...5 lines deleted...]
-    <x:t>0.98%</x:t>
+    <x:t>1,830,426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,678,352.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>9,973,324</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>9,959,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,224,625.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>3,853,288</x:t>
-[...2 lines deleted...]
-    <x:t>$234,626,706.32</x:t>
+    <x:t>3,847,849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,182,293.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,514,221</x:t>
-[...5 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>1,512,082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$90,981,973.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>QRVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Qorvo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007TJF1N7</x:t>
   </x:si>
   <x:si>
-    <x:t>912,933</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>911,643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,554,164.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLRP41</x:t>
   </x:si>
   <x:si>
-    <x:t>498,661</x:t>
-[...2 lines deleted...]
-    <x:t>$62,173,053.48</x:t>
+    <x:t>497,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$62,627,926.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>11,311,749</x:t>
+    <x:t>18,724,587</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,311,749.41</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$18,724,587.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,310,869.83</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$-1,482,138.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd66f39d9c8546d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Red5298b901884ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13836e6e6bdf4500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5cfce247e1c4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4fccf162fae649f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R430d482074444793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1242,288 +1239,288 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F30" s="1" t="s">
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>