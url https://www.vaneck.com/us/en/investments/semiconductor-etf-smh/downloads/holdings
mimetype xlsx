--- v4 (2026-01-13)
+++ v5 (2026-02-02)
@@ -1,564 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29212a36a62049f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R119080d3bb2649ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260109" sheetId="1" r:id="R430d482074444793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260129" sheetId="1" r:id="R3b01021f4f9a4d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
   <x:si>
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>43,139,912</x:t>
+    <x:t>44,420,557</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,974,844,132.32</x:t>
+    <x:t>$8,551,401,428.07</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>19.30%</x:t>
+    <x:t>18.74%</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD8ZK0</x:t>
   </x:si>
   <x:si>
-    <x:t>13,166,567</x:t>
-[...5 lines deleted...]
-    <x:t>10.31%</x:t>
+    <x:t>13,557,430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,603,425,356.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.09%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>9,310,052</x:t>
-[...5 lines deleted...]
-    <x:t>7.77%</x:t>
+    <x:t>9,586,439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,170,522,970.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.95%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,764,445</x:t>
-[...5 lines deleted...]
-    <x:t>5.65%</x:t>
+    <x:t>6,965,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,035,393,270.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.65%</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>10,601,799</x:t>
-[...5 lines deleted...]
-    <x:t>5.60%</x:t>
+    <x:t>10,916,511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,709,150,534.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.94%</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,770,804</x:t>
-[...5 lines deleted...]
-    <x:t>5.46%</x:t>
+    <x:t>1,823,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,653,268,896.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTFR4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,439,887</x:t>
-[...5 lines deleted...]
-    <x:t>4.88%</x:t>
+    <x:t>1,482,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,497,772,947.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,217,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,324,426,783.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,675,703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,278,684,462.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,110,713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,199,585,613.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
   </x:si>
   <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0G1D1</x:t>
   </x:si>
   <x:si>
-    <x:t>43,743,396</x:t>
-[...59 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>45,042,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,191,744,206.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6G37</x:t>
   </x:si>
   <x:si>
-    <x:t>6,020,240</x:t>
-[...5 lines deleted...]
-    <x:t>4.38%</x:t>
+    <x:t>6,198,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,975,612,057.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.33%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,790,090</x:t>
-[...5 lines deleted...]
-    <x:t>4.21%</x:t>
+    <x:t>10,080,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,534,492,830.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.36%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,396,561</x:t>
-[...5 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>2,467,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,184,490,240.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,264,028</x:t>
-[...5 lines deleted...]
-    <x:t>2.59%</x:t>
+    <x:t>3,360,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,250,261.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>9,268,757</x:t>
-[...5 lines deleted...]
-    <x:t>1.87%</x:t>
+    <x:t>9,543,918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$776,302,290.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>2,597,674</x:t>
-[...5 lines deleted...]
-    <x:t>1.52%</x:t>
+    <x:t>2,674,786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$624,562,531.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>458,129</x:t>
-[...5 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>471,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,135,631.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>5,824,407</x:t>
-[...2 lines deleted...]
-    <x:t>$438,111,894.54</x:t>
+    <x:t>5,997,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,947,315.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,830,426</x:t>
-[...5 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>1,884,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$474,717,523.64</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>9,959,245</x:t>
-[...5 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>10,254,904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,495,352.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>3,847,849</x:t>
-[...5 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>3,962,068</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,440,629.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,512,082</x:t>
-[...5 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>1,556,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,863,802.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>QRVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Qorvo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007TJF1N7</x:t>
   </x:si>
   <x:si>
-    <x:t>911,643</x:t>
-[...5 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>938,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,324,434.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLRP41</x:t>
   </x:si>
   <x:si>
-    <x:t>497,956</x:t>
-[...5 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>512,761</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,998,164.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>18,724,587</x:t>
+    <x:t>20,796,774</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,724,587.28</x:t>
+    <x:t>$20,796,774.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,482,138.01</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$2,676,586.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +586,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5cfce247e1c4624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4fccf162fae649f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R430d482074444793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd22d02ff0c349bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra4e7a6e01a0044cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b01021f4f9a4d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1239,80 +1239,80 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">