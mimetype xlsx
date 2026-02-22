--- v5 (2026-02-02)
+++ v6 (2026-02-22)
@@ -1,564 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R119080d3bb2649ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6445f4d6f902443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260129" sheetId="1" r:id="R3b01021f4f9a4d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260219" sheetId="1" r:id="Rd5d412e5e1324042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="173">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>44,420,557</x:t>
+    <x:t>45,355,769</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,551,401,428.07</x:t>
+    <x:t>$8,522,348,995.10</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>18.74%</x:t>
+    <x:t>18.61%</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD8ZK0</x:t>
   </x:si>
   <x:si>
-    <x:t>13,557,430</x:t>
-[...5 lines deleted...]
-    <x:t>10.09%</x:t>
+    <x:t>13,842,870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,988,831,919.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.90%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>9,586,439</x:t>
-[...5 lines deleted...]
-    <x:t>6.95%</x:t>
+    <x:t>9,788,283</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,269,188,639.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.14%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>6,965,266</x:t>
-[...5 lines deleted...]
-    <x:t>6.65%</x:t>
+    <x:t>7,111,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,968,155,638.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asml Holding Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K6MRN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,861,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,716,174,598.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.93%</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>10,916,511</x:t>
-[...23 lines deleted...]
-    <x:t>5.82%</x:t>
+    <x:t>11,146,317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,646,024,192.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,816,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,520,851,518.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,323,593</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,251,059,453.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.92%</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTFR4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,482,613</x:t>
-[...5 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>1,513,843</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,225,197,825.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,329,473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,185,567,026.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,990,323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,052,088,212.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,217,332</x:t>
-[...77 lines deleted...]
-    <x:t>4.33%</x:t>
+    <x:t>9,411,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,913,996,824.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>10,080,757</x:t>
-[...5 lines deleted...]
-    <x:t>3.36%</x:t>
+    <x:t>10,292,997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,454,091,686.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,467,688</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>2,519,644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,114,791,291.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,360,922</x:t>
-[...5 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>3,431,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,799,005.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>9,543,918</x:t>
-[...5 lines deleted...]
-    <x:t>1.70%</x:t>
+    <x:t>9,744,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$775,786,871.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.69%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>2,674,786</x:t>
-[...5 lines deleted...]
-    <x:t>1.37%</x:t>
+    <x:t>2,731,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$633,913,299.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,924,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,938,809.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>471,737</x:t>
-[...5 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>481,673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,071,743.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>5,997,320</x:t>
-[...20 lines deleted...]
-    <x:t>$474,717,523.64</x:t>
+    <x:t>6,123,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,495,895.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.03%</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>10,254,904</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>10,470,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,631,224.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>3,962,068</x:t>
-[...5 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>4,045,520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,459,456.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,556,978</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>1,589,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,146,297.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>QRVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Qorvo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007TJF1N7</x:t>
   </x:si>
   <x:si>
-    <x:t>938,733</x:t>
-[...5 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>958,513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,936,692.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLRP41</x:t>
   </x:si>
   <x:si>
-    <x:t>512,761</x:t>
-[...2 lines deleted...]
-    <x:t>$59,998,164.61</x:t>
+    <x:t>523,571</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,320,635.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>20,796,774</x:t>
+    <x:t>25,668,199</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,796,774.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$25,668,198.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,676,586.02</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$-1,950,947.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -586,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd22d02ff0c349bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra4e7a6e01a0044cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b01021f4f9a4d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ce2f346f8a24a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re2d66522dfb94e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5d412e5e1324042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1268,259 +1271,259 @@
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I31" s="2" t="s">
         <x:v>1</x:v>
       </x:c>