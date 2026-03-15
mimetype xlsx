--- v6 (2026-02-22)
+++ v7 (2026-03-15)
@@ -1,567 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6445f4d6f902443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c048ac02ce4dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260219" sheetId="1" r:id="Rd5d412e5e1324042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMH_asof_20260312" sheetId="1" r:id="R4cb7ff280ee14499"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="174">
   <x:si>
-    <x:t>Daily Holdings (%)  02/19/2026</x:t>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>45,355,769</x:t>
+    <x:t>45,579,274</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,522,348,995.10</x:t>
+    <x:t>$8,347,388,240.36</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>18.61%</x:t>
+    <x:t>19.18%</x:t>
   </x:si>
   <x:si>
     <x:t>TSM US</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co L</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD8ZK0</x:t>
   </x:si>
   <x:si>
-    <x:t>13,842,870</x:t>
-[...5 lines deleted...]
-    <x:t>10.90%</x:t>
+    <x:t>13,911,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,684,003,113.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.76%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>9,788,283</x:t>
-[...5 lines deleted...]
-    <x:t>7.14%</x:t>
+    <x:t>9,836,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,304,770,584.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.59%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>7,111,910</x:t>
-[...5 lines deleted...]
-    <x:t>6.48%</x:t>
+    <x:t>7,146,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,897,022,668.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.66%</x:t>
   </x:si>
   <x:si>
     <x:t>ASML US</x:t>
   </x:si>
   <x:si>
     <x:t>Asml Holding Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K6MRN4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,861,758</x:t>
-[...5 lines deleted...]
-    <x:t>5.93%</x:t>
+    <x:t>1,870,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,528,729,139.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.81%</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>11,146,317</x:t>
-[...5 lines deleted...]
-    <x:t>5.78%</x:t>
+    <x:t>11,201,238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,346,547,348.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.39%</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>6,816,244</x:t>
-[...5 lines deleted...]
-    <x:t>5.51%</x:t>
+    <x:t>6,849,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,310,241,489.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,521,312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,144,395,755.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,217,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,091,320,019.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.80%</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVV7G1</x:t>
   </x:si>
   <x:si>
-    <x:t>10,323,593</x:t>
-[...23 lines deleted...]
-    <x:t>4.86%</x:t>
+    <x:t>10,374,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,971,665,172.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6G37</x:t>
   </x:si>
   <x:si>
-    <x:t>6,329,473</x:t>
-[...23 lines deleted...]
-    <x:t>4.48%</x:t>
+    <x:t>6,360,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,954,449,830.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,411,402</x:t>
-[...5 lines deleted...]
-    <x:t>4.18%</x:t>
+    <x:t>9,457,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,870,178,451.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>10,292,997</x:t>
-[...5 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>10,343,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,356,576,910.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,519,644</x:t>
-[...2 lines deleted...]
-    <x:t>$1,114,791,291.36</x:t>
+    <x:t>2,532,074</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,230,025.28</x:t>
   </x:si>
   <x:si>
     <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>3,431,670</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>3,448,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,001,190,003.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
   </x:si>
   <x:si>
     <x:t>MRVL US</x:t>
   </x:si>
   <x:si>
     <x:t>Marvell Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXBJ153</x:t>
   </x:si>
   <x:si>
-    <x:t>9,744,842</x:t>
-[...5 lines deleted...]
-    <x:t>1.69%</x:t>
+    <x:t>9,792,866</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,540,562.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,933,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,291,988.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>2,731,090</x:t>
-[...23 lines deleted...]
-    <x:t>1.33%</x:t>
+    <x:t>2,744,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,810,938.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
-    <x:t>481,673</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>484,049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,448,580.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>6,123,586</x:t>
-[...5 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>6,153,767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,025,803.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>STM US</x:t>
   </x:si>
   <x:si>
     <x:t>Stmicroelectronics Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD4GX2</x:t>
   </x:si>
   <x:si>
-    <x:t>10,470,820</x:t>
-[...5 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>10,522,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,764,841.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>4,045,520</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>4,065,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,537,195.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>SWKS US</x:t>
   </x:si>
   <x:si>
     <x:t>Skyworks Solutions Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KLB4Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>1,589,772</x:t>
-[...5 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>1,597,615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$88,188,348.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>QRVO US</x:t>
   </x:si>
   <x:si>
     <x:t>Qorvo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007TJF1N7</x:t>
   </x:si>
   <x:si>
-    <x:t>958,513</x:t>
-[...2 lines deleted...]
-    <x:t>$77,936,692.03</x:t>
+    <x:t>963,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,874,651.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>OLED US</x:t>
   </x:si>
   <x:si>
     <x:t>Universal Display Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLRP41</x:t>
   </x:si>
   <x:si>
-    <x:t>523,571</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>526,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,832,234.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>25,668,199</x:t>
+    <x:t>22,613,948</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,668,198.75</x:t>
-[...2 lines deleted...]
-    <x:t>0.06%</x:t>
+    <x:t>$22,613,948.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,950,947.44</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$15,591,947.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -589,51 +589,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ce2f346f8a24a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re2d66522dfb94e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd5d412e5e1324042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R461ffc65051c4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re1454adcac584e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cb7ff280ee14499" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I31"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">