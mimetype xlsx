--- v0 (2025-12-19)
+++ v1 (2026-01-13)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8db3358d00a4852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d6fc65fc8e45e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SHYD_asof_20251218" sheetId="1" r:id="Rb39422b6aa534c9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SHYD_asof_20260112" sheetId="1" r:id="Rb1b8082f32e94cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5680" uniqueCount="1831">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5713" uniqueCount="1836">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,5382 +61,5415 @@
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>California Municipal Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ81B55</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>6,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,766,818.20</x:t>
+    <x:t>$6,810,684.77</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.74%</x:t>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Patriots Energy Group Financing Agency</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFZ95N7</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>5,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,444,706.17</x:t>
-[...2 lines deleted...]
-    <x:t>1.40%</x:t>
+    <x:t>$5,470,035.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.38%</x:t>
   </x:si>
   <x:si>
     <x:t>SC</x:t>
   </x:si>
   <x:si>
+    <x:t>California Infrastructure &amp; Economic De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRYKKY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,885,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,507,910.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Commonwealth Of Puerto Rico</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVF6</x:t>
   </x:si>
   <x:si>
     <x:t>5.750</x:t>
   </x:si>
   <x:si>
     <x:t>4,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,507,919.03</x:t>
-[...2 lines deleted...]
-    <x:t>1.16%</x:t>
+    <x:t>$4,424,276.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>PR</x:t>
   </x:si>
   <x:si>
-    <x:t>California Infrastructure &amp; Economic De</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>07/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVG5</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,078,169.52</x:t>
-[...2 lines deleted...]
-    <x:t>1.05%</x:t>
+    <x:t>$4,030,546.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>City &amp; County Of Denver Co</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTQWK76</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>3,925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,972,456.48</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$3,985,991.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>CO</x:t>
   </x:si>
   <x:si>
+    <x:t>Mission Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MF3RDM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,783,053.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Baldwin County Industrial Development A</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF34CX0</x:t>
   </x:si>
   <x:si>
     <x:t>3,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,658,348.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>$3,682,282.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
   </x:si>
   <x:si>
     <x:t>AL</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVD8</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,259,989.75</x:t>
-[...2 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>$3,195,608.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Public Energy Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S9HGSL8</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,200,858.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$3,194,422.31</x:t>
   </x:si>
   <x:si>
     <x:t>KY</x:t>
   </x:si>
   <x:si>
-    <x:t>Mission Economic Development Corp</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Greater Orlando Aviation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2THC4</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>2,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,938,325.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$2,974,090.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>FL</x:t>
   </x:si>
   <x:si>
     <x:t>New York Transportation Development Cor</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJH9BN4</x:t>
   </x:si>
   <x:si>
     <x:t>2,725,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,876,250.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$2,897,126.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>NY</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D20HTB4</x:t>
   </x:si>
   <x:si>
     <x:t>2,655,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,707,605.78</x:t>
-[...2 lines deleted...]
-    <x:t>0.70%</x:t>
+    <x:t>$2,718,063.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Community Choice Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GYYPVX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,667,735.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>California Housing Finance Agency</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2NHPH5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,565,488</x:t>
-[...5 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>2,560,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,638,837.41</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Houston Tx Airport System Reven</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006GPS8G8</x:t>
   </x:si>
   <x:si>
     <x:t>2,465,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,525,662.47</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$2,472,537.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRMQZP4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,500,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>$2,456,778.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>Washington State Convention Center Publ</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVVWL34</x:t>
   </x:si>
   <x:si>
     <x:t>2,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,362,908.78</x:t>
-[...2 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>$2,338,848.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>WA</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Transportation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SX7X874</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,295,863.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$2,319,785.89</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Miami-Dade Fl Aviation Revenu</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NT41CV6</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,260,807.44</x:t>
+    <x:t>$2,304,552.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XBF5J12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,166,309.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DMXNC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,157,564.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY08TD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,143,407.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
     <x:t>Puerto Rico Commonwealth Aqueduct &amp; Sew</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0127QT5Y9</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,168,955.24</x:t>
-[...26 lines deleted...]
-    <x:t>$2,128,184.58</x:t>
+    <x:t>$2,103,581.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DMXNG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,087,571.57</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W3W1GG0</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,119,362.60</x:t>
-[...8 lines deleted...]
-    <x:t>$2,119,152.72</x:t>
+    <x:t>$2,087,243.72</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VP10XN3</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,076,241.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$2,085,690.02</x:t>
   </x:si>
   <x:si>
     <x:t>Chicago Board Of Education</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z2ZPVQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,059,093.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$2,079,256.65</x:t>
   </x:si>
   <x:si>
     <x:t>IL</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00Z2ZPVR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,066,130.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012G412B0</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,058,726.29</x:t>
-[...11 lines deleted...]
-    <x:t>$2,054,484.48</x:t>
+    <x:t>$2,065,527.42</x:t>
   </x:si>
   <x:si>
     <x:t>Black Belt Energy Gas District</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01586LWS1</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,050,991.62</x:t>
-[...5 lines deleted...]
-    <x:t>$2,048,473.37</x:t>
+    <x:t>$2,058,287.94</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z2ZPQY0</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,029,072.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>$2,053,984.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011J0R4B5</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
     <x:t>2,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,015,068.71</x:t>
+    <x:t>$2,031,531.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Air Quality Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZ79894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,029,604.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OH</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZJZ15H3</x:t>
   </x:si>
   <x:si>
     <x:t>4.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,012,337.56</x:t>
+    <x:t>$2,020,373.16</x:t>
   </x:si>
   <x:si>
     <x:t>IN</x:t>
   </x:si>
   <x:si>
-    <x:t>Ohio Air Quality Development Authority</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Brooklyn Arena Local Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKKYD08</x:t>
   </x:si>
   <x:si>
     <x:t>1,800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,865,512.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$1,871,288.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VP10750</x:t>
   </x:si>
   <x:si>
     <x:t>1,750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,816,711.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>$1,824,978.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>California Statewide Communities Develo</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007Q1GXB1</x:t>
   </x:si>
   <x:si>
     <x:t>1,740,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,749,825.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.45%</x:t>
+    <x:t>$1,752,450.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT41CX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,696,553.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CX8JS16</x:t>
   </x:si>
   <x:si>
     <x:t>1,660,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,687,129.01</x:t>
-[...14 lines deleted...]
-    <x:t>$1,668,703.38</x:t>
+    <x:t>$1,662,351.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y67DTX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,657,377.20</x:t>
   </x:si>
   <x:si>
     <x:t>Puerto Rico Sales Tax Financing Corp Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NBC3WR7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,643,205.60</x:t>
-[...14 lines deleted...]
-    <x:t>$1,638,968.15</x:t>
+    <x:t>$1,654,012.20</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2036</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2TH98</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,632,815.37</x:t>
+    <x:t>$1,643,725.72</x:t>
   </x:si>
   <x:si>
     <x:t>Escambia County Health Facilities Autho</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RKP3FS5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,623,219.17</x:t>
+    <x:t>$1,634,753.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennergy Corp/Tn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BN5VZN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,620,256.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TN</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F8PM0L3</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,612,664.30</x:t>
+    <x:t>$1,617,973.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Energy Finance Development Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W4B5CC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,605,482.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JZDFFF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,581,731.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Chicago Il</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RDKK213</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,602,646.23</x:t>
-[...23 lines deleted...]
-    <x:t>$1,573,649.96</x:t>
+    <x:t>$1,578,709.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DMXND1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,564,566.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dekalb County Housing Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KH5T0P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,544,282.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Virginia Economic Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVVMX32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,539,087.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z2ZPQZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,535,729.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glynn-Brunswick Memorial Hospital Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008GB3765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,535,417.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulsa Municipal Airport Trust Trustees/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004NQ0454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,511,567.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Texas Regional Mobility Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSCWLC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,334.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0161BZVH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,487,395.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Broward Fl Airport System Rev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BBL8FH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,447,663.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Economic Development Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001270S34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,415,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,441,609.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calhoun County Navigation Industrial De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS7MK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,465,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,440,720.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MRGWRT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,427,608.58</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Henderson Ky</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG016C7K771</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
-    <x:t>1,520,000</x:t>
-[...167 lines deleted...]
-    <x:t>$1,417,929.59</x:t>
+    <x:t>1,420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,425,236.69</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6CFPL4</x:t>
   </x:si>
   <x:si>
     <x:t>1,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,410,894.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$1,421,222.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ND5K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,515,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,368,324.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Maricopa County Industrial Development</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXSVJB6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,373,538.69</x:t>
-[...2 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$1,355,130.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>AZ</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2028</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>New Hampshire Business Finance Authorit</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q0CS922</x:t>
   </x:si>
   <x:si>
     <x:t>4.150</x:t>
   </x:si>
   <x:si>
     <x:t>1,347,363</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,351,113.89</x:t>
+    <x:t>$1,354,981.40</x:t>
   </x:si>
   <x:si>
     <x:t>NH</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008KSCVS6</x:t>
   </x:si>
   <x:si>
     <x:t>5.125</x:t>
   </x:si>
   <x:si>
     <x:t>1,320,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,323,667.97</x:t>
-[...2 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>$1,328,299.80</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PBWMPG3</x:t>
   </x:si>
   <x:si>
     <x:t>1,235,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,290,179.91</x:t>
+    <x:t>$1,304,977.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q41R817</x:t>
   </x:si>
   <x:si>
     <x:t>1,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,286,868.24</x:t>
+    <x:t>$1,299,140.66</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q41R826</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,278,885.24</x:t>
+    <x:t>$1,289,343.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matagorda County Navigation District No</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004KGNQK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,256,646.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M-S-R Energy Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ZJCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,241,335.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CX8JS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,139.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austin Convention Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM1P063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,211,344.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Lakes Water Authority Water Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VLBG7B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,174,471.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Allen Oh Hospital Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLYM21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,173,705.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>District Of Columbia Water &amp; Sewer Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ8P503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,170,236.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC3WP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,308,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,167,802.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,167,429.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Los Angeles Department Of Airpo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4MQ8T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,165,819.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Trust Agency Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0100S2N58</x:t>
   </x:si>
   <x:si>
     <x:t>3.375</x:t>
   </x:si>
   <x:si>
-    <x:t>1,290,000</x:t>
-[...92 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>1,205,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,164,921.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT3T0W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,813.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Health Facilities Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X727FB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,159,854.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC3WS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,145,535.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massachusetts Development Finance Agenc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZ2G516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,143,498.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038SSBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,143,340.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Beach Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJSFRQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,145.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVTQ959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,054.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Fort Worth International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X12BVN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,137,550.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monroe County Industrial Development Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYJ8278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,060,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,137,161.24</x:t>
   </x:si>
   <x:si>
     <x:t>San Joaquin Valley Clean Energy Authori</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2056</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01S4FQ4M8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,163,871.35</x:t>
-[...86 lines deleted...]
-    <x:t>$1,136,496.75</x:t>
+    <x:t>$1,131,619.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco City &amp; County Airport Com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JYDC2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,131,277.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,846.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,124,321.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JXGVQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,123,682.17</x:t>
   </x:si>
   <x:si>
     <x:t>Columbus Regional Airport Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01RW17FX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,134,789.82</x:t>
-[...41 lines deleted...]
-    <x:t>$1,126,986.55</x:t>
+    <x:t>$1,121,345.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,014.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parish Of St James La</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S4W55T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,502.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Plains Energy Project</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,111,362.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania Economic Development Finan</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01BYXQHM4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,122,233.31</x:t>
+    <x:t>$1,110,593.06</x:t>
   </x:si>
   <x:si>
     <x:t>PA</x:t>
   </x:si>
   <x:si>
-    <x:t>San Francisco City &amp; County Airport Com</x:t>
-[...35 lines deleted...]
-    <x:t>$1,110,072.25</x:t>
+    <x:t>10/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XP316K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,106,920.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH6D3D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,789.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZM7RN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,096,555.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SXNCMZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,277.53</x:t>
   </x:si>
   <x:si>
     <x:t>Territory Of Guam</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010WRZK73</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,109,772.32</x:t>
+    <x:t>$1,094,100.96</x:t>
   </x:si>
   <x:si>
     <x:t>GU</x:t>
   </x:si>
   <x:si>
-    <x:t>Dallas Fort Worth International Airport</x:t>
-[...26 lines deleted...]
-    <x:t>LA</x:t>
+    <x:t>02/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJ71GR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,960.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QN943T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,866.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Alabama Gas Supply District/T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LCK4VL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,513.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD93SF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,160.33</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QMX8SG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,102,550.72</x:t>
-[...14 lines deleted...]
-    <x:t>NE</x:t>
+    <x:t>$1,082,866.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z19MT49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,081,811.28</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010WRZK64</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,096,267.02</x:t>
-[...32 lines deleted...]
-    <x:t>$1,091,601.89</x:t>
+    <x:t>$1,080,845.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3NC0L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,380.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Energy Acquisition Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011CJT937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,646.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Fund Special Purpose Securitiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HLYWW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,524.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWZW83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,896.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Energy Authority A Cooperativ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QM9TX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,100.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWSPQB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,073,654.59</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Phoenix Civic Improvement Corp</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QSFLTX5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,090,440.42</x:t>
-[...5 lines deleted...]
-    <x:t>$1,086,633.28</x:t>
+    <x:t>$1,073,229.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Dormitory Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LK87QW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,634.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Public Power Author</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W1437K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,124.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X2V6287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,562.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Small Business Financing Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJ5W511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>965,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,100.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017SK4W30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,015,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,057,463.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X59M747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,804.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina Turnpike Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MJP8KZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,274.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guam Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016P8C6R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,733.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YGND2V4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,082,831.62</x:t>
-[...155 lines deleted...]
-    <x:t>$1,061,484.35</x:t>
+    <x:t>$1,052,710.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calcasieu Parish Memorial Hospital Serv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8T8N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,987.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Coralville Ia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DR3NW45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,571.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Minneapolis Mn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16QJY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,747.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWZW56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,041,627.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41QX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,312.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X2V6278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,155.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Housing Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THFY5X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,765.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJSGH25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,737.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41QX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,031,475.12</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0127QT5T5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,057,751.92</x:t>
-[...20 lines deleted...]
-    <x:t>$1,049,749.48</x:t>
+    <x:t>$1,030,999.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklahoma Development Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K889GF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,963.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGCN8Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,299.17</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVC9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,048,252.55</x:t>
-[...50 lines deleted...]
-    <x:t>$1,042,510.68</x:t>
+    <x:t>$1,024,417.65</x:t>
   </x:si>
   <x:si>
     <x:t>Puerto Rico Electric Power Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010QZRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,041,542.53</x:t>
+    <x:t>$1,023,956.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhode Island Health And Educational Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW0LBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,593.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HNKG184</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,040,482.92</x:t>
-[...95 lines deleted...]
-    <x:t>$1,023,108.19</x:t>
+    <x:t>$1,022,073.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compton Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DK564L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,958.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL9VZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,130.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Florida Local Government Finance Commis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRD4VB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,383.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington State Housing Finance Commis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJJTDS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,212.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vermont Educational &amp; Health Buildings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BZWQF77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,199.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lee County Industrial Development Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ3TJK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,167.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0063BSKK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,067.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Liberty Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007FJQX50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,009,443.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C6D83P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,994.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LK87QX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,264.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Muskingum Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004H876Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,005,567.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DJ9G3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,974.65</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NBC3J87</x:t>
   </x:si>
   <x:si>
-    <x:t>4.500</x:t>
-[...38 lines deleted...]
-    <x:t>$1,013,870.20</x:t>
+    <x:t>$1,001,737.50</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CX8JRX3</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,011,798.98</x:t>
-[...131 lines deleted...]
-    <x:t>$993,983.15</x:t>
+    <x:t>$1,001,136.54</x:t>
   </x:si>
   <x:si>
     <x:t>South Carolina Jobs-Economic Developmen</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YX7C605</x:t>
   </x:si>
   <x:si>
-    <x:t>$989,183.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$999,709.82</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QB3D044</x:t>
   </x:si>
   <x:si>
     <x:t>2.600</x:t>
   </x:si>
   <x:si>
-    <x:t>$963,995.39</x:t>
+    <x:t>$972,810.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Windler Public Improvement Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012GMR3N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$963,325.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Miami-Dade Seaport Department</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01CD9FX90</x:t>
   </x:si>
   <x:si>
     <x:t>880,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$957,747.32</x:t>
+    <x:t>$962,694.27</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Environmental Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2044</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007QJ8RX0</x:t>
   </x:si>
   <x:si>
-    <x:t>$955,377.16</x:t>
-[...8 lines deleted...]
-    <x:t>$954,744.71</x:t>
+    <x:t>$960,153.22</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Farmington Nm</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FFBR28</x:t>
   </x:si>
   <x:si>
     <x:t>1.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$950,555.70</x:t>
+    <x:t>$958,751.30</x:t>
   </x:si>
   <x:si>
     <x:t>NM</x:t>
   </x:si>
   <x:si>
+    <x:t>Allentown Neighborhood Improvement Zone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MTXR114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>895,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$924,569.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG010WRZK82</x:t>
   </x:si>
   <x:si>
-    <x:t>895,000</x:t>
-[...17 lines deleted...]
-    <x:t>$919,086.47</x:t>
+    <x:t>$912,476.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colorado Health Facilities Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01424ZLQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$896,560.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC9LJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$892,815.50</x:t>
   </x:si>
   <x:si>
     <x:t>Connecticut State Health &amp; Educational</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QWZ0K04</x:t>
   </x:si>
   <x:si>
     <x:t>870,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$905,994.10</x:t>
-[...2 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$892,459.89</x:t>
   </x:si>
   <x:si>
     <x:t>CT</x:t>
   </x:si>
   <x:si>
-    <x:t>Colorado Health Facilities Authority</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>County Of Sacramento Ca Airport System</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01W90PDB0</x:t>
   </x:si>
   <x:si>
     <x:t>750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$843,642.35</x:t>
-[...2 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>$843,744.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT41CW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$834,898.26</x:t>
   </x:si>
   <x:si>
     <x:t>Wisconsin Health &amp; Educational Faciliti</x:t>
   </x:si>
   <x:si>
     <x:t>BBG007X81Q38</x:t>
   </x:si>
   <x:si>
     <x:t>825,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$831,754.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>$834,260.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Nevada Department Of Business</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRYY253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,085,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,386.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4MQ8J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$825,784.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana Local Government Environmenta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB3DY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$814,454.21</x:t>
   </x:si>
   <x:si>
     <x:t>Arizona Industrial Development Authorit</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC2L6F7</x:t>
   </x:si>
   <x:si>
     <x:t>4.750</x:t>
   </x:si>
   <x:si>
     <x:t>800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$823,155.69</x:t>
-[...44 lines deleted...]
-    <x:t>$807,468.34</x:t>
+    <x:t>$808,719.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SP7ZXS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,655.22</x:t>
   </x:si>
   <x:si>
     <x:t>Puerto Rico Municipal Finance Agency</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZY5FS7</x:t>
   </x:si>
   <x:si>
     <x:t>780,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$797,399.89</x:t>
-[...20 lines deleted...]
-    <x:t>$793,368.91</x:t>
+    <x:t>$800,080.15</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M91FHT4</x:t>
   </x:si>
   <x:si>
-    <x:t>$778,149.80</x:t>
+    <x:t>$784,426.97</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZNLTV37</x:t>
   </x:si>
   <x:si>
     <x:t>700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$773,445.74</x:t>
+    <x:t>$780,558.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Cuyahoga Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188ZX9K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$772,920.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Sullivan Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2QWKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,900.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eastern Illinois Economic Development A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJX9W73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,470.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philadelphia Gas Works Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLFCHL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>735,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$758,394.43</x:t>
   </x:si>
   <x:si>
     <x:t>Florida Higher Educational Facilities F</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VS62NQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$764,615.42</x:t>
-[...56 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$755,995.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Memphis Arena Public Building Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BP19X1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,931.40</x:t>
   </x:si>
   <x:si>
     <x:t>Florida Development Finance Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MN986Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>$748,472.22</x:t>
-[...11 lines deleted...]
-    <x:t>$744,984.70</x:t>
+    <x:t>$751,805.56</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG12WS5</x:t>
   </x:si>
   <x:si>
     <x:t>650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$730,942.22</x:t>
+    <x:t>$738,291.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010L9TZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>734,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,896.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011WH8J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>795,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,031.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H7S9QZ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$728,699.46</x:t>
-[...23 lines deleted...]
-    <x:t>0.18%</x:t>
+    <x:t>$716,209.78</x:t>
   </x:si>
   <x:si>
     <x:t>Colorado State University Research Foun</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YT3RW97</x:t>
   </x:si>
   <x:si>
     <x:t>665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$708,041.31</x:t>
+    <x:t>$714,379.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYJ8287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$685,378.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDZN2V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$666,240.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detroit Regional Convention Facility Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P2WRD75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$660,214.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HVJ501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$655,601.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16QJX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$634,497.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Hope Cultural Education Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D7H2SY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$626,434.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33GK65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,680.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012G3FJX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,427.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denver Convention Center Hotel Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F3BWBN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$612,152.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Wichita Ks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q79Q7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$610,059.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$604,144.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina Medical Care Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK4T7T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$593,453.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Department Of Water &amp; Power</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XP34T59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$589,004.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX8CY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$582,909.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Thruway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG7TXZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$582,289.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Transportation Trust Fund Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q418LH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$582,060.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami Beach Redevelopment Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVNCTG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$581,592.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJYLL21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$580,264.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KP2G924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,632.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0Y4F21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,508.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDS8X83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,692.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Sports Facilities Authority/Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q3DDKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$574,500.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J87YDH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,955.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Bond Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4RW6W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,804.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRBQ2G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,624.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Jefferson Al Sewer Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KT3R3X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,505.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Philadelphia Pa Airport Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHYPDF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,995.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QHPXQ03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,775.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago O'Hare International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QF13ZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,718.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WC18L43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,542.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X12BVG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,741.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Educational Facilities Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4YHLL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,239.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Nashville Airport Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFPN818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,022.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delaware Valley Regional Finance Author</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011L4ZH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,175.37</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R4SG0W1</x:t>
   </x:si>
   <x:si>
-    <x:t>685,000</x:t>
-[...104 lines deleted...]
-    <x:t>$609,701.87</x:t>
+    <x:t>$558,022.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YW42LX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,133.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harris County-Houston Sports Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK78335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,634.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,049.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX98803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$555,371.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SXNDP55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,615.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH3S451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,893.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKN8H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,257.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Atlanta Ga Department Of Aviati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBSKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,488.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Southeast A Cooperative District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG6T9Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,187.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Industrial Development Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYB42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,521.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHYPD54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,289.13</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PK0DT93</x:t>
   </x:si>
   <x:si>
     <x:t>5.375</x:t>
   </x:si>
   <x:si>
-    <x:t>608,000</x:t>
-[...260 lines deleted...]
-    <x:t>$550,258.97</x:t>
+    <x:t>544,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,122.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBNR458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,154.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYJ8241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,089.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Municipal Gas Acquisition And Sup</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1NJ7K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,128.37</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0154KJQF4</x:t>
   </x:si>
   <x:si>
-    <x:t>$549,913.56</x:t>
-[...20 lines deleted...]
-    <x:t>$547,241.09</x:t>
+    <x:t>$541,983.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVT2PV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,973.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZSRBH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Main Street Natural Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3NLQ40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,510.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CD97GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,958.09</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0154KJQL7</x:t>
   </x:si>
   <x:si>
-    <x:t>$546,008.26</x:t>
-[...20 lines deleted...]
-    <x:t>$545,491.82</x:t>
+    <x:t>$537,852.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2SL0Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,546.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCMSR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,608.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower Alabama Gas District/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XR0BCJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,476.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Main Street Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z29XCR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,864.88</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R5XC7S2</x:t>
   </x:si>
   <x:si>
-    <x:t>$545,467.31</x:t>
+    <x:t>$535,652.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1RBFJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,956.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Grand Forks Nd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012G2S993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,911.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWZW74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,631.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJP8KQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>$542,711.66</x:t>
-[...29 lines deleted...]
-    <x:t>$538,457.06</x:t>
+    <x:t>$533,125.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Carolina Public Service Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BV5NY90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,970.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlanta Development Authority/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDVCFM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,964.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arlington Higher Education Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRD46D8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,812.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3G2WY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,647.87</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01THXLYF0</x:t>
   </x:si>
   <x:si>
-    <x:t>$537,873.96</x:t>
-[...35 lines deleted...]
-    <x:t>$533,092.59</x:t>
+    <x:t>$529,915.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Island Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC05NY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,772.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XNDSHY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,388.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JZDFJZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,243.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stamford Housing Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SVBYWM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,344.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QWL44W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,890.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013WYJTZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>535,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,178.32</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland-Cuyahoga County Port Authorit</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QVV7M93</x:t>
   </x:si>
   <x:si>
-    <x:t>$532,517.47</x:t>
-[...17 lines deleted...]
-    <x:t>$530,957.50</x:t>
+    <x:t>$525,014.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Louis County Industrial Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MHC2QQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,748.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,455.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0196S2892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,226.53</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PGGBYL0</x:t>
   </x:si>
   <x:si>
-    <x:t>$530,714.26</x:t>
-[...44 lines deleted...]
-    <x:t>$528,256.16</x:t>
+    <x:t>$523,079.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Pier &amp; Exposition Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7KJ8Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,479.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polk County Industrial Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZPP5Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,100.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6GSRJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,791.59</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2043</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VPLM6J8</x:t>
   </x:si>
   <x:si>
     <x:t>4.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$527,441.92</x:t>
+    <x:t>$520,608.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZSRBF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,168.69</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H7S9QT4</x:t>
   </x:si>
   <x:si>
-    <x:t>$527,357.97</x:t>
-[...59 lines deleted...]
-    <x:t>$521,846.49</x:t>
+    <x:t>$517,925.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana Public Facilities Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PR68L87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,711.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Village Community Development District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PGFL2L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,828.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Cook Il</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D355DK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,839.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda Corridor Transportation Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CW84RP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,568.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193WT7S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,252.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Beaumont Navigation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01212JZ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,068.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklahoma County Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRLB387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,021.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F0W75Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,815.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Okaloosa Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK5WJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,454.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J87YDG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,025.81</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G71YM08</x:t>
   </x:si>
   <x:si>
-    <x:t>$521,814.81</x:t>
-[...77 lines deleted...]
-    <x:t>$518,487.32</x:t>
+    <x:t>$510,962.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ND5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>585,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,137.02</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010QZRV7</x:t>
   </x:si>
   <x:si>
-    <x:t>$518,138.82</x:t>
+    <x:t>$509,060.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QHPQC39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,007.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YXYS8P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,022.86</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Health Care Facilities Finan</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F0YLR99</x:t>
   </x:si>
   <x:si>
-    <x:t>$517,606.86</x:t>
-[...32 lines deleted...]
-    <x:t>$515,399.90</x:t>
+    <x:t>$506,615.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y9RGGG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,432.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alabama Special Care Facilities Financi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNXX3R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,050.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013V2S8D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,897.09</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GM1P0X3</x:t>
   </x:si>
   <x:si>
-    <x:t>$514,840.96</x:t>
+    <x:t>$504,706.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSFLV42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,765.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Pollution Control Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003Q8CS75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,654.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Rapids Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YPL8BQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,377.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Build Nyc Resource Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YZBL5Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,238.37</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005K3J0K6</x:t>
   </x:si>
   <x:si>
-    <x:t>$513,986.57</x:t>
-[...68 lines deleted...]
-    <x:t>$509,609.44</x:t>
+    <x:t>$502,182.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YZB9993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,937.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J87YHD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,849.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z34DB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,689.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Hawaii Department Of Budget &amp;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GXXP3T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,901.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01P867334</x:t>
   </x:si>
   <x:si>
-    <x:t>$509,303.88</x:t>
-[...83 lines deleted...]
-    <x:t>$501,651.33</x:t>
+    <x:t>$500,822.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011WH8K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,433.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0161BZVJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$490,475.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H2QG0Y6</x:t>
   </x:si>
   <x:si>
     <x:t>6.125</x:t>
   </x:si>
   <x:si>
     <x:t>485,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$501,364.85</x:t>
-[...77 lines deleted...]
-    <x:t>$495,565.54</x:t>
+    <x:t>$488,034.75</x:t>
   </x:si>
   <x:si>
     <x:t>Plaza At Noah's Ark Community Improveme</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0116ZPVQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>$480,582.97</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$484,673.27</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J35P8M4</x:t>
   </x:si>
   <x:si>
     <x:t>460,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$480,360.72</x:t>
+    <x:t>$483,333.08</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2038</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QB3CD38</x:t>
   </x:si>
   <x:si>
     <x:t>2.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$477,514.58</x:t>
+    <x:t>$481,906.83</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011N4SG2</x:t>
   </x:si>
   <x:si>
     <x:t>490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$473,366.36</x:t>
+    <x:t>$475,131.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QGRRGN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$473,557.69</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H1TTF75</x:t>
   </x:si>
   <x:si>
     <x:t>455,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$468,176.96</x:t>
-[...5 lines deleted...]
-    <x:t>$468,141.32</x:t>
+    <x:t>$469,890.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W7W0ZJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,161.96</x:t>
   </x:si>
   <x:si>
     <x:t>El Centro Financing Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KJN58P4</x:t>
   </x:si>
   <x:si>
     <x:t>480,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$465,567.61</x:t>
-[...11 lines deleted...]
-    <x:t>$462,672.40</x:t>
+    <x:t>$459,140.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JL7NF82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$447,051.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009WNYBX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,797.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philadelphia Authority For Industrial D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012919XD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$441,061.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009WP09J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$437,464.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD1W6P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,452.16</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QWZ0JY0</x:t>
   </x:si>
   <x:si>
     <x:t>430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$443,689.37</x:t>
-[...68 lines deleted...]
-    <x:t>$434,416.81</x:t>
+    <x:t>$435,330.05</x:t>
   </x:si>
   <x:si>
     <x:t>Hoover Industrial Development Board</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y619K93</x:t>
   </x:si>
   <x:si>
     <x:t>6.375</x:t>
   </x:si>
   <x:si>
     <x:t>390,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$431,840.79</x:t>
+    <x:t>$433,712.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HT4SQ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,345.07</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CX8JRW4</x:t>
   </x:si>
   <x:si>
     <x:t>420,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$430,318.19</x:t>
-[...8 lines deleted...]
-    <x:t>$423,184.61</x:t>
+    <x:t>$421,255.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JM27T99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$411,034.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q3DDKH3</x:t>
   </x:si>
   <x:si>
     <x:t>395,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$407,176.41</x:t>
-[...11 lines deleted...]
-    <x:t>$406,991.01</x:t>
+    <x:t>$410,054.58</x:t>
   </x:si>
   <x:si>
     <x:t>Collegiate Charter School Of Lowell</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXKF5S3</x:t>
   </x:si>
   <x:si>
     <x:t>400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$402,221.06</x:t>
+    <x:t>$403,606.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt Verde Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0010Z4YG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,574.74</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LG7JPZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$399,129.23</x:t>
-[...20 lines deleted...]
-    <x:t>$397,304.44</x:t>
+    <x:t>$400,373.17</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PZSGNF0</x:t>
   </x:si>
   <x:si>
-    <x:t>$393,543.38</x:t>
+    <x:t>$397,291.27</x:t>
   </x:si>
   <x:si>
     <x:t>Georgia Local Government</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011GLV35</x:t>
   </x:si>
   <x:si>
     <x:t>380,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$390,592.32</x:t>
+    <x:t>$393,279.25</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QJ3F9B7</x:t>
   </x:si>
   <x:si>
-    <x:t>392,336</x:t>
-[...2 lines deleted...]
-    <x:t>$389,437.53</x:t>
+    <x:t>391,539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,217.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>District Of Columbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV3X544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,817.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z19MT21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,425.34</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DLMDLL5</x:t>
   </x:si>
   <x:si>
     <x:t>365,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$376,767.39</x:t>
-[...23 lines deleted...]
-    <x:t>$366,591.53</x:t>
+    <x:t>$369,127.81</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNWW3B4</x:t>
   </x:si>
   <x:si>
-    <x:t>$362,541.35</x:t>
+    <x:t>$363,975.13</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB6KYL5</x:t>
   </x:si>
   <x:si>
     <x:t>360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$360,743.32</x:t>
+    <x:t>$362,168.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D1ZXBQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$351,913.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00126RJK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$351,888.41</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005K3J0P1</x:t>
   </x:si>
   <x:si>
-    <x:t>$359,034.39</x:t>
+    <x:t>$351,326.99</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q88C6X3</x:t>
   </x:si>
   <x:si>
-    <x:t>$354,558.74</x:t>
-[...14 lines deleted...]
-    <x:t>$349,902.32</x:t>
+    <x:t>$350,533.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PGFFRF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$341,366.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RM7MVY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,323.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Illinois Municipal Power Agenc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DP9G3B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,071.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXYYK18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,508.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7S9QR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,070.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami-Dade County Industrial Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0088NZSZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,941.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redtail Ridge Metropolitan District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYYJQ18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,610.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QKQ3QR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$316,265.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CST0BV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$313,840.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City &amp; County Of Denver Co Airport Syst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQ26S93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$313,779.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Palm Beach Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PGM43L4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$309,895.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CCP63F5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,385.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011WH8F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$300,593.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00107SKL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>290,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,710.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisville/Jefferson County Metropolita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DB6RRT5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,324.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KBJJWZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$289,254.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PH0WM10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$282,905.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hospitals &amp; Higher Education Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J2D9Y76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>275,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,264.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH4Q4K4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$279,119.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clark County School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV85D29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,781.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dutchess County Local Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3CPK18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,567.03</x:t>
   </x:si>
   <x:si>
     <x:t>Town Of Hamden Ct</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QFPD2N6</x:t>
   </x:si>
   <x:si>
-    <x:t>335,000</x:t>
-[...152 lines deleted...]
-    <x:t>$297,359.91</x:t>
+    <x:t>270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,077.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBBFD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,141.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q2J5D86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$275,632.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJCRSM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,101.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJCRSN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,575.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3CPK36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,512.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33GKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>260,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,371.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW7YRG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,537.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y2GMLM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$269,312.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rum River Special Education Cooperative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YC2S5C1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,150.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Heights Industrial Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LFVVCS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,267.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R50C8G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$265,005.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VZCFVM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$263,570.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adams County General Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R5X9XB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,644.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Selma Industrial Development Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF4J4D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,076.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K889GG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,476.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXT7R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,985.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2F43H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,378.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Samoa Economic Development Aut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWJSV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,034.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0NZM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,029.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MHY04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,154.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Suffolk Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBQLZ58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,322.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MHW35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,241.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0NZQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,323.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chandler Industrial Development Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HQN6LG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,285.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tarrant County Cultural Education Facil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVSV062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,809.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00130PFV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,441.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X719NL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,919.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King County Public Hospital District No</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FHS59T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,763.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S231HC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,454.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5NQ1D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,386.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VP12K95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,759.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MPFM2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,563.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Projects Finance Authority/Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W2B3K21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,146.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JF6Y260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,658.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Kalispell Mt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4Y7FG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,062.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5RQZL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,990.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Garden City Ks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0YYGV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,313.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW79HK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,076.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QDDW663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,886.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YVPPZR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,539.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Manhattan Ks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRZBX93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,520.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Venice Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY0K723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,046.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z355R83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,842.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQ72H75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,062.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Economic Development Finance A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003GQVH15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,437.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LVGL9W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,688.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R4XCMM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,703.59</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Local Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZJYFJY2</x:t>
   </x:si>
   <x:si>
-    <x:t>$290,505.96</x:t>
-[...455 lines deleted...]
-    <x:t>$247,074.57</x:t>
+    <x:t>$241,938.52</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NY8QCQ0</x:t>
   </x:si>
   <x:si>
     <x:t>238,943</x:t>
   </x:si>
   <x:si>
-    <x:t>$240,721.36</x:t>
+    <x:t>$241,775.49</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011DJ2YV9</x:t>
   </x:si>
   <x:si>
-    <x:t>$238,765.96</x:t>
+    <x:t>$241,080.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3Y4MJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>237,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,672.23</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Illinois Sales Tax Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DL9FKY0</x:t>
   </x:si>
   <x:si>
     <x:t>235,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$237,717.57</x:t>
-[...8 lines deleted...]
-    <x:t>$237,624.21</x:t>
+    <x:t>$238,355.12</x:t>
   </x:si>
   <x:si>
     <x:t>Peninsula Town Center Community Develop</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LMTG8J0</x:t>
   </x:si>
   <x:si>
     <x:t>230,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$234,855.97</x:t>
+    <x:t>$236,041.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZM7RH7</x:t>
   </x:si>
   <x:si>
-    <x:t>$234,150.83</x:t>
+    <x:t>$235,068.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra Vista Industrial Development Aut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9F25P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,744.68</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L33GK83</x:t>
   </x:si>
   <x:si>
     <x:t>220,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$232,495.65</x:t>
-[...11 lines deleted...]
-    <x:t>$231,454.93</x:t>
+    <x:t>$229,091.73</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R401MF8</x:t>
   </x:si>
   <x:si>
     <x:t>215,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$217,284.47</x:t>
+    <x:t>$218,696.36</x:t>
   </x:si>
   <x:si>
     <x:t>Iowa Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01XLF1VR0</x:t>
   </x:si>
   <x:si>
     <x:t>210,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$214,466.68</x:t>
+    <x:t>$216,326.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0NZR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,485.44</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011J0R489</x:t>
   </x:si>
   <x:si>
     <x:t>2.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$210,554.07</x:t>
-[...11 lines deleted...]
-    <x:t>$210,200.08</x:t>
+    <x:t>$211,130.92</x:t>
   </x:si>
   <x:si>
     <x:t>State Public School Building Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F13JSJ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$203,907.96</x:t>
+    <x:t>$204,505.18</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011Y30D3</x:t>
   </x:si>
   <x:si>
     <x:t>190,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$202,813.41</x:t>
+    <x:t>$204,157.12</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Baltimore Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSSPZV3</x:t>
   </x:si>
   <x:si>
-    <x:t>$202,720.18</x:t>
+    <x:t>$203,529.28</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01MRWQ8K2</x:t>
   </x:si>
   <x:si>
     <x:t>4.650</x:t>
   </x:si>
   <x:si>
-    <x:t>$195,468.44</x:t>
+    <x:t>$197,326.03</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRQBRT1</x:t>
   </x:si>
   <x:si>
-    <x:t>$194,662.50</x:t>
+    <x:t>$195,621.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV3LJH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,337.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MN98710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,951.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011BP4W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,655.47</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LDS0KR3</x:t>
   </x:si>
   <x:si>
-    <x:t>180,000</x:t>
-[...20 lines deleted...]
-    <x:t>$186,031.79</x:t>
+    <x:t>$185,809.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bl Train Holdings West Llc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTX6LY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>County Of Frederick Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCWQ648</x:t>
   </x:si>
   <x:si>
     <x:t>175,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$177,999.65</x:t>
+    <x:t>$178,927.41</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Municipal Power Agency</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0089RMLP5</x:t>
   </x:si>
   <x:si>
-    <x:t>$177,923.68</x:t>
+    <x:t>$178,526.82</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HCY1X55</x:t>
   </x:si>
   <x:si>
-    <x:t>$175,365.69</x:t>
+    <x:t>$176,514.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0088JZ3R8</x:t>
   </x:si>
   <x:si>
-    <x:t>$171,080.03</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$169,187.38</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D20HT97</x:t>
   </x:si>
   <x:si>
     <x:t>165,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$168,228.91</x:t>
+    <x:t>$168,918.42</x:t>
   </x:si>
   <x:si>
     <x:t>Yonkers Economic Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QN93XX5</x:t>
   </x:si>
   <x:si>
-    <x:t>$165,730.73</x:t>
+    <x:t>$167,039.91</x:t>
   </x:si>
   <x:si>
     <x:t>Michigan Strategic Fund</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MK1T3Z0</x:t>
   </x:si>
   <x:si>
     <x:t>155,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$165,204.82</x:t>
+    <x:t>$162,470.54</x:t>
   </x:si>
   <x:si>
     <x:t>Development Authority Of Floyd County</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MT8HYL6</x:t>
   </x:si>
   <x:si>
     <x:t>160,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$160,709.38</x:t>
+    <x:t>$161,321.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ND5H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,828.81</x:t>
   </x:si>
   <x:si>
     <x:t>Tobacco Settlement Financing Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHZ57C5</x:t>
   </x:si>
   <x:si>
     <x:t>150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$157,827.81</x:t>
-[...5 lines deleted...]
-    <x:t>$157,311.64</x:t>
+    <x:t>$158,519.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8T8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,241.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VFTFQC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,540.50</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N2VKGH2</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,500.06</x:t>
-[...14 lines deleted...]
-    <x:t>$154,115.25</x:t>
+    <x:t>$153,744.79</x:t>
   </x:si>
   <x:si>
     <x:t>West Virginia Hospital Finance Authorit</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CVRZBD2</x:t>
   </x:si>
   <x:si>
-    <x:t>$151,712.23</x:t>
+    <x:t>$152,086.20</x:t>
   </x:si>
   <x:si>
     <x:t>Development Authority Of The City Of Ma</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H2DDH72</x:t>
   </x:si>
   <x:si>
-    <x:t>$150,233.77</x:t>
+    <x:t>$151,222.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012C5L1D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,001.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Development Authority Of The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZF5P27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,459.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amherst Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00100G7V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,526.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Authority Of White County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2JGYG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,920.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q6XJH04</x:t>
   </x:si>
   <x:si>
-    <x:t>145,000</x:t>
-[...41 lines deleted...]
-    <x:t>$136,496.01</x:t>
+    <x:t>137,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,737.99</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG12WN0</x:t>
   </x:si>
   <x:si>
     <x:t>125,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$136,015.56</x:t>
+    <x:t>$137,196.73</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00835HKB2</x:t>
   </x:si>
   <x:si>
     <x:t>130,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$134,176.49</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$131,280.91</x:t>
   </x:si>
   <x:si>
     <x:t>Reno Redevelopment Agency</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010JMLB2</x:t>
   </x:si>
   <x:si>
     <x:t>5.400</x:t>
   </x:si>
   <x:si>
-    <x:t>$130,555.61</x:t>
+    <x:t>$131,036.40</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009WNYBZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>$130,166.14</x:t>
+    <x:t>$130,557.73</x:t>
   </x:si>
   <x:si>
     <x:t>Lees Summit Industrial Development Auth</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K6S2SG6</x:t>
   </x:si>
   <x:si>
-    <x:t>$129,325.87</x:t>
+    <x:t>$130,396.17</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H15MZ25</x:t>
   </x:si>
   <x:si>
-    <x:t>$125,128.19</x:t>
+    <x:t>$125,859.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DT0B2Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,821.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town Of Ramapo Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008VSQ980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,815.41</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5TSDS8</x:t>
   </x:si>
   <x:si>
-    <x:t>120,000</x:t>
-[...2 lines deleted...]
-    <x:t>$122,465.63</x:t>
+    <x:t>$120,451.12</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H7S6693</x:t>
   </x:si>
   <x:si>
-    <x:t>$120,529.58</x:t>
-[...17 lines deleted...]
-    <x:t>$120,371.85</x:t>
+    <x:t>$118,769.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sa Energy Acquisition Public Facility C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0010SQKN7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,300.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jea Electric System Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHG9PG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,161.28</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2D9Y49</x:t>
   </x:si>
   <x:si>
     <x:t>115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,471.08</x:t>
-[...20 lines deleted...]
-    <x:t>$115,490.23</x:t>
+    <x:t>$115,952.27</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNWW3C3</x:t>
   </x:si>
   <x:si>
-    <x:t>$113,564.79</x:t>
+    <x:t>$114,071.29</x:t>
   </x:si>
   <x:si>
     <x:t>Irvine Unified School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GXXZRH9</x:t>
   </x:si>
   <x:si>
-    <x:t>$113,087.44</x:t>
+    <x:t>$113,419.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000XJZM04</x:t>
   </x:si>
   <x:si>
-    <x:t>$106,220.77</x:t>
+    <x:t>$106,953.97</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG12WL2</x:t>
   </x:si>
   <x:si>
     <x:t>100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$105,967.91</x:t>
+    <x:t>$106,714.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Anderson In</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTBYCG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,818.07</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKKYCY3</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,648.55</x:t>
+    <x:t>$103,975.17</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKKYCX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,641.91</x:t>
+    <x:t>$103,939.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKKYCW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,180.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLFCHF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,119.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Howard Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXKRHV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,691.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Turnpike Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CLLN1X9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,570.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Authority For Colorado Energy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00119T610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,534.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F322LH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,465.76</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BZ0WNX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,255.79</x:t>
-[...62 lines deleted...]
-    <x:t>$100,954.72</x:t>
+    <x:t>$101,068.12</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008VSQ9C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,432.63</x:t>
+    <x:t>$100,723.86</x:t>
   </x:si>
   <x:si>
     <x:t>Palomar Health</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DWTWJR6</x:t>
   </x:si>
   <x:si>
     <x:t>90,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$89,596.43</x:t>
+    <x:t>$90,216.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JX783Y4</x:t>
   </x:si>
   <x:si>
     <x:t>75,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,614.09</x:t>
+    <x:t>$74,945.48</x:t>
   </x:si>
   <x:si>
     <x:t>Tsasc Inc/Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQXHFQ5</x:t>
   </x:si>
   <x:si>
     <x:t>70,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,065.20</x:t>
+    <x:t>$72,318.16</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQXHFR4</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,055.16</x:t>
+    <x:t>$72,308.56</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M6PNMY8</x:t>
   </x:si>
   <x:si>
     <x:t>55,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,670.56</x:t>
+    <x:t>$55,876.43</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYJ6VT1</x:t>
   </x:si>
   <x:si>
     <x:t>50,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,936.98</x:t>
+    <x:t>$52,151.36</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYJ6VS2</x:t>
   </x:si>
   <x:si>
-    <x:t>$51,857.89</x:t>
+    <x:t>$52,058.96</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNWW397</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,982.57</x:t>
+    <x:t>$51,104.74</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TW71GQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$49,852.36</x:t>
+    <x:t>$50,038.53</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Anoka Mn</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FX5BQ26</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,732.22</x:t>
+    <x:t>$39,999.46</x:t>
   </x:si>
   <x:si>
     <x:t>City Of St Ann Mo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JL7MZQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,364.06</x:t>
+    <x:t>$39,703.56</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G1375F0</x:t>
   </x:si>
   <x:si>
     <x:t>170,590</x:t>
   </x:si>
   <x:si>
     <x:t>$34,118.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JKZN7H9</x:t>
   </x:si>
   <x:si>
     <x:t>1,061,217</x:t>
   </x:si>
   <x:si>
     <x:t>$31,836.51</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G137MD5</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,337.53</x:t>
+    <x:t>$26,488.87</x:t>
   </x:si>
   <x:si>
     <x:t>Housing &amp; Redevelopment Authority Of Th</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FHXW3G6</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,487.40</x:t>
+    <x:t>$25,584.41</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TW71GM3</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,120.46</x:t>
+    <x:t>$25,186.78</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F383G24</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,087.65</x:t>
+    <x:t>$25,184.43</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRZTBF8</x:t>
   </x:si>
   <x:si>
     <x:t>7.500</x:t>
   </x:si>
   <x:si>
     <x:t>1,360,000</x:t>
   </x:si>
   <x:si>
     <x:t>$15,300.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GM463S8</x:t>
   </x:si>
   <x:si>
     <x:t>$11,250.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010Z4YF4</x:t>
   </x:si>
   <x:si>
     <x:t>10,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,526.72</x:t>
+    <x:t>$10,607.74</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Clark Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FF7TB9</x:t>
   </x:si>
   <x:si>
     <x:t>2.100</x:t>
   </x:si>
   <x:si>
     <x:t>5,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,565.61</x:t>
+    <x:t>$4,609.37</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011R4ND7</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,010.47</x:t>
+    <x:t>$4,060.57</x:t>
   </x:si>
   <x:si>
     <x:t>Mesquite Health Facilities Development</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C82WNF8</x:t>
   </x:si>
   <x:si>
     <x:t>101,519</x:t>
   </x:si>
   <x:si>
     <x:t>$1,015.19</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Grand Forks Nd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01162X8Z3</x:t>
   </x:si>
   <x:si>
     <x:t>6.625</x:t>
   </x:si>
@@ -5452,90 +5485,72 @@
   <x:si>
     <x:t>$5.21</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008W472K4</x:t>
   </x:si>
   <x:si>
     <x:t>329,665</x:t>
   </x:si>
   <x:si>
     <x:t>$3.30</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZ0QLR9</x:t>
   </x:si>
   <x:si>
     <x:t>268,696</x:t>
   </x:si>
   <x:si>
     <x:t>$2.69</x:t>
   </x:si>
   <x:si>
-    <x:t>Bl Train Holdings West Llc</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>9,187,037</x:t>
-[...5 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>8,886,605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,886,604.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-3,088,174.89</x:t>
-[...2 lines deleted...]
-    <x:t>-0.80%</x:t>
+    <x:t>$-1,185,991.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.30%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -5560,56 +5575,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975a436137ad4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7c8a933372504ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb39422b6aa534c9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218aa39e49804578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf23f2110db734f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1b8082f32e94cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L516"/>
+  <x:dimension ref="A1:L519"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -5803,127 +5818,127 @@
       <x:c r="C6" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J6" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K6" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L6" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:12" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C7" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="C7" s="1" t="s">
+      <x:c r="D7" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="D7" s="1" t="s">
+      <x:c r="E7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="E7" s="1" t="s">
+      <x:c r="F7" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="F7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G7" s="1" t="s">
+      <x:c r="H7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="H7" s="1" t="s">
+      <x:c r="I7" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="I7" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J7" s="1" t="s">
+      <x:c r="K7" s="1" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
@@ -5937,19285 +5952,19399 @@
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D13" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E13" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F13" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="K13" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="H14" s="1" t="s">
+      <x:c r="I14" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J14" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="I14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J14" s="1" t="s">
+      <x:c r="K14" s="1" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H15" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="H15" s="1" t="s">
+      <x:c r="I15" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="I15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J15" s="1" t="s">
+      <x:c r="K15" s="1" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D16" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="I16" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="H19" s="1" t="s">
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="I19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="K21" s="1" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="K31" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H37" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="K37" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="K38" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="K48" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="K55" s="1" t="s">
         <x:v>274</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="K57" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="K58" s="1" t="s">
         <x:v>286</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H64" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H66" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H67" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="I67" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J67" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="K69" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>346</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="H72" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="H75" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="K78" s="1" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="K80" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E81" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C82" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C82" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D82" s="1" t="s">
+      <x:c r="H82" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E82" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
+      <x:c r="E83" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="D83" s="1" t="s">
+      <x:c r="I83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J83" s="1" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C84" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D84" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="C84" s="1" t="s">
+      <x:c r="E84" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="D84" s="1" t="s">
+      <x:c r="F84" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G84" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H88" s="1" t="s">
+      <x:c r="I88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J88" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="K88" s="1" t="s">
         <x:v>420</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C89" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C89" s="1" t="s">
+      <x:c r="D89" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
+      <x:c r="E89" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C90" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H90" s="1" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="H90" s="1" t="s">
+      <x:c r="I90" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J90" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="K90" s="1" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
         <x:v>437</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="D94" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="E94" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D99" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C99" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D99" s="1" t="s">
+      <x:c r="E99" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F99" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G99" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H99" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="E99" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C100" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="D100" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C100" s="1" t="s">
+      <x:c r="E100" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F100" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G100" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H100" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D100" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C101" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="D101" s="1" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="E101" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F101" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G101" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H101" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="I101" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J101" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="K101" s="1" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D102" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="E102" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F102" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G102" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H102" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="D102" s="1" t="s">
+      <x:c r="I102" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J102" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="K102" s="1" t="s">
         <x:v>473</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="D116" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D116" s="1" t="s">
+      <x:c r="E116" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F116" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G116" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H116" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="E116" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D117" s="1" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="D117" s="1" t="s">
+      <x:c r="E117" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F117" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G117" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H117" s="1" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="E117" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F121" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G121" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H121" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
-      <x:c r="F121" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H129" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="H129" s="1" t="s">
+      <x:c r="I129" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J129" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="K129" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G135" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H135" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="I135" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J135" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="C135" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D147" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="D147" s="1" t="s">
+      <x:c r="E147" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D155" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="H158" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="I158" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J158" s="1" t="s">
         <x:v>672</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="E159" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H159" s="1" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="I159" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J159" s="1" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="K159" s="1" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>683</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="E162" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="D163" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="E163" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="C163" s="1" t="s">
+      <x:c r="F163" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G163" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H163" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="D163" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D165" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="C165" s="1" t="s">
+      <x:c r="E165" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F165" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G165" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="D165" s="1" t="s">
+      <x:c r="H165" s="1" t="s">
         <x:v>699</x:v>
       </x:c>
-      <x:c r="E165" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="C167" s="1" t="s">
+      <x:c r="F167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H167" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
+      <x:c r="I167" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J167" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="K167" s="1" t="s">
         <x:v>709</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
         <x:v>711</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F169" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G169" s="1" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="H169" s="1" t="s">
         <x:v>717</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>721</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="F170" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G170" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="H170" s="1" t="s">
         <x:v>722</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>723</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H171" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="C171" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="C173" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="D173" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="E173" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F173" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G173" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H173" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="I173" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J173" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="C173" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="E179" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="F179" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G179" s="1" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="H179" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="E179" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H179" s="1" t="s">
+      <x:c r="I179" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J179" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="I179" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D180" s="1" t="s">
+        <x:v>761</x:v>
+      </x:c>
+      <x:c r="E180" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F180" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G180" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H180" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="D180" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="D181" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F181" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G181" s="1" t="s">
+        <x:v>765</x:v>
+      </x:c>
+      <x:c r="H181" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="D181" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="D182" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="E182" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F182" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G182" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H182" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="D182" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F183" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G183" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H183" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="C183" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="C184" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="D184" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="C184" s="1" t="s">
+      <x:c r="E184" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F184" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G184" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H184" s="1" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="D184" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="C185" s="1" t="s">
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="D185" s="1" t="s">
+      <x:c r="I185" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J185" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="E185" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="C186" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="C186" s="1" t="s">
+      <x:c r="D186" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
+      <x:c r="E186" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F186" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G186" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="E186" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G186" s="1" t="s">
+      <x:c r="H186" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="H186" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="C187" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D187" s="1" t="s">
+      <x:c r="E187" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G187" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="E187" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G187" s="1" t="s">
+      <x:c r="H187" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
-      <x:c r="H187" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F188" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G188" s="1" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="H188" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="C189" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
-      <x:c r="C189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H189" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H190" s="1" t="s">
         <x:v>802</x:v>
       </x:c>
-      <x:c r="E190" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F191" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="H191" s="1" t="s">
         <x:v>805</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>807</x:v>
       </x:c>
-      <x:c r="D192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G192" s="1" t="s">
+      <x:c r="H192" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="H192" s="1" t="s">
+      <x:c r="I192" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J192" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="I192" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C194" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H194" s="1" t="s">
         <x:v>815</x:v>
       </x:c>
-      <x:c r="C194" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="E195" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F195" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G195" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="H195" s="1" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="E195" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="H196" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="I196" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J196" s="1" t="s">
         <x:v>824</x:v>
       </x:c>
-      <x:c r="H196" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F197" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G197" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="H197" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="E197" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F198" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G198" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G198" s="1" t="s">
+      <x:c r="H198" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="H198" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="E199" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F199" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G199" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D199" s="1" t="s">
+      <x:c r="H199" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
-      <x:c r="E199" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="E200" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F200" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G200" s="1" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="H200" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
+      <x:c r="I200" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J200" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
-      <x:c r="E200" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="H202" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="E202" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
+        <x:v>846</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="H203" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
+        <x:v>850</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G204" s="1" t="s">
+      <x:c r="H204" s="1" t="s">
         <x:v>852</x:v>
       </x:c>
-      <x:c r="H204" s="1" t="s">
+      <x:c r="I204" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J204" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
-      <x:c r="I204" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H206" s="1" t="s">
         <x:v>860</x:v>
       </x:c>
-      <x:c r="H206" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
         <x:v>862</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
+      <x:c r="E207" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F207" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G207" s="1" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="D207" s="1" t="s">
+      <x:c r="H207" s="1" t="s">
         <x:v>864</x:v>
       </x:c>
-      <x:c r="E207" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="C208" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="C208" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D208" s="1" t="s">
+      <x:c r="H208" s="1" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="E208" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F211" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H211" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="E211" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="C212" s="1" t="s">
+      <x:c r="D212" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="D212" s="1" t="s">
+      <x:c r="E212" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F212" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G212" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H212" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="E212" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F213" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G213" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H213" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="E213" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="E214" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F214" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G214" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="E214" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G214" s="1" t="s">
+      <x:c r="H214" s="1" t="s">
         <x:v>887</x:v>
       </x:c>
-      <x:c r="H214" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C215" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D215" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E215" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F215" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G215" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H215" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="C215" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C216" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="D216" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E216" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F216" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G216" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H216" s="1" t="s">
         <x:v>892</x:v>
       </x:c>
-      <x:c r="C216" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>894</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="H217" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="C217" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="E218" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
+        <x:v>897</x:v>
+      </x:c>
+      <x:c r="H218" s="1" t="s">
+        <x:v>898</x:v>
+      </x:c>
+      <x:c r="I218" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J218" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
+        <x:v>900</x:v>
+      </x:c>
+      <x:c r="C219" s="1" t="s">
+        <x:v>901</x:v>
+      </x:c>
+      <x:c r="D219" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
-      <x:c r="C219" s="1" t="s">
+      <x:c r="E219" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F219" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G219" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H219" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
-      <x:c r="D219" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>906</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
         <x:v>909</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
+        <x:v>911</x:v>
+      </x:c>
+      <x:c r="E222" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G222" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H222" s="1" t="s">
         <x:v>912</x:v>
       </x:c>
-      <x:c r="E222" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
+        <x:v>913</x:v>
+      </x:c>
+      <x:c r="E223" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F223" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G223" s="1" t="s">
+        <x:v>914</x:v>
+      </x:c>
+      <x:c r="H223" s="1" t="s">
         <x:v>915</x:v>
       </x:c>
-      <x:c r="E223" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C225" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D225" s="1" t="s">
         <x:v>919</x:v>
       </x:c>
-      <x:c r="C225" s="1" t="s">
+      <x:c r="E225" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F225" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G225" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H225" s="1" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="D225" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="C227" s="1" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="D227" s="1" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H227" s="1" t="s">
         <x:v>926</x:v>
       </x:c>
-      <x:c r="C227" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
+        <x:v>927</x:v>
+      </x:c>
+      <x:c r="C228" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D228" s="1" t="s">
+        <x:v>928</x:v>
+      </x:c>
+      <x:c r="E228" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F228" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G228" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="C228" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D228" s="1" t="s">
+      <x:c r="H228" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
-      <x:c r="E228" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
+        <x:v>930</x:v>
+      </x:c>
+      <x:c r="C229" s="1" t="s">
+        <x:v>931</x:v>
+      </x:c>
+      <x:c r="D229" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
-      <x:c r="C229" s="1" t="s">
+      <x:c r="E229" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F229" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G229" s="1" t="s">
         <x:v>933</x:v>
       </x:c>
-      <x:c r="D229" s="1" t="s">
+      <x:c r="H229" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
-      <x:c r="E229" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="D239" s="1" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="E239" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F239" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G239" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H239" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="D239" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="C240" s="1" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
         <x:v>963</x:v>
       </x:c>
-      <x:c r="C240" s="1" t="s">
+      <x:c r="E240" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H240" s="1" t="s">
         <x:v>964</x:v>
       </x:c>
-      <x:c r="D240" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
+        <x:v>968</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
-      <x:c r="E242" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="D244" s="1" t="s">
+      <x:c r="E244" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H244" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
-      <x:c r="E244" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
+        <x:v>985</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F248" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H248" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="E248" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="D255" s="1" t="s">
+        <x:v>1003</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F255" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G255" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H255" s="1" t="s">
+        <x:v>1004</x:v>
+      </x:c>
+      <x:c r="I255" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J255" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="K255" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
         <x:v>1010</x:v>
       </x:c>
-      <x:c r="D258" s="1" t="s">
+      <x:c r="E258" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
         <x:v>1011</x:v>
       </x:c>
-      <x:c r="E258" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H258" s="1" t="s">
+      <x:c r="I258" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J258" s="1" t="s">
+        <x:v>899</x:v>
+      </x:c>
+      <x:c r="K258" s="1" t="s">
         <x:v>1012</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
+        <x:v>1016</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F260" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G260" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H260" s="1" t="s">
+        <x:v>1017</x:v>
+      </x:c>
+      <x:c r="I260" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J260" s="1" t="s">
         <x:v>1015</x:v>
       </x:c>
-      <x:c r="E260" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H262" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
-      <x:c r="F262" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="D263" s="1" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F263" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G263" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H263" s="1" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="I263" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J263" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="K263" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
         <x:v>1032</x:v>
       </x:c>
-      <x:c r="D265" s="1" t="s">
+      <x:c r="E265" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F265" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H265" s="1" t="s">
         <x:v>1033</x:v>
       </x:c>
-      <x:c r="E265" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C268" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="E268" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H268" s="1" t="s">
         <x:v>1040</x:v>
       </x:c>
-      <x:c r="C268" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
+        <x:v>1046</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="F270" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H270" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="E270" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C271" s="1" t="s">
+        <x:v>1049</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
-      <x:c r="C271" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D271" s="1" t="s">
+      <x:c r="E271" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F271" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G271" s="1" t="s">
         <x:v>1051</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>873</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F272" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G272" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H272" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
-      <x:c r="F272" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
-      <x:c r="D273" s="1" t="s">
+      <x:c r="E273" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F273" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G273" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H273" s="1" t="s">
         <x:v>1059</x:v>
       </x:c>
-      <x:c r="E273" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G273" s="1" t="s">
+      <x:c r="I273" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J273" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="K273" s="1" t="s">
         <x:v>1060</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C274" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="D274" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
-      <x:c r="C274" s="1" t="s">
+      <x:c r="E274" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F274" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G274" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H274" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="D274" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="F278" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G278" s="1" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="H278" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="E278" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C279" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="C279" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D279" s="1" t="s">
+      <x:c r="E279" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="F279" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G279" s="1" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>873</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="H282" s="1" t="s">
         <x:v>1090</x:v>
       </x:c>
-      <x:c r="H282" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
+        <x:v>1072</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="D297" s="1" t="s">
+        <x:v>1134</x:v>
+      </x:c>
+      <x:c r="E297" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="F297" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G297" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="C297" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H303" s="1" t="s">
         <x:v>1151</x:v>
       </x:c>
-      <x:c r="H303" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
         <x:v>1153</x:v>
       </x:c>
-      <x:c r="C304" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D304" s="1" t="s">
+      <x:c r="E304" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F304" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G304" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H304" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
-      <x:c r="E304" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
         <x:v>1156</x:v>
       </x:c>
-      <x:c r="D305" s="1" t="s">
+      <x:c r="E305" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F305" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G305" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H305" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="E305" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="F306" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G306" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H306" s="1" t="s">
         <x:v>1160</x:v>
       </x:c>
-      <x:c r="F306" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C307" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D307" s="1" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="E307" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H307" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="C307" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="D311" s="1" t="s">
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="E311" s="1" t="s">
+        <x:v>1175</x:v>
+      </x:c>
+      <x:c r="F311" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G311" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H311" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="D311" s="1" t="s">
+      <x:c r="I311" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J311" s="1" t="s">
+        <x:v>1015</x:v>
+      </x:c>
+      <x:c r="K311" s="1" t="s">
         <x:v>1177</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C312" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D312" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="E312" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="F312" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G312" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H312" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
-      <x:c r="C312" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C318" s="1" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="D318" s="1" t="s">
+        <x:v>1199</x:v>
+      </x:c>
+      <x:c r="E318" s="1" t="s">
         <x:v>1200</x:v>
       </x:c>
-      <x:c r="C318" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D318" s="1" t="s">
+      <x:c r="F318" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G318" s="1" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="H318" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
-      <x:c r="E318" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D319" s="1" t="s">
+        <x:v>1202</x:v>
+      </x:c>
+      <x:c r="E319" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F319" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G319" s="1" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="H319" s="1" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="D319" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1254</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1255</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1263</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1264</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="C336" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D336" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="E336" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F336" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G336" s="1" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="C336" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D336" s="1" t="s">
+      <x:c r="H336" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="E336" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
+        <x:v>1271</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F337" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="H337" s="1" t="s">
         <x:v>1273</x:v>
       </x:c>
-      <x:c r="D337" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1277</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1278</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1279</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
-        <x:v>1281</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="E339" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F339" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G339" s="1" t="s">
-        <x:v>1262</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="H339" s="1" t="s">
-        <x:v>1282</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="I339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J339" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>1284</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
-        <x:v>1285</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
+        <x:v>1269</x:v>
+      </x:c>
+      <x:c r="H341" s="1" t="s">
         <x:v>1286</x:v>
       </x:c>
-      <x:c r="H341" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="E342" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F342" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G342" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="H342" s="1" t="s">
         <x:v>1290</x:v>
       </x:c>
-      <x:c r="E342" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="E343" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F343" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G343" s="1" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="H343" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
-      <x:c r="E343" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="E344" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F344" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G344" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="H344" s="1" t="s">
         <x:v>1295</x:v>
       </x:c>
-      <x:c r="E344" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
+        <x:v>1296</x:v>
+      </x:c>
+      <x:c r="E345" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F345" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G345" s="1" t="s">
         <x:v>1297</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1286</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D346" s="1" t="s">
         <x:v>1299</x:v>
       </x:c>
-      <x:c r="D346" s="1" t="s">
+      <x:c r="E346" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="F346" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G346" s="1" t="s">
+        <x:v>1289</x:v>
+      </x:c>
+      <x:c r="H346" s="1" t="s">
         <x:v>1300</x:v>
       </x:c>
-      <x:c r="E346" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="C347" s="1" t="s">
+        <x:v>1301</x:v>
+      </x:c>
+      <x:c r="D347" s="1" t="s">
         <x:v>1302</x:v>
       </x:c>
-      <x:c r="C347" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D347" s="1" t="s">
+      <x:c r="E347" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F347" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G347" s="1" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="H347" s="1" t="s">
         <x:v>1303</x:v>
       </x:c>
-      <x:c r="E347" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1307</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D349" s="1" t="s">
-        <x:v>1311</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="E349" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F349" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G349" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="H349" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="I349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J349" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K349" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="I350" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J350" s="1" t="s">
-        <x:v>1283</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1334</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1343</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1344</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="H360" s="1" t="s">
-        <x:v>1346</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="I360" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J360" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="H361" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="I361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J361" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="E365" s="1" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="F365" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G365" s="1" t="s">
+        <x:v>1358</x:v>
+      </x:c>
+      <x:c r="H365" s="1" t="s">
+        <x:v>1359</x:v>
+      </x:c>
+      <x:c r="I365" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J365" s="1" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="E365" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D366" s="1" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="E366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F366" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G366" s="1" t="s">
+        <x:v>1320</x:v>
+      </x:c>
+      <x:c r="H366" s="1" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="I366" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J366" s="1" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="K366" s="1" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>439</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F367" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G367" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="H367" s="1" t="s">
         <x:v>1366</x:v>
       </x:c>
-      <x:c r="H367" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J367" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K367" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="E369" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F369" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G369" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H369" s="1" t="s">
         <x:v>1373</x:v>
       </x:c>
-      <x:c r="E369" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
+        <x:v>1374</x:v>
+      </x:c>
+      <x:c r="C370" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D370" s="1" t="s">
+        <x:v>1375</x:v>
+      </x:c>
+      <x:c r="E370" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F370" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G370" s="1" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="H370" s="1" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="C370" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I370" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J370" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K370" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D371" s="1" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="E371" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F371" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G371" s="1" t="s">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="H371" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
-      <x:c r="D371" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>1383</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
-        <x:v>1384</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="E373" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F373" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G373" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="H373" s="1" t="s">
-        <x:v>1388</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="I373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J373" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F375" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G375" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H375" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="I375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J375" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K375" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1376</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="C380" s="1" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="D380" s="1" t="s">
         <x:v>1401</x:v>
       </x:c>
-      <x:c r="C380" s="1" t="s">
+      <x:c r="E380" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F380" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G380" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H380" s="1" t="s">
         <x:v>1402</x:v>
       </x:c>
-      <x:c r="D380" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="C382" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D382" s="1" t="s">
         <x:v>1407</x:v>
       </x:c>
-      <x:c r="C382" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D382" s="1" t="s">
+      <x:c r="E382" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F382" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G382" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H382" s="1" t="s">
         <x:v>1408</x:v>
       </x:c>
-      <x:c r="E382" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C383" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D383" s="1" t="s">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="E383" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F383" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G383" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H383" s="1" t="s">
         <x:v>1410</x:v>
       </x:c>
-      <x:c r="C383" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
+        <x:v>1412</x:v>
+      </x:c>
+      <x:c r="E384" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F384" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G384" s="1" t="s">
+        <x:v>1413</x:v>
+      </x:c>
+      <x:c r="H384" s="1" t="s">
         <x:v>1414</x:v>
       </x:c>
-      <x:c r="E384" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="C386" s="1" t="s">
         <x:v>1418</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1063</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H386" s="1" t="s">
         <x:v>1420</x:v>
       </x:c>
-      <x:c r="H386" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
+        <x:v>1421</x:v>
+      </x:c>
+      <x:c r="D387" s="1" t="s">
         <x:v>1422</x:v>
       </x:c>
-      <x:c r="D387" s="1" t="s">
+      <x:c r="E387" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F387" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G387" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H387" s="1" t="s">
         <x:v>1423</x:v>
       </x:c>
-      <x:c r="E387" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
+        <x:v>1424</x:v>
+      </x:c>
+      <x:c r="E388" s="1" t="s">
+        <x:v>1247</x:v>
+      </x:c>
+      <x:c r="F388" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G388" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H388" s="1" t="s">
         <x:v>1425</x:v>
       </x:c>
-      <x:c r="E388" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
+        <x:v>1057</x:v>
+      </x:c>
+      <x:c r="D389" s="1" t="s">
         <x:v>1427</x:v>
       </x:c>
-      <x:c r="D389" s="1" t="s">
+      <x:c r="E389" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F389" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G389" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H389" s="1" t="s">
         <x:v>1428</x:v>
       </x:c>
-      <x:c r="E389" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H389" s="1" t="s">
+      <x:c r="I389" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J389" s="1" t="s">
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="K389" s="1" t="s">
         <x:v>1429</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C393" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="D393" s="1" t="s">
         <x:v>1439</x:v>
       </x:c>
-      <x:c r="C393" s="1" t="s">
+      <x:c r="E393" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F393" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G393" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H393" s="1" t="s">
         <x:v>1440</x:v>
       </x:c>
-      <x:c r="D393" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
+        <x:v>1444</x:v>
+      </x:c>
+      <x:c r="E395" s="1" t="s">
         <x:v>1445</x:v>
       </x:c>
-      <x:c r="E395" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="I398" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J398" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
         <x:v>1459</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
         <x:v>1462</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C402" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D402" s="1" t="s">
         <x:v>1464</x:v>
       </x:c>
-      <x:c r="C402" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D402" s="1" t="s">
+      <x:c r="E402" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F402" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G402" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H402" s="1" t="s">
         <x:v>1465</x:v>
       </x:c>
-      <x:c r="E402" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="D417" s="1" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="E417" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F417" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G417" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H417" s="1" t="s">
         <x:v>1508</x:v>
       </x:c>
-      <x:c r="D417" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>1526</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>1525</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F423" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G423" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="H423" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="I423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J423" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K423" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1553</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1554</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1555</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>1557</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>1558</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
-        <x:v>1559</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="F431" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G431" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="H431" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1555</x:v>
       </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1556</x:v>
       </x:c>
       <x:c r="C432" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="D432" s="1" t="s">
-        <x:v>1561</x:v>
+        <x:v>1557</x:v>
       </x:c>
       <x:c r="E432" s="1" t="s">
-        <x:v>1562</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F432" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G432" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="H432" s="1" t="s">
-        <x:v>1563</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>1564</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="E433" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="F433" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G433" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="H433" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="C434" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D434" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E434" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F434" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G434" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
-        <x:v>1569</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1570</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F436" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G436" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="H436" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F437" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G437" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="H437" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F438" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G438" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="H438" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="F439" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G439" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="H439" s="1" t="s">
-        <x:v>1582</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>1584</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F440" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G440" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="H440" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="I440" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J440" s="1" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F441" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="G441" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="H441" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="I441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J441" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="E442" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F442" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G442" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="H442" s="1" t="s">
         <x:v>1589</x:v>
       </x:c>
-      <x:c r="E442" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="C443" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D443" s="1" t="s">
+        <x:v>1591</x:v>
+      </x:c>
+      <x:c r="E443" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F443" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G443" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="H443" s="1" t="s">
         <x:v>1592</x:v>
       </x:c>
-      <x:c r="C443" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C444" s="1" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="D444" s="1" t="s">
+        <x:v>1594</x:v>
+      </x:c>
+      <x:c r="E444" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F444" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G444" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="H444" s="1" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="I444" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J444" s="1" t="s">
         <x:v>1596</x:v>
       </x:c>
-      <x:c r="C444" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F445" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G445" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="H445" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F446" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G446" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="H446" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="I446" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J446" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F447" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G447" s="1" t="s">
-        <x:v>1556</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="H447" s="1" t="s">
-        <x:v>1610</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
-        <x:v>1611</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F448" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G448" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="H448" s="1" t="s">
-        <x:v>1612</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>1611</x:v>
       </x:c>
       <x:c r="C449" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D449" s="1" t="s">
+        <x:v>1612</x:v>
+      </x:c>
+      <x:c r="E449" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F449" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G449" s="1" t="s">
         <x:v>1613</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1607</x:v>
       </x:c>
       <x:c r="H449" s="1" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D450" s="1" t="s">
         <x:v>1615</x:v>
       </x:c>
-      <x:c r="D450" s="1" t="s">
+      <x:c r="E450" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F450" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G450" s="1" t="s">
+        <x:v>1560</x:v>
+      </x:c>
+      <x:c r="H450" s="1" t="s">
         <x:v>1616</x:v>
       </x:c>
-      <x:c r="E450" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
+        <x:v>1617</x:v>
+      </x:c>
+      <x:c r="C451" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="D451" s="1" t="s">
         <x:v>1618</x:v>
       </x:c>
-      <x:c r="C451" s="1" t="s">
+      <x:c r="E451" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F451" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G451" s="1" t="s">
         <x:v>1619</x:v>
       </x:c>
-      <x:c r="D451" s="1" t="s">
+      <x:c r="H451" s="1" t="s">
         <x:v>1620</x:v>
       </x:c>
-      <x:c r="E451" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C452" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D452" s="1" t="s">
+        <x:v>1621</x:v>
+      </x:c>
+      <x:c r="E452" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F452" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G452" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="H452" s="1" t="s">
         <x:v>1622</x:v>
       </x:c>
-      <x:c r="C452" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="D453" s="1" t="s">
+        <x:v>1624</x:v>
+      </x:c>
+      <x:c r="E453" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F453" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G453" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="H453" s="1" t="s">
         <x:v>1625</x:v>
       </x:c>
-      <x:c r="E453" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J453" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F454" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G454" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="H454" s="1" t="s">
-        <x:v>1629</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
+        <x:v>1628</x:v>
+      </x:c>
+      <x:c r="C455" s="1" t="s">
+        <x:v>1629</x:v>
+      </x:c>
+      <x:c r="D455" s="1" t="s">
         <x:v>1630</x:v>
       </x:c>
-      <x:c r="C455" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D455" s="1" t="s">
+      <x:c r="E455" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F455" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G455" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="H455" s="1" t="s">
         <x:v>1631</x:v>
       </x:c>
-      <x:c r="E455" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
+        <x:v>1632</x:v>
+      </x:c>
+      <x:c r="C456" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="D456" s="1" t="s">
+        <x:v>1633</x:v>
+      </x:c>
+      <x:c r="E456" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F456" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G456" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="H456" s="1" t="s">
         <x:v>1634</x:v>
       </x:c>
-      <x:c r="C456" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I456" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J456" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>1638</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1639</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F457" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G457" s="1" t="s">
+        <x:v>1619</x:v>
+      </x:c>
+      <x:c r="H457" s="1" t="s">
         <x:v>1636</x:v>
       </x:c>
-      <x:c r="H457" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J457" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="C458" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D458" s="1" t="s">
+        <x:v>1638</x:v>
+      </x:c>
+      <x:c r="E458" s="1" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="F458" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G458" s="1" t="s">
+        <x:v>1640</x:v>
+      </x:c>
+      <x:c r="H458" s="1" t="s">
         <x:v>1641</x:v>
       </x:c>
-      <x:c r="E458" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="C459" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D459" s="1" t="s">
+        <x:v>1643</x:v>
+      </x:c>
+      <x:c r="E459" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="F459" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G459" s="1" t="s">
         <x:v>1644</x:v>
       </x:c>
-      <x:c r="D459" s="1" t="s">
+      <x:c r="H459" s="1" t="s">
         <x:v>1645</x:v>
       </x:c>
-      <x:c r="E459" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="C460" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="D460" s="1" t="s">
+        <x:v>1647</x:v>
+      </x:c>
+      <x:c r="E460" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F460" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G460" s="1" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+      <x:c r="H460" s="1" t="s">
+        <x:v>1648</x:v>
+      </x:c>
+      <x:c r="I460" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J460" s="1" t="s">
         <x:v>1649</x:v>
       </x:c>
-      <x:c r="C460" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
-        <x:v>1655</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="F461" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G461" s="1" t="s">
-        <x:v>1646</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="H461" s="1" t="s">
-        <x:v>1656</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>1657</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F462" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G462" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="H462" s="1" t="s">
-        <x:v>1659</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="D463" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="E463" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F463" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G463" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="H463" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
+        <x:v>1662</x:v>
+      </x:c>
+      <x:c r="E464" s="1" t="s">
         <x:v>1663</x:v>
       </x:c>
-      <x:c r="E464" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F464" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G464" s="1" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="H464" s="1" t="s">
         <x:v>1664</x:v>
       </x:c>
-      <x:c r="H464" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="F465" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G465" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="H465" s="1" t="s">
         <x:v>1667</x:v>
       </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
+        <x:v>1106</x:v>
+      </x:c>
+      <x:c r="D466" s="1" t="s">
         <x:v>1669</x:v>
       </x:c>
-      <x:c r="D466" s="1" t="s">
+      <x:c r="E466" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F466" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G466" s="1" t="s">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="H466" s="1" t="s">
         <x:v>1670</x:v>
       </x:c>
-      <x:c r="E466" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="D467" s="1" t="s">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="E467" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F467" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G467" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="H467" s="1" t="s">
         <x:v>1673</x:v>
       </x:c>
       <x:c r="I467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J467" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K467" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="D468" s="1" t="s">
-        <x:v>1674</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="E468" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F468" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G468" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="H468" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
-        <x:v>1677</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="C469" s="1" t="s">
-        <x:v>1583</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="D469" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1679</x:v>
       </x:c>
       <x:c r="E469" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F469" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G469" s="1" t="s">
-        <x:v>1679</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="H469" s="1" t="s">
         <x:v>1680</x:v>
       </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C470" s="1" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="D470" s="1" t="s">
         <x:v>1681</x:v>
       </x:c>
-      <x:c r="C470" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D470" s="1" t="s">
+      <x:c r="E470" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F470" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G470" s="1" t="s">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="H470" s="1" t="s">
         <x:v>1682</x:v>
       </x:c>
-      <x:c r="E470" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I470" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J470" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D471" s="1" t="s">
+        <x:v>1683</x:v>
+      </x:c>
+      <x:c r="E471" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="F471" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G471" s="1" t="s">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="H471" s="1" t="s">
         <x:v>1684</x:v>
       </x:c>
-      <x:c r="D471" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
+        <x:v>1685</x:v>
+      </x:c>
+      <x:c r="C472" s="1" t="s">
+        <x:v>1593</x:v>
+      </x:c>
+      <x:c r="D472" s="1" t="s">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="E472" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F472" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G472" s="1" t="s">
         <x:v>1687</x:v>
       </x:c>
-      <x:c r="C472" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D472" s="1" t="s">
+      <x:c r="H472" s="1" t="s">
         <x:v>1688</x:v>
       </x:c>
-      <x:c r="E472" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I472" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J472" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F473" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G473" s="1" t="s">
-        <x:v>1675</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="H473" s="1" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="I473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J473" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F474" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G474" s="1" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="H474" s="1" t="s">
         <x:v>1694</x:v>
       </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F475" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G475" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="H475" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="C476" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D476" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="E476" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F476" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G476" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="H476" s="1" t="s">
-        <x:v>1698</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1699</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F478" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G478" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H478" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>1642</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C482" s="1" t="s">
         <x:v>1713</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
         <x:v>1715</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="D483" s="1" t="s">
-        <x:v>1716</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="E483" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F483" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G483" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H483" s="1" t="s">
-        <x:v>1717</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F485" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G485" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H485" s="1" t="s">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="I485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J485" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K485" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D486" s="1" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="E486" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="F486" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G486" s="1" t="s">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="H486" s="1" t="s">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="I486" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J486" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="E487" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F487" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G487" s="1" t="s">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="H487" s="1" t="s">
         <x:v>1730</x:v>
       </x:c>
-      <x:c r="E487" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
-        <x:v>1650</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1731</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F488" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G488" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="H488" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="C489" s="1" t="s">
         <x:v>1733</x:v>
       </x:c>
-      <x:c r="C489" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
+        <x:v>1704</x:v>
+      </x:c>
+      <x:c r="H489" s="1" t="s">
         <x:v>1735</x:v>
       </x:c>
-      <x:c r="H489" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="D490" s="1" t="s">
+        <x:v>1737</x:v>
+      </x:c>
+      <x:c r="E490" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F490" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G490" s="1" t="s">
+        <x:v>1738</x:v>
+      </x:c>
+      <x:c r="H490" s="1" t="s">
         <x:v>1739</x:v>
       </x:c>
-      <x:c r="D490" s="1" t="s">
+      <x:c r="I490" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J490" s="1" t="s">
         <x:v>1740</x:v>
       </x:c>
-      <x:c r="E490" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F491" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G491" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="H491" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F492" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G492" s="1" t="s">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="H492" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G493" s="1" t="s">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="H493" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
+        <x:v>1751</x:v>
+      </x:c>
+      <x:c r="E494" s="1" t="s">
+        <x:v>1663</x:v>
+      </x:c>
+      <x:c r="F494" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G494" s="1" t="s">
+        <x:v>1752</x:v>
+      </x:c>
+      <x:c r="H494" s="1" t="s">
+        <x:v>1753</x:v>
+      </x:c>
+      <x:c r="I494" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J494" s="1" t="s">
         <x:v>1754</x:v>
       </x:c>
-      <x:c r="E494" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C495" s="1" t="s">
+        <x:v>1755</x:v>
+      </x:c>
+      <x:c r="D495" s="1" t="s">
         <x:v>1756</x:v>
       </x:c>
-      <x:c r="C495" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D495" s="1" t="s">
+      <x:c r="E495" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F495" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G495" s="1" t="s">
         <x:v>1757</x:v>
       </x:c>
-      <x:c r="E495" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G495" s="1" t="s">
+      <x:c r="H495" s="1" t="s">
         <x:v>1758</x:v>
       </x:c>
-      <x:c r="H495" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C496" s="1" t="s">
+        <x:v>1759</x:v>
+      </x:c>
+      <x:c r="D496" s="1" t="s">
         <x:v>1760</x:v>
       </x:c>
-      <x:c r="C496" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D496" s="1" t="s">
+      <x:c r="E496" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F496" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G496" s="1" t="s">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="H496" s="1" t="s">
         <x:v>1761</x:v>
       </x:c>
-      <x:c r="E496" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
+        <x:v>1762</x:v>
+      </x:c>
+      <x:c r="D497" s="1" t="s">
         <x:v>1763</x:v>
       </x:c>
-      <x:c r="D497" s="1" t="s">
+      <x:c r="E497" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F497" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G497" s="1" t="s">
+        <x:v>1757</x:v>
+      </x:c>
+      <x:c r="H497" s="1" t="s">
         <x:v>1764</x:v>
       </x:c>
-      <x:c r="E497" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D498" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="E498" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="F498" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G498" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="H498" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="C499" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D499" s="1" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="E499" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="F499" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G499" s="1" t="s">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="H499" s="1" t="s">
         <x:v>1770</x:v>
       </x:c>
-      <x:c r="E499" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
+        <x:v>1771</x:v>
+      </x:c>
+      <x:c r="C500" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="s">
+        <x:v>1772</x:v>
+      </x:c>
+      <x:c r="E500" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F500" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G500" s="1" t="s">
+        <x:v>1769</x:v>
+      </x:c>
+      <x:c r="H500" s="1" t="s">
         <x:v>1773</x:v>
       </x:c>
-      <x:c r="C500" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="D501" s="1" t="s">
+        <x:v>1775</x:v>
+      </x:c>
+      <x:c r="E501" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F501" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G501" s="1" t="s">
         <x:v>1776</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1771</x:v>
       </x:c>
       <x:c r="H501" s="1" t="s">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="D502" s="1" t="s">
         <x:v>1778</x:v>
       </x:c>
-      <x:c r="D502" s="1" t="s">
+      <x:c r="E502" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F502" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G502" s="1" t="s">
         <x:v>1779</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1771</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F503" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G503" s="1" t="s">
         <x:v>1782</x:v>
       </x:c>
-      <x:c r="F503" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G503" s="1" t="s">
+      <x:c r="H503" s="1" t="s">
         <x:v>1783</x:v>
       </x:c>
-      <x:c r="H503" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1784</x:v>
       </x:c>
       <x:c r="C504" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D504" s="1" t="s">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="E504" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F504" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G504" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="H504" s="1" t="s">
         <x:v>1786</x:v>
       </x:c>
-      <x:c r="E504" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I504" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J504" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="E505" s="1" t="s">
+        <x:v>1445</x:v>
+      </x:c>
+      <x:c r="F505" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G505" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="H505" s="1" t="s">
         <x:v>1788</x:v>
       </x:c>
-      <x:c r="E505" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
+        <x:v>1503</x:v>
+      </x:c>
+      <x:c r="C506" s="1" t="s">
+        <x:v>1789</x:v>
+      </x:c>
+      <x:c r="D506" s="1" t="s">
+        <x:v>1790</x:v>
+      </x:c>
+      <x:c r="E506" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F506" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G506" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="H506" s="1" t="s">
         <x:v>1791</x:v>
       </x:c>
-      <x:c r="C506" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
-        <x:v>1306</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="H507" s="1" t="s">
-        <x:v>1797</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
+        <x:v>1152</x:v>
+      </x:c>
+      <x:c r="C508" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D508" s="1" t="s">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="E508" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F508" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G508" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="H508" s="1" t="s">
         <x:v>1798</x:v>
       </x:c>
-      <x:c r="C508" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>1803</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
-        <x:v>1804</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="E509" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F509" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G509" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="H509" s="1" t="s">
-        <x:v>1806</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="I509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J509" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="C510" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D510" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="E510" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="F510" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G510" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="H510" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="I510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J510" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K510" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C511" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D511" s="1" t="s">
-        <x:v>1810</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="E511" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F511" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G511" s="1" t="s">
-        <x:v>1811</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="H511" s="1" t="s">
-        <x:v>1812</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
       <x:c r="A512" s="1">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="C512" s="1" t="s">
+        <x:v>1810</x:v>
+      </x:c>
+      <x:c r="D512" s="1" t="s">
+        <x:v>1811</x:v>
+      </x:c>
+      <x:c r="E512" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F512" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G512" s="1" t="s">
+        <x:v>1812</x:v>
+      </x:c>
+      <x:c r="H512" s="1" t="s">
         <x:v>1813</x:v>
       </x:c>
-      <x:c r="D512" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J512" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K512" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L512" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12" ht="15" customHeight="1">
       <x:c r="A513" s="1">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B513" s="1" t="s">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="C513" s="1" t="s">
+        <x:v>1432</x:v>
+      </x:c>
+      <x:c r="D513" s="1" t="s">
+        <x:v>1815</x:v>
+      </x:c>
+      <x:c r="E513" s="1" t="s">
+        <x:v>1816</x:v>
+      </x:c>
+      <x:c r="F513" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G513" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H513" s="1" t="s">
         <x:v>1817</x:v>
       </x:c>
-      <x:c r="C513" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J513" s="1" t="s">
-        <x:v>1785</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K513" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="L513" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12" ht="15" customHeight="1">
       <x:c r="A514" s="1">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B514" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="C514" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D514" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="E514" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="F514" s="1" t="s">
-        <x:v>1823</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G514" s="1" t="s">
-        <x:v>1824</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="H514" s="1" t="s">
-        <x:v>1825</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="I514" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J514" s="1" t="s">
-        <x:v>1826</x:v>
+        <x:v>1796</x:v>
       </x:c>
       <x:c r="K514" s="1" t="s">
-        <x:v>1822</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L514" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12" ht="15" customHeight="1">
       <x:c r="A515" s="1">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B515" s="1" t="s">
+        <x:v>1091</x:v>
+      </x:c>
+      <x:c r="C515" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D515" s="1" t="s">
+        <x:v>1821</x:v>
+      </x:c>
+      <x:c r="E515" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="F515" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G515" s="1" t="s">
+        <x:v>1822</x:v>
+      </x:c>
+      <x:c r="H515" s="1" t="s">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="I515" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J515" s="1" t="s">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="K515" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="L515" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="516" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A516" s="1">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="B516" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C516" s="1" t="s">
+        <x:v>1824</x:v>
+      </x:c>
+      <x:c r="D516" s="1" t="s">
+        <x:v>1825</x:v>
+      </x:c>
+      <x:c r="E516" s="1" t="s">
+        <x:v>1074</x:v>
+      </x:c>
+      <x:c r="F516" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G516" s="1" t="s">
+        <x:v>1826</x:v>
+      </x:c>
+      <x:c r="H516" s="1" t="s">
         <x:v>1827</x:v>
       </x:c>
-      <x:c r="C515" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F515" s="1" t="s">
+      <x:c r="I516" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J516" s="1" t="s">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="K516" s="1" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="L516" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="517" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A517" s="1">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="B517" s="1" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="C517" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D517" s="1" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="E517" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F517" s="1" t="s">
         <x:v>1828</x:v>
       </x:c>
-      <x:c r="G515" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H515" s="1" t="s">
+      <x:c r="G517" s="1" t="s">
         <x:v>1829</x:v>
       </x:c>
-      <x:c r="I515" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J515" s="1" t="s">
+      <x:c r="H517" s="1" t="s">
         <x:v>1830</x:v>
       </x:c>
-      <x:c r="K515" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A516" s="2" t="s">
+      <x:c r="I517" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J517" s="1" t="s">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="K517" s="1" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="L517" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="518" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A518" s="1">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="B518" s="1" t="s">
+        <x:v>1832</x:v>
+      </x:c>
+      <x:c r="C518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F518" s="1" t="s">
+        <x:v>1833</x:v>
+      </x:c>
+      <x:c r="G518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H518" s="1" t="s">
+        <x:v>1834</x:v>
+      </x:c>
+      <x:c r="I518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J518" s="1" t="s">
+        <x:v>1835</x:v>
+      </x:c>
+      <x:c r="K518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L518" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="519" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B516" s="2" t="s">
+      <x:c r="B519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C516" s="2" t="s">
+      <x:c r="C519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D516" s="2" t="s">
+      <x:c r="D519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E516" s="2" t="s">
+      <x:c r="E519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F516" s="2" t="s">
+      <x:c r="F519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G516" s="2" t="s">
+      <x:c r="G519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H516" s="2" t="s">
+      <x:c r="H519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I516" s="2" t="s">
+      <x:c r="I519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J516" s="2" t="s">
+      <x:c r="J519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K516" s="2" t="s">
+      <x:c r="K519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L516" s="2" t="s">
+      <x:c r="L519" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A516:L516"/>
+    <x:mergeCell ref="A519:L519"/>
   </x:mergeCells>
 </x:worksheet>
 </file>