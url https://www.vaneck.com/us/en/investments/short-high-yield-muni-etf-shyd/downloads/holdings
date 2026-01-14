--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d6fc65fc8e45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc40d4f7721bf4943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SHYD_asof_20260112" sheetId="1" r:id="Rb1b8082f32e94cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SHYD_asof_20260112" sheetId="1" r:id="Rc54d22ebcafd4028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5713" uniqueCount="1836">
   <x:si>
     <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -5575,51 +5575,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218aa39e49804578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf23f2110db734f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1b8082f32e94cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4314fffa2421433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66402a11ab3d4244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc54d22ebcafd4028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L519"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">