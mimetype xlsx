--- v2 (2026-01-14)
+++ v3 (2026-02-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc40d4f7721bf4943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a55821147904b02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SHYD_asof_20260112" sheetId="1" r:id="Rc54d22ebcafd4028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SHYD_asof_20260202" sheetId="1" r:id="R90224cccb540414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5713" uniqueCount="1836">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5867" uniqueCount="1881">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,5415 +61,5550 @@
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>California Municipal Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ81B55</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>6,625,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,810,684.77</x:t>
+    <x:t>$6,700,558.86</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.72%</x:t>
+    <x:t>1.66%</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>Patriots Energy Group Financing Agency</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JFZ95N7</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>5,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,470,035.67</x:t>
-[...2 lines deleted...]
-    <x:t>1.38%</x:t>
+    <x:t>$5,383,891.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>SC</x:t>
   </x:si>
   <x:si>
     <x:t>California Infrastructure &amp; Economic De</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2065</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YRYKKY6</x:t>
   </x:si>
   <x:si>
     <x:t>12.000</x:t>
   </x:si>
   <x:si>
     <x:t>5,885,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,507,910.00</x:t>
-[...2 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>$4,547,143.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Of Puerto Rico</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVF6</x:t>
   </x:si>
   <x:si>
     <x:t>5.750</x:t>
   </x:si>
   <x:si>
     <x:t>4,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,424,276.76</x:t>
-[...2 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>$4,438,978.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>PR</x:t>
   </x:si>
   <x:si>
+    <x:t>Greater Orlando Aviation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YC2THC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,072,445.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FL</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVG5</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,030,546.57</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$4,060,171.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
   </x:si>
   <x:si>
     <x:t>City &amp; County Of Denver Co</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTQWK76</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>3,925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,985,991.19</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$3,997,540.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>CO</x:t>
   </x:si>
   <x:si>
     <x:t>Mission Economic Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MF3RDM6</x:t>
   </x:si>
   <x:si>
     <x:t>4.625</x:t>
   </x:si>
   <x:si>
     <x:t>3,730,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,783,053.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$3,802,910.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
   </x:si>
   <x:si>
     <x:t>TX</x:t>
   </x:si>
   <x:si>
     <x:t>Baldwin County Industrial Development A</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VF34CX0</x:t>
   </x:si>
   <x:si>
     <x:t>3,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,682,282.79</x:t>
-[...2 lines deleted...]
-    <x:t>0.93%</x:t>
+    <x:t>$3,589,815.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>AL</x:t>
   </x:si>
   <x:si>
+    <x:t>New York Transportation Development Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRMQZP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,513,338.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Public Energy Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9HGSL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,226,516.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KY</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0161BZVD8</x:t>
   </x:si>
   <x:si>
     <x:t>5.625</x:t>
   </x:si>
   <x:si>
-    <x:t>3,000,000</x:t>
-[...44 lines deleted...]
-    <x:t>New York Transportation Development Cor</x:t>
+    <x:t>$3,203,545.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJH9BN4</x:t>
   </x:si>
   <x:si>
     <x:t>2,725,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,897,126.35</x:t>
-[...5 lines deleted...]
-    <x:t>NY</x:t>
+    <x:t>$2,836,931.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Community Choice Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GYYPVX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,677,376.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D20HTB4</x:t>
   </x:si>
   <x:si>
     <x:t>2,655,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,718,063.65</x:t>
-[...20 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>$2,659,280.04</x:t>
   </x:si>
   <x:si>
     <x:t>California Housing Finance Agency</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2033</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2NHPH5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,560,521</x:t>
-[...2 lines deleted...]
-    <x:t>$2,638,837.41</x:t>
+    <x:t>2,555,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,627,368.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago Board Of Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J87YHD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,528,516.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Houston Tx Airport System Reven</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006GPS8G8</x:t>
   </x:si>
   <x:si>
     <x:t>2,465,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,472,537.37</x:t>
-[...14 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>$2,479,795.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl Aviation Revenu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT41CV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,330,879.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SX7X874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,325,693.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XBF5J12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,177,469.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DMXNC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,164,711.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puerto Rico Commonwealth Aqueduct &amp; Sew</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0127QT5Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,120,298.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3W1GG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,117,583.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z2ZPVQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,109,378.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY08TD7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,109,172.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z2ZPVR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,100,964.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DMXNG8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,885,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,094,765.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z2ZPQY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,091,100.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Belt Energy Gas District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01586LWS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,058,266.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VP10XN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,041,049.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Air Quality Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZ79894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,030,690.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiana Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJZ15H3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,027,864.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012G412B0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,026,506.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011J0R4B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,008,435.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brooklyn Arena Local Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKKYD08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,831,681.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VP10750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,785,918.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Statewide Communities Develo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007Q1GXB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,740,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,758,373.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT41CX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,711,995.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y67DTX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,675,953.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CX8JS16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,666,055.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puerto Rico Sales Tax Financing Corp Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC3WR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,817.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhode Island Health And Educational Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT43JJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,648,731.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YC2TH98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,648,438.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Escambia County Health Facilities Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RKP3FS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,639,752.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNQNZ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,635,388.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennergy Corp/Tn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BN5VZN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,631,994.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F8PM0L3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,623,897.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Energy Finance Development Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W4B5CC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,614,754.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Chicago Il</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RDKK213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,584,669.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016DMXND1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,571,073.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z2ZPQZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,561,739.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Virginia Economic Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TVVMX32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,556,425.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dekalb County Housing Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KH5T0P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,549,380.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JZDFFF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,548,847.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulsa Municipal Airport Trust Trustees/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004NQ0454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,384.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Texas Regional Mobility Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZSCWLC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,516,168.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0161BZVH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,513,151.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glynn-Brunswick Memorial Hospital Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008GB3765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,502,002.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Broward Fl Airport System Rev</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BBL8FH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,451,896.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calhoun County Navigation Industrial De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011WS7MK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,465,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,448,740.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Economic Development Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001270S34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,415,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,446,001.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6CFPL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,439,039.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Henderson Ky</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016C7K771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,437,032.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ND5K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,515,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,375,872.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maricopa County Industrial Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QXSVJB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,358,545.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Hampshire Business Finance Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q0CS922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,345,427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,351,921.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008KSCVS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,320,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,332,148.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PBWMPG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,235,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,315,987.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41R817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,311,450.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41R826</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,298,365.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matagorda County Navigation District No</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004KGNQK8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,259,481.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M-S-R Energy Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ZJCK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,247,848.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CX8JS07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,236,624.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austin Convention Enterprises Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM1P063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,214,703.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Great Lakes Water Authority Water Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VLBG7B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,178,546.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Allen Oh Hospital Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRLYM21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,177,758.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Los Angeles Department Of Airpo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4MQ8T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,174,864.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>District Of Columbia Water &amp; Sewer Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NQ8P503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,173,736.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC3WP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,308,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,170,906.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Trust Agency Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0100S2N58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,205,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,170,286.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,155,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,169,847.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT3T0W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,168,417.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Health Facilities Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X727FB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,162,843.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Pier &amp; Exposition Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00139MSN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,158,578.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC3WS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,638.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0038SSBF2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,147,171.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massachusetts Development Finance Agenc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RZ2G516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,147,017.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Beach Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJSFRQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,146,440.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVTQ959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,612.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco City &amp; County Airport Com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JYDC2J3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,144,335.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monroe County Industrial Development Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYJ8278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,060,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,140,589.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dallas Fort Worth International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X12BVN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,137,340.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Salt Lake City Ut Airport Reven</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W1B5RB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,130,466.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin Valley Clean Energy Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4FQ4M8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,130,433.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JXGVQG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,971.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Columbus Regional Airport Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RW17FX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,124,175.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parish Of St James La</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S4W55T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,120,020.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Plains Energy Project</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,384.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Economic Development Finan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BYXQHM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,210.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XP316K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,739.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,105,674.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SXNCMZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,956.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Territory Of Guam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010WRZK73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,778.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,715.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZM7RN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,098,527.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QN943T4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,885.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJ71GR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,421.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,093,960.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD93SF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,906.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QMX8SG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,087,600.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z19MT49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,087,423.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Energy Acquisition Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011CJT937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,087,203.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Alabama Gas Supply District/T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LCK4VL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,974.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010WRZK64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,111.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Matching Fund Special Purpose Securitiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016HLYWW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,082,860.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X2V6287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,702.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Energy Authority A Cooperativ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QM9TX03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,492.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWZW83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,262.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q3NC0L0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,078,118.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Phoenix Civic Improvement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSFLTX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,026.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH6D3D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,405.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southern California Public Power Author</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W1437K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,789.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Small Business Financing Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QJ5W511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>965,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,408.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGND2V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,796.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X59M747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,598.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017SK4W30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,015,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,044.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guam Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG016P8C6R4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,079.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BWSPQB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,052,767.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calcasieu Parish Memorial Hospital Serv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8T8N1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,025,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,052,446.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Coralville Ia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DR3NW45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,070,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,051,820.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41QX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,049,160.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Minneapolis Mn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16QJY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,048,116.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0P027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,047,299.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWZW56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,721.87</x:t>
   </x:si>
   <x:si>
     <x:t>Washington State Convention Center Publ</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVVWL34</x:t>
   </x:si>
   <x:si>
-    <x:t>2,250,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$1,044,280.87</x:t>
   </x:si>
   <x:si>
     <x:t>WA</x:t>
   </x:si>
   <x:si>
-    <x:t>Metropolitan Transportation Authority</x:t>
-[...542 lines deleted...]
-    <x:t>$1,440,720.30</x:t>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0127QT5T5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,172.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q41QX86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,038,692.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Housing Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THFY5X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,319.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KJSGH25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,596.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklahoma Development Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K889GF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,031,678.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VGCN8Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,719.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X2V6278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,180.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0161BZVC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,027,781.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW0LBB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,025,230.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,341.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puerto Rico Electric Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0010QZRY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,594.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Compton Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DK564L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,597.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Florida Local Government Finance Commis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRD4VB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,486.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VL9VZY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,791.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0063BSKK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,627.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lee County Industrial Development Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NJ3TJK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,739.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vermont Educational &amp; Health Buildings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BZWQF77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,956.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Liberty Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007FJQX50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,440.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C6D83P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,643.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Muskingum Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004H876Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,933.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington State Housing Finance Commis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YJJTDS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,949.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Carolina Jobs-Economic Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YX7C605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,207.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DJ9G3G0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,006,413.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC3J87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,004,294.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CX8JRX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,645.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33GKL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$988,305.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Dormitory Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LK87QX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$987,194.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB3D044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,692.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Environmental Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007QJ8RX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$972,000.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Seaport Department</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CD9FX90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$970,867.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Windler Public Improvement Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012GMR3N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$969,093.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Farmington Nm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013FFBR28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$961,883.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allentown Neighborhood Improvement Zone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MTXR114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>895,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$927,784.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010WRZK82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$915,466.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colorado Health Facilities Authority</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2030</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG01424ZLQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$902,182.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connecticut State Health &amp; Educational</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QWZ0K04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>870,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$896,072.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NBC9LJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$895,188.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Sacramento Ca Airport System</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W90PDB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$853,658.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NT41CW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$841,323.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Nevada Department Of Business</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRYY253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,085,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$837,620.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisconsin Health &amp; Educational Faciliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007X81Q38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$836,303.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01T4MQ8J6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$831,227.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana Local Government Environmenta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB3DY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$818,760.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arizona Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC2L6F7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$811,254.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SP7ZXS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$806,461.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Nashville Airport Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKPVNC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,978.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M91FHT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,001.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZNLTV37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$784,607.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puerto Rico Municipal Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZY5FS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,026.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Cuyahoga Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0188ZX9K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$777,556.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eastern Illinois Economic Development A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJX9W73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$770,001.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Sullivan Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D2QWKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$766,765.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Florida Higher Educational Facilities F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VS62NQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$762,890.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philadelphia Gas Works Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLFCHL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>735,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,995.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Memphis Arena Public Building Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011BP19X1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,237.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Florida Development Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MN986Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,583.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WS5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$743,130.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011WH8J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>795,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$721,992.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/20/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010L9TZP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>733,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$719,605.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colorado State University Research Foun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YT3RW97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,810.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7S9QZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$716,371.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYJ8287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,102.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDZN2V2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,091.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detroit Regional Convention Facility Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P2WRD75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$665,629.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014HVJ501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$657,928.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JF21L27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$652,270.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M16QJX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$636,135.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Hope Cultural Education Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D7H2SY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,042.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33GK65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>610,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$627,551.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012G3FJX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$625,921.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denver Convention Center Hotel Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F3BWBN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,650.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Wichita Ks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q79Q7S1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,636.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$605,484.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina Medical Care Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK4T7T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$598,388.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles Department Of Water &amp; Power</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XP34T59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$592,113.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Thruway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZG7TXZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$587,548.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THX8CY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$587,432.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Transportation Trust Fund Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q418LH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,278.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJYLL21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$582,329.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kalamazoo Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNNTX74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$581,018.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0Y4F21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,500.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KP2G924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$579,401.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Sports Facilities Authority/Th</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q3DDKK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,880.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RRBQ2G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,610.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WDS8X83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,748.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Jefferson Al Sewer Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KT3R3X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,818.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QHPXQ03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,282.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J87YDH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>560,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$573,218.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Bond Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S4RW6W9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$572,929.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Philadelphia Pa Airport Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHYPDF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,104.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami Beach Redevelopment Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVNCTG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,835.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago O'Hare International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QF13ZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,520.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WC18L43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,014.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X12BVG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,168.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Educational Facilities Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4YHLL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$562,441.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R4SG0W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,300.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01BFPN818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,959.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YW42LX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,563.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harris County-Houston Sports Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QK78335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,176.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX98803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$556,850.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SXNDP55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$555,373.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VH3S451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,162.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Atlanta Ga Department Of Aviati</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WYBSKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,040.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBNR458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,581.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Southeast A Cooperative District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MG6T9Q0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,082.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WHYPD54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,864.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PK0DT93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>544,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,827.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Industrial Development Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYB42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,812.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delaware Valley Regional Finance Author</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011L4ZH9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,512.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYJ8241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,839.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z2SL0Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,419.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0154KJQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,257.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Municipal Gas Acquisition And Sup</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1NJ7K1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,889.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXZW118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,608.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MVT2PV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,091.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZSRBH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Main Street Natural Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3NLQ40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,366.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Main Street Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z29XCR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,849.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z1RBFJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,163.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZHCMSR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541,026.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0154KJQL7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,527.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower Alabama Gas District/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XR0BCJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,051.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R5XC7S2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,719.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKN8H9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$539,343.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Grand Forks Nd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012G2S993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,709.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atlanta Development Authority/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PDVCFM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,895.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XNDSHY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,773.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWZW74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,562.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arlington Higher Education Finance Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WRD46D8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,308.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Carolina Public Service Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BV5NY90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,781.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01THXLYF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,599.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Island Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC05NY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,488.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stamford Housing Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SVBYWM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,909.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013WYJTZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>535,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,435.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PGGBYL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,359.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CD97GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,244.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleveland-Cuyahoga County Port Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QVV7M93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,074.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QWL44W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,336.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W3G2WY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,168.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WK3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,254.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St Louis County Industrial Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MHC2QQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,245.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0196S2892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,840.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VPLM6J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,809.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J7KJ8Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,619.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V6GSRJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>498,922</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,652.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisiana Public Facilities Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PR68L87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,752.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZSRBF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,554.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7S9QT4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,856.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Beaumont Navigation District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01212JZ00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,511.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Village Community Development District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PGFL2L1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,257.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0193WT7S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,980.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklahoma County Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRLB387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,860.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JZDFJZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,282.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Okaloosa Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XK5WJ14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,157.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J87YDG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,368.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Cook Il</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D355DK0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,067.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda Corridor Transportation Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CW84RP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,473.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F0W75Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,765.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ND5J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>585,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,413.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina Turnpike Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G71YM08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,107.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0010QZRV7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,204.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Polk County Industrial Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YXYS8P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,733.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QHPQC39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,256.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013V2S8D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,026.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZY31639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,664.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y9RGGG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,469.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Health Care Facilities Finan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F0YLR99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,281.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Build Nyc Resource Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YZBL5Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,245.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alabama Special Care Facilities Financi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BNXX3R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,480.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GM1P0X3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,049.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Pollution Control Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003Q8CS75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,302.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand Rapids Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YPL8BQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,958.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K3J0K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,884.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QSFLV42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,819.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011WH8K7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,654.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YZB9993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,622.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z34DB73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,924.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Hawaii Department Of Budget &amp;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GXXP3T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$502,425.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P867334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$501,979.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0161BZVJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,814.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H2QG0Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$489,224.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plaza At Noah's Ark Community Improveme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0116ZPVQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$486,793.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J35P8M4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$485,122.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB3CD38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$483,348.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QGRRGN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$477,585.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011N4SG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$476,691.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1TTF75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>455,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$471,327.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W7W0ZJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>470,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$469,925.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Centro Financing Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KJN58P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>480,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$460,985.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JL7NF82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$448,255.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philadelphia Authority For Industrial D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012919XD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>440,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$443,557.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009WNYBX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$442,887.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009WP09J9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,772.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD1W6P7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>433,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$438,021.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QWZ0JY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>430,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$436,927.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoover Industrial Development Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y619K93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$434,917.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HT4SQ86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$426,816.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JM27T99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$424,619.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CX8JRW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$422,456.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q3DDKH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>395,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$413,217.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00139MSG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>475,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$409,206.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collegiate Charter School Of Lowell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QXKF5S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,539.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt Verde Financial Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0010Z4YG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>370,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$404,235.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LG7JPZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,129.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PZSGNF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,114.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia Local Government</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011GLV35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$394,439.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QJ3F9B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>390,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,733.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZPP5Z6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$386,000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>District Of Columbia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV3X544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$372,699.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z19MT21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,817.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLMDLL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>365,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$370,708.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNWW3B4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$364,997.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB6KYL5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,210.34</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00MRGWRT0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,340,000</x:t>
-[...2951 lines deleted...]
-    <x:t>$362,168.36</x:t>
+    <x:t>340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$363,105.77</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D1ZXBQ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$351,913.08</x:t>
+    <x:t>$352,673.76</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00126RJK8</x:t>
   </x:si>
   <x:si>
-    <x:t>$351,888.41</x:t>
+    <x:t>$352,413.65</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005K3J0P1</x:t>
   </x:si>
   <x:si>
-    <x:t>$351,326.99</x:t>
+    <x:t>$352,403.63</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q88C6X3</x:t>
   </x:si>
   <x:si>
-    <x:t>$350,533.42</x:t>
+    <x:t>$351,387.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZNNR8Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>335,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$346,573.33</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2032</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PGFFRF0</x:t>
   </x:si>
   <x:si>
     <x:t>339,687</x:t>
   </x:si>
   <x:si>
-    <x:t>$341,366.11</x:t>
+    <x:t>$342,527.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northern Illinois Municipal Power Agenc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DP9G3B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>330,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$338,912.44</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RM7MVY0</x:t>
   </x:si>
   <x:si>
-    <x:t>330,000</x:t>
-[...11 lines deleted...]
-    <x:t>$338,071.38</x:t>
+    <x:t>$333,033.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWFZYF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,062.62</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HXYYK18</x:t>
   </x:si>
   <x:si>
     <x:t>315,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$330,508.90</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$331,769.55</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H7S9QR6</x:t>
   </x:si>
   <x:si>
     <x:t>320,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,070.96</x:t>
+    <x:t>$322,112.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Redtail Ridge Metropolitan District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RYYJQ18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,760.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QKQ3QR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$318,002.37</x:t>
   </x:si>
   <x:si>
     <x:t>Miami-Dade County Industrial Developmen</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0088NZSZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$316,941.54</x:t>
-[...17 lines deleted...]
-    <x:t>$316,265.96</x:t>
+    <x:t>$317,842.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City &amp; County Of Denver Co Airport Syst</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LQ26S93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$314,922.32</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CST0BV0</x:t>
   </x:si>
   <x:si>
-    <x:t>$313,840.33</x:t>
-[...11 lines deleted...]
-    <x:t>$313,779.74</x:t>
+    <x:t>$314,391.53</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Palm Beach Fl</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PGM43L4</x:t>
   </x:si>
   <x:si>
-    <x:t>300,000</x:t>
-[...2 lines deleted...]
-    <x:t>$309,895.34</x:t>
+    <x:t>$310,859.20</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CCP63F5</x:t>
   </x:si>
   <x:si>
-    <x:t>$304,385.74</x:t>
+    <x:t>$304,925.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011WH8F3</x:t>
   </x:si>
   <x:si>
-    <x:t>$300,593.27</x:t>
+    <x:t>$301,580.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00107SKL3</x:t>
   </x:si>
   <x:si>
     <x:t>290,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$298,710.62</x:t>
+    <x:t>$299,571.65</x:t>
   </x:si>
   <x:si>
     <x:t>Louisville/Jefferson County Metropolita</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DB6RRT5</x:t>
   </x:si>
   <x:si>
-    <x:t>$298,324.38</x:t>
+    <x:t>$299,021.91</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KBJJWZ2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
     <x:t>285,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$289,254.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$289,991.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PH0WM10</x:t>
   </x:si>
   <x:si>
-    <x:t>$282,905.50</x:t>
+    <x:t>$283,118.85</x:t>
   </x:si>
   <x:si>
     <x:t>Hospitals &amp; Higher Education Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J2D9Y76</x:t>
   </x:si>
   <x:si>
     <x:t>275,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$281,264.66</x:t>
+    <x:t>$281,930.70</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VH4Q4K4</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$279,119.47</x:t>
+    <x:t>$280,242.78</x:t>
   </x:si>
   <x:si>
     <x:t>Clark County School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XV85D29</x:t>
   </x:si>
   <x:si>
-    <x:t>$278,781.84</x:t>
+    <x:t>$279,504.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town Of Hamden Ct</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QFPD2N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>270,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,453.74</x:t>
   </x:si>
   <x:si>
     <x:t>Dutchess County Local Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3CPK18</x:t>
   </x:si>
   <x:si>
-    <x:t>$277,567.03</x:t>
-[...11 lines deleted...]
-    <x:t>$277,077.85</x:t>
+    <x:t>$278,129.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q2J5D86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$277,520.68</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WYBBFD6</x:t>
   </x:si>
   <x:si>
-    <x:t>$276,141.43</x:t>
-[...5 lines deleted...]
-    <x:t>$275,632.36</x:t>
+    <x:t>$277,227.17</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QJCRSM0</x:t>
   </x:si>
   <x:si>
-    <x:t>$273,101.64</x:t>
+    <x:t>$273,719.92</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QJCRSN9</x:t>
   </x:si>
   <x:si>
-    <x:t>$272,575.89</x:t>
+    <x:t>$273,548.77</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3CPK36</x:t>
   </x:si>
   <x:si>
-    <x:t>$272,512.01</x:t>
+    <x:t>$273,051.04</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L33GKF5</x:t>
   </x:si>
   <x:si>
     <x:t>260,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$270,371.33</x:t>
+    <x:t>$272,265.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Y2GMLM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$272,250.52</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TW7YRG0</x:t>
   </x:si>
   <x:si>
-    <x:t>$269,537.50</x:t>
-[...5 lines deleted...]
-    <x:t>$269,312.69</x:t>
+    <x:t>$270,767.37</x:t>
   </x:si>
   <x:si>
     <x:t>Rum River Special Education Cooperative</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YC2S5C1</x:t>
   </x:si>
   <x:si>
-    <x:t>$268,150.62</x:t>
+    <x:t>$270,717.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R50C8G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$266,996.31</x:t>
   </x:si>
   <x:si>
     <x:t>Maryland Heights Industrial Development</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LFVVCS7</x:t>
   </x:si>
   <x:si>
-    <x:t>$265,267.71</x:t>
-[...5 lines deleted...]
-    <x:t>$265,005.22</x:t>
+    <x:t>$265,953.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Selma Industrial Development Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VF4J4D2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,971.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adams County General Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R5X9XB7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>245,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,486.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Burbank Il</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZWC4GL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,093.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V2F43H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,295.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K889GG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,258.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TYXT7R9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,729.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0NZM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$261,527.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Samoa Economic Development Aut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YLWJSV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,825.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MHY04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,258.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Suffolk Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBQLZ58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,776.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tarrant County Cultural Education Facil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVSV062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,693.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S231HC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,537.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0NZQ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,439.80</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VZCFVM6</x:t>
   </x:si>
   <x:si>
-    <x:t>$263,570.95</x:t>
-[...83 lines deleted...]
-    <x:t>$258,322.23</x:t>
+    <x:t>$258,187.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3MHW35</x:t>
   </x:si>
   <x:si>
-    <x:t>$258,241.41</x:t>
-[...5 lines deleted...]
-    <x:t>$257,323.34</x:t>
+    <x:t>$258,102.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00130PFV8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,035.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>King County Public Hospital District No</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FHS59T0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,421.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5NQ1D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,992.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capital Projects Finance Authority/Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W2B3K21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,486.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VP12K95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$255,428.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JF6Y260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,769.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5RQZL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$254,019.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Kalispell Mt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4Y7FG3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,770.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
   </x:si>
   <x:si>
     <x:t>Chandler Industrial Development Authori</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HQN6LG2</x:t>
   </x:si>
   <x:si>
     <x:t>4.100</x:t>
   </x:si>
   <x:si>
-    <x:t>$257,285.22</x:t>
-[...20 lines deleted...]
-    <x:t>$256,441.35</x:t>
+    <x:t>$253,269.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Garden City Ks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01X0YYGV4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,227.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TW79HK5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,016.83</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01X719NL3</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,919.72</x:t>
-[...29 lines deleted...]
-    <x:t>$254,759.84</x:t>
+    <x:t>$252,755.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YVPPZR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,735.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Manhattan Ks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YRZBX93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,516.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Economic Development Finance A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003GQVH15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,783.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Venice Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QY0K723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,652.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Z355R83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$251,494.95</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3MPFM2</x:t>
   </x:si>
   <x:si>
-    <x:t>$254,563.97</x:t>
-[...50 lines deleted...]
-    <x:t>$252,076.55</x:t>
+    <x:t>$251,309.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XQ72H75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,935.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LVGL9W5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,900.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R4XCMM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>240,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,437.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hunt Memorial Hospital District Charita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZKPKCL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$247,932.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Huntington Local Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZJYFJY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,122.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011DJ2YV9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,682.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NY8QCQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238,943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,573.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3Y4MJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>237,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,465.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois Sales Tax Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL9FKY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,824.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peninsula Town Center Community Develop</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LMTG8J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$236,740.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZM7RH7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,575.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra Vista Industrial Development Aut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01W9F25P4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,335.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33GK83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>220,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$230,736.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R401MF8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>215,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$219,845.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iowa Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XLF1VR0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>210,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$218,006.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KY0NZR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$212,003.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011J0R489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,173.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Public School Building Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F13JSJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$205,087.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011Y30D3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,761.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Baltimore Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSSPZV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,141.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MRWQ8K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,248.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MRQBRT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,110.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QV3LJH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,937.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MN98710</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,645.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011BP4W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>180,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,159.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDS0KR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,598.59</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QDDW663</x:t>
   </x:si>
   <x:si>
     <x:t>5.300</x:t>
   </x:si>
   <x:si>
-    <x:t>$251,886.67</x:t>
-[...275 lines deleted...]
-    <x:t>$185,809.58</x:t>
+    <x:t>$181,945.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Frederick Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCWQ648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>175,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,548.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Municipal Power Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0089RMLP5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,040.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HCY1X55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$174,224.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0088JZ3R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,121.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yonkers Economic Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QN93XX5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,193.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D20HT97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,265.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michigan Strategic Fund</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MK1T3Z0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,004.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Authority Of Floyd County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MT8HYL6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,854.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011ND5H1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,120.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ57C5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,935.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PT8T8Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,734.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N2VKGH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,225.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Virginia Hospital Finance Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CVRZBD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,398.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Authority Of The City Of Ma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H2DDH72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,156.46</x:t>
   </x:si>
   <x:si>
     <x:t>Bl Train Holdings West Llc</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG01YTX6LY0</x:t>
+    <x:t>BBG01YTXCDT7</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
     <x:t>60,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$180,000.00</x:t>
+    <x:t>$150,000.00</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>County Of Frederick Md</x:t>
-[...110 lines deleted...]
-    <x:t>12/15/2033</x:t>
+    <x:t>BBG00139MSP1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,862.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Industrial Development Authority Of The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZF5P27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,683.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amherst Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00100G7V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,330.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012C5L1D9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$140,656.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Authority Of White County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2JGYG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,601.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q6XJH04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,181.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>125,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,851.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00835HKB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,587.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reno Redevelopment Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0010JMLB2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,459.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lees Summit Industrial Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K6S2SG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,034.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009WNYBZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,885.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H15MZ25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,350.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DT0B2Z4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,112.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town Of Ramapo Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008VSQ980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,095.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5TSDS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,735.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7S6693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,523.28</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VFTFQC3</x:t>
   </x:si>
   <x:si>
-    <x:t>$155,540.50</x:t>
-[...176 lines deleted...]
-    <x:t>$118,769.17</x:t>
+    <x:t>195,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,085.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jea Electric System Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHG9PG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,445.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J2D9Y49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>115,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,245.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNWW3C3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$114,371.54</x:t>
   </x:si>
   <x:si>
     <x:t>Sa Energy Acquisition Public Facility C</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010SQKN7</x:t>
   </x:si>
   <x:si>
-    <x:t>110,000</x:t>
-[...29 lines deleted...]
-    <x:t>$114,071.29</x:t>
+    <x:t>$113,686.64</x:t>
   </x:si>
   <x:si>
     <x:t>Irvine Unified School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GXXZRH9</x:t>
   </x:si>
   <x:si>
-    <x:t>$113,419.48</x:t>
+    <x:t>$113,686.63</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000XJZM04</x:t>
   </x:si>
   <x:si>
-    <x:t>$106,953.97</x:t>
+    <x:t>$107,249.39</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG12WL2</x:t>
   </x:si>
   <x:si>
     <x:t>100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$106,714.37</x:t>
+    <x:t>$107,104.04</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Anderson In</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTBYCG5</x:t>
   </x:si>
   <x:si>
-    <x:t>$104,818.07</x:t>
+    <x:t>$105,897.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00139MSH0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,888.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DLFCHF7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,381.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Howard Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HXKRHV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,920.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Authority For Colorado Energy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00119T610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,841.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DKKYCX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,783.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKKYCY3</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,975.17</x:t>
-[...5 lines deleted...]
-    <x:t>$103,939.56</x:t>
+    <x:t>$101,781.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Turnpike Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CLLN1X9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,732.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F322LH1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,714.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BZ0WNX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,306.39</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DKKYCW5</x:t>
   </x:si>
   <x:si>
-    <x:t>$103,180.98</x:t>
-[...50 lines deleted...]
-    <x:t>$101,068.12</x:t>
+    <x:t>$100,972.35</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008VSQ9C5</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,723.86</x:t>
+    <x:t>$100,962.46</x:t>
   </x:si>
   <x:si>
     <x:t>Palomar Health</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DWTWJR6</x:t>
   </x:si>
   <x:si>
     <x:t>90,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,216.14</x:t>
+    <x:t>$90,585.19</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JX783Y4</x:t>
   </x:si>
   <x:si>
     <x:t>75,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,945.48</x:t>
+    <x:t>$75,222.76</x:t>
   </x:si>
   <x:si>
     <x:t>Tsasc Inc/Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQXHFQ5</x:t>
   </x:si>
   <x:si>
     <x:t>70,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,318.16</x:t>
+    <x:t>$72,464.76</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FQXHFR4</x:t>
   </x:si>
   <x:si>
-    <x:t>$72,308.56</x:t>
+    <x:t>$72,455.53</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M6PNMY8</x:t>
   </x:si>
   <x:si>
     <x:t>55,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$55,876.43</x:t>
+    <x:t>$56,049.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
+    <x:t>02/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GNWW397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>50,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,202.40</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYJ6VT1</x:t>
   </x:si>
   <x:si>
-    <x:t>50,000</x:t>
-[...2 lines deleted...]
-    <x:t>$52,151.36</x:t>
+    <x:t>$51,021.10</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FYJ6VS2</x:t>
   </x:si>
   <x:si>
-    <x:t>$52,058.96</x:t>
-[...8 lines deleted...]
-    <x:t>$51,104.74</x:t>
+    <x:t>$50,954.16</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TW71GQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$50,038.53</x:t>
+    <x:t>$50,194.25</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Anoka Mn</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FX5BQ26</x:t>
   </x:si>
   <x:si>
     <x:t>40,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,999.46</x:t>
+    <x:t>$40,196.37</x:t>
   </x:si>
   <x:si>
     <x:t>City Of St Ann Mo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JL7MZQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>$39,703.56</x:t>
+    <x:t>$39,923.53</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G1375F0</x:t>
   </x:si>
   <x:si>
     <x:t>170,590</x:t>
   </x:si>
   <x:si>
     <x:t>$34,118.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JKZN7H9</x:t>
   </x:si>
   <x:si>
     <x:t>1,061,217</x:t>
   </x:si>
   <x:si>
     <x:t>$31,836.51</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G137MD5</x:t>
   </x:si>
   <x:si>
     <x:t>25,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,488.87</x:t>
+    <x:t>$26,551.65</x:t>
   </x:si>
   <x:si>
     <x:t>Housing &amp; Redevelopment Authority Of Th</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FHXW3G6</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,584.41</x:t>
+    <x:t>$25,663.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F383G24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,271.33</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TW71GM3</x:t>
   </x:si>
   <x:si>
-    <x:t>$25,186.78</x:t>
-[...8 lines deleted...]
-    <x:t>$25,184.43</x:t>
+    <x:t>$25,244.46</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRZTBF8</x:t>
   </x:si>
   <x:si>
     <x:t>7.500</x:t>
   </x:si>
   <x:si>
     <x:t>1,360,000</x:t>
   </x:si>
   <x:si>
     <x:t>$15,300.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GM463S8</x:t>
   </x:si>
   <x:si>
     <x:t>$11,250.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010Z4YF4</x:t>
   </x:si>
   <x:si>
     <x:t>10,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,607.74</x:t>
+    <x:t>$10,648.21</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Clark Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FF7TB9</x:t>
   </x:si>
   <x:si>
     <x:t>2.100</x:t>
   </x:si>
   <x:si>
     <x:t>5,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,609.37</x:t>
+    <x:t>$4,632.38</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011R4ND7</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,060.57</x:t>
+    <x:t>$4,084.70</x:t>
   </x:si>
   <x:si>
     <x:t>Mesquite Health Facilities Development</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C82WNF8</x:t>
   </x:si>
   <x:si>
     <x:t>101,519</x:t>
   </x:si>
   <x:si>
     <x:t>$1,015.19</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Grand Forks Nd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01162X8Z3</x:t>
   </x:si>
   <x:si>
     <x:t>6.625</x:t>
   </x:si>
@@ -5488,69 +5623,69 @@
   <x:si>
     <x:t>BBG008W472K4</x:t>
   </x:si>
   <x:si>
     <x:t>329,665</x:t>
   </x:si>
   <x:si>
     <x:t>$3.30</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZ0QLR9</x:t>
   </x:si>
   <x:si>
     <x:t>268,696</x:t>
   </x:si>
   <x:si>
     <x:t>$2.69</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>8,886,605</x:t>
-[...5 lines deleted...]
-    <x:t>2.25%</x:t>
+    <x:t>9,497,051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,497,050.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,185,991.80</x:t>
-[...2 lines deleted...]
-    <x:t>-0.30%</x:t>
+    <x:t>$-4,783,152.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.18%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -5575,56 +5710,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4314fffa2421433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66402a11ab3d4244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc54d22ebcafd4028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a9e2af92f148d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R846d2eb57c9c4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R90224cccb540414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L519"/>
+  <x:dimension ref="A1:L533"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -5867,116 +6002,116 @@
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J8" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K8" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
@@ -5990,19361 +6125,19893 @@
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="K22" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E27" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I30" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J30" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J31" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="I39" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J39" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="H39" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="H40" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H42" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="I42" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J42" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="K42" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="K46" s="1" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="K47" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="K50" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="H53" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J57" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="K57" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J61" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="K70" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J75" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J78" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J79" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="K79" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="I82" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="K82" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C83" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D83" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F83" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G83" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C83" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C88" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D88" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C88" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D88" s="1" t="s">
+      <x:c r="E88" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F88" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G88" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H88" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="E88" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D89" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D89" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="D92" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D92" s="1" t="s">
+      <x:c r="E92" s="1" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F92" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G92" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H92" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="E92" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H92" s="1" t="s">
+      <x:c r="I92" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="K92" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C93" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D93" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C93" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D93" s="1" t="s">
+      <x:c r="E93" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F93" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G93" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H93" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="E93" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C94" s="1" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D94" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="C94" s="1" t="s">
+      <x:c r="E94" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F94" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G94" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H94" s="1" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="D94" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E95" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F95" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G95" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
+      <x:c r="H95" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D95" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D96" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E96" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F96" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G96" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="D96" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D97" s="1" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="D97" s="1" t="s">
+      <x:c r="E97" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F97" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G97" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H97" s="1" t="s">
+      <x:c r="I97" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J97" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="K97" s="1" t="s">
         <x:v>452</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C99" s="1" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="D112" s="1" t="s">
+      <x:c r="E112" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F112" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G112" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H112" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="E112" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="D113" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H113" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
-      <x:c r="E113" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D114" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="D114" s="1" t="s">
+      <x:c r="E114" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F114" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G114" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H114" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="E114" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C123" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="C123" s="1" t="s">
+      <x:c r="D123" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D123" s="1" t="s">
+      <x:c r="E123" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F123" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G123" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H123" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="E123" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C124" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="C124" s="1" t="s">
+      <x:c r="D124" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="D124" s="1" t="s">
+      <x:c r="E124" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F124" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G124" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H124" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="E124" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E125" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H125" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="D125" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C126" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="D126" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="C126" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D126" s="1" t="s">
+      <x:c r="E126" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F126" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G126" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H126" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="E126" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G126" s="1" t="s">
+      <x:c r="I126" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J126" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="H126" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F127" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G127" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
+      <x:c r="H127" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="F127" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G130" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H130" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
-      <x:c r="C130" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G131" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
-      <x:c r="E131" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
         <x:v>574</x:v>
       </x:c>
-      <x:c r="C132" s="1" t="s">
+      <x:c r="E132" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F132" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H132" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
+      <x:c r="H133" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="D133" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="H134" s="1" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="I134" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J134" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="K134" s="1" t="s">
         <x:v>586</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="I136" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J136" s="1" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="K136" s="1" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H137" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="D137" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="E138" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F138" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G138" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H138" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D145" s="1" t="s">
+      <x:c r="I145" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J145" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C146" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D146" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="C146" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D146" s="1" t="s">
+      <x:c r="E146" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="E147" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F147" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G147" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="E147" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H152" s="1" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="I152" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J152" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="K152" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="E161" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>688</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H172" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="C172" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D172" s="1" t="s">
+      <x:c r="I172" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J172" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="E172" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F175" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G175" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="H175" s="1" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="I175" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J175" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="K175" s="1" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>667</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="F183" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G183" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="D183" s="1" t="s">
+      <x:c r="H183" s="1" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="E183" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="C185" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="D185" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="C185" s="1" t="s">
+      <x:c r="I185" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J185" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="D185" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="F191" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H191" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="E192" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="H192" s="1" t="s">
         <x:v>806</x:v>
       </x:c>
-      <x:c r="D192" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H194" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
-      <x:c r="E194" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C195" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D195" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="C195" s="1" t="s">
+      <x:c r="E195" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F195" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G195" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H195" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E195" s="1" t="s">
+      <x:c r="I195" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J195" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="K195" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F196" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G196" s="1" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="H196" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="I196" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J196" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="E196" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="F198" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G198" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="C198" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D198" s="1" t="s">
+      <x:c r="H198" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="H200" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="H200" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="H203" s="1" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="I203" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J203" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="C204" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="D204" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H204" s="1" t="s">
         <x:v>849</x:v>
       </x:c>
-      <x:c r="C204" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="H209" s="1" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="H209" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
+        <x:v>869</x:v>
+      </x:c>
+      <x:c r="C210" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="D210" s="1" t="s">
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="E210" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
         <x:v>871</x:v>
       </x:c>
-      <x:c r="C210" s="1" t="s">
+      <x:c r="H210" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="C211" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="D211" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="C211" s="1" t="s">
+      <x:c r="E211" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F211" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="H211" s="1" t="s">
         <x:v>876</x:v>
       </x:c>
-      <x:c r="D211" s="1" t="s">
+      <x:c r="I211" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J211" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="K211" s="1" t="s">
         <x:v>877</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C212" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D212" s="1" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F212" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G212" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="H212" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="C212" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="E213" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F213" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G213" s="1" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="H213" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="E213" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H213" s="1" t="s">
+      <x:c r="I213" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J213" s="1" t="s">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="K213" s="1" t="s">
         <x:v>884</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D240" s="1" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="D240" s="1" t="s">
+      <x:c r="E240" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="F240" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G240" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H240" s="1" t="s">
         <x:v>963</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>964</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F242" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H242" s="1" t="s">
         <x:v>969</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>971</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>594</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
+        <x:v>933</x:v>
+      </x:c>
+      <x:c r="C245" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D245" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
-      <x:c r="C245" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D245" s="1" t="s">
+      <x:c r="E245" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F245" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G245" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H245" s="1" t="s">
         <x:v>977</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>978</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="D246" s="1" t="s">
+      <x:c r="E246" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
-      <x:c r="E246" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
+        <x:v>1008</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F254" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G254" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H254" s="1" t="s">
+        <x:v>1009</x:v>
+      </x:c>
+      <x:c r="I254" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J254" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
-      <x:c r="E254" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F273" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G273" s="1" t="s">
+        <x:v>1060</x:v>
+      </x:c>
+      <x:c r="H273" s="1" t="s">
+        <x:v>1061</x:v>
+      </x:c>
+      <x:c r="I273" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J273" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="K273" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>1060</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H279" s="1" t="s">
         <x:v>1079</x:v>
       </x:c>
-      <x:c r="H279" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
+        <x:v>1080</x:v>
+      </x:c>
+      <x:c r="C280" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
-      <x:c r="C280" s="1" t="s">
+      <x:c r="D280" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
-      <x:c r="D280" s="1" t="s">
+      <x:c r="E280" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F280" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G280" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H280" s="1" t="s">
         <x:v>1083</x:v>
       </x:c>
-      <x:c r="E280" s="1" t="s">
+      <x:c r="I280" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J280" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="K280" s="1" t="s">
         <x:v>1084</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
+        <x:v>1085</x:v>
+      </x:c>
+      <x:c r="E281" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H281" s="1" t="s">
         <x:v>1086</x:v>
       </x:c>
-      <x:c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E281" s="1" t="s">
+      <x:c r="I281" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J281" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="K281" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C284" s="1" t="s">
         <x:v>1095</x:v>
       </x:c>
-      <x:c r="C284" s="1" t="s">
+      <x:c r="D284" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="D284" s="1" t="s">
+      <x:c r="E284" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="F284" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G284" s="1" t="s">
         <x:v>1097</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>867</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C286" s="1" t="s">
         <x:v>1103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D287" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="D287" s="1" t="s">
+      <x:c r="E287" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F287" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G287" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="H287" s="1" t="s">
         <x:v>1107</x:v>
       </x:c>
-      <x:c r="E287" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
+        <x:v>1108</x:v>
+      </x:c>
+      <x:c r="C288" s="1" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="D288" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
-      <x:c r="C288" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D288" s="1" t="s">
+      <x:c r="E288" s="1" t="s">
         <x:v>1110</x:v>
       </x:c>
-      <x:c r="E288" s="1" t="s">
+      <x:c r="F288" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G288" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="H288" s="1" t="s">
         <x:v>1111</x:v>
       </x:c>
-      <x:c r="F288" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
+        <x:v>1112</x:v>
+      </x:c>
+      <x:c r="C289" s="1" t="s">
         <x:v>1113</x:v>
       </x:c>
-      <x:c r="C289" s="1" t="s">
+      <x:c r="D289" s="1" t="s">
         <x:v>1114</x:v>
       </x:c>
-      <x:c r="D289" s="1" t="s">
+      <x:c r="E289" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F289" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G289" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H289" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="E289" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
+        <x:v>1116</x:v>
+      </x:c>
+      <x:c r="D290" s="1" t="s">
         <x:v>1117</x:v>
       </x:c>
-      <x:c r="D290" s="1" t="s">
+      <x:c r="E290" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F290" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G290" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H290" s="1" t="s">
         <x:v>1118</x:v>
       </x:c>
-      <x:c r="E290" s="1" t="s">
+      <x:c r="I290" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J290" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="K290" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
+        <x:v>1119</x:v>
+      </x:c>
+      <x:c r="C291" s="1" t="s">
         <x:v>1120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H293" s="1" t="s">
+        <x:v>1127</x:v>
+      </x:c>
+      <x:c r="I293" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J293" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="K293" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>566</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F307" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G307" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H307" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="I307" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J307" s="1" t="s">
+        <x:v>1000</x:v>
+      </x:c>
+      <x:c r="K307" s="1" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>305</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="I311" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J311" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="I311" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D316" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="D316" s="1" t="s">
+      <x:c r="E316" s="1" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="E316" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H319" s="1" t="s">
         <x:v>1203</x:v>
       </x:c>
-      <x:c r="H319" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
         <x:v>1205</x:v>
       </x:c>
-      <x:c r="E320" s="1" t="s">
+      <x:c r="F320" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G320" s="1" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="H320" s="1" t="s">
+        <x:v>1207</x:v>
+      </x:c>
+      <x:c r="I320" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J320" s="1" t="s">
+        <x:v>1176</x:v>
+      </x:c>
+      <x:c r="K320" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>667</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="H324" s="1" t="s">
         <x:v>1221</x:v>
       </x:c>
-      <x:c r="H324" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
+        <x:v>1226</x:v>
+      </x:c>
+      <x:c r="H326" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="H326" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="E329" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F329" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G329" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="H329" s="1" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="E329" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G329" s="1" t="s">
+      <x:c r="I329" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J329" s="1" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="K329" s="1" t="s">
         <x:v>1242</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>729</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="C330" s="1" t="s">
         <x:v>1244</x:v>
       </x:c>
-      <x:c r="C330" s="1" t="s">
+      <x:c r="D330" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="D330" s="1" t="s">
+      <x:c r="E330" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F330" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G330" s="1" t="s">
         <x:v>1246</x:v>
       </x:c>
-      <x:c r="E330" s="1" t="s">
+      <x:c r="H330" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="F330" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="D331" s="1" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="E331" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F331" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G331" s="1" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="H331" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="D331" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F332" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G332" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="E332" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G332" s="1" t="s">
+      <x:c r="H332" s="1" t="s">
         <x:v>1254</x:v>
       </x:c>
-      <x:c r="H332" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D333" s="1" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="E333" s="1" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="D333" s="1" t="s">
+      <x:c r="F333" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G333" s="1" t="s">
         <x:v>1257</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1254</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F334" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G334" s="1" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="E334" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G334" s="1" t="s">
+      <x:c r="H334" s="1" t="s">
         <x:v>1261</x:v>
       </x:c>
-      <x:c r="H334" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="C335" s="1" t="s">
         <x:v>1263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>767</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1265</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1266</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1268</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1275</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="1">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B339" s="1" t="s">
-        <x:v>1276</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C339" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D339" s="1" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="E339" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F339" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G339" s="1" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="H339" s="1" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="I339" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J339" s="1" t="s">
         <x:v>1277</x:v>
       </x:c>
-      <x:c r="E339" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K339" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L339" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12" ht="15" customHeight="1">
       <x:c r="A340" s="1">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B340" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C340" s="1" t="s">
-        <x:v>1280</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D340" s="1" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="E340" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F340" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G340" s="1" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="H340" s="1" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="I340" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J340" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K340" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L340" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12" ht="15" customHeight="1">
       <x:c r="A341" s="1">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B341" s="1" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="C341" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D341" s="1" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="E341" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F341" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G341" s="1" t="s">
-        <x:v>1269</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="H341" s="1" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="I341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J341" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K341" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L341" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12" ht="15" customHeight="1">
       <x:c r="A342" s="1">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B342" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C342" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D342" s="1" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="E342" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F342" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G342" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="H342" s="1" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="I342" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J342" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K342" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L342" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12" ht="15" customHeight="1">
       <x:c r="A343" s="1">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B343" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C343" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D343" s="1" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="E343" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F343" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G343" s="1" t="s">
-        <x:v>1292</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="H343" s="1" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="I343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J343" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K343" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L343" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12" ht="15" customHeight="1">
       <x:c r="A344" s="1">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B344" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C344" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D344" s="1" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="E344" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F344" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G344" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="H344" s="1" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="I344" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J344" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K344" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L344" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12" ht="15" customHeight="1">
       <x:c r="A345" s="1">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B345" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="C345" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D345" s="1" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E345" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F345" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G345" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="H345" s="1" t="s">
-        <x:v>1298</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="I345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J345" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K345" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L345" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12" ht="15" customHeight="1">
       <x:c r="A346" s="1">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C346" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="D346" s="1" t="s">
-        <x:v>1299</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E346" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F346" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G346" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="H346" s="1" t="s">
-        <x:v>1300</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="I346" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J346" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K346" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L346" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12" ht="15" customHeight="1">
       <x:c r="A347" s="1">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="C347" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D347" s="1" t="s">
-        <x:v>1302</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="E347" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="F347" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G347" s="1" t="s">
-        <x:v>1297</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="H347" s="1" t="s">
-        <x:v>1303</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="I347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J347" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="K347" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L347" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12" ht="15" customHeight="1">
       <x:c r="A348" s="1">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="C348" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D348" s="1" t="s">
-        <x:v>1304</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E348" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F348" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G348" s="1" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="H348" s="1" t="s">
-        <x:v>1305</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="I348" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J348" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K348" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L348" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12" ht="15" customHeight="1">
       <x:c r="A349" s="1">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C349" s="1" t="s">
+        <x:v>1092</x:v>
+      </x:c>
+      <x:c r="D349" s="1" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="E349" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F349" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G349" s="1" t="s">
+        <x:v>1313</x:v>
+      </x:c>
+      <x:c r="H349" s="1" t="s">
+        <x:v>1314</x:v>
+      </x:c>
+      <x:c r="I349" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J349" s="1" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="K349" s="1" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
       <x:c r="L349" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12" ht="15" customHeight="1">
       <x:c r="A350" s="1">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C350" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D350" s="1" t="s">
-        <x:v>1309</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E350" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F350" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G350" s="1" t="s">
-        <x:v>1310</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="H350" s="1" t="s">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="I350" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J350" s="1" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="I350" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K350" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L350" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12" ht="15" customHeight="1">
       <x:c r="A351" s="1">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C351" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D351" s="1" t="s">
-        <x:v>1312</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E351" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F351" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G351" s="1" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="H351" s="1" t="s">
-        <x:v>1314</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="I351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J351" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K351" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L351" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12" ht="15" customHeight="1">
       <x:c r="A352" s="1">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="1" t="s">
-        <x:v>1315</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C352" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D352" s="1" t="s">
-        <x:v>1316</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="E352" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F352" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G352" s="1" t="s">
-        <x:v>1313</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="H352" s="1" t="s">
-        <x:v>1317</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="I352" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J352" s="1" t="s">
-        <x:v>1287</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K352" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L352" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12" ht="15" customHeight="1">
       <x:c r="A353" s="1">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C353" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D353" s="1" t="s">
-        <x:v>1319</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="E353" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F353" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G353" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="H353" s="1" t="s">
-        <x:v>1321</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="I353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J353" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K353" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L353" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12" ht="15" customHeight="1">
       <x:c r="A354" s="1">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C354" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D354" s="1" t="s">
-        <x:v>1323</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="E354" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="F354" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G354" s="1" t="s">
-        <x:v>1324</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="H354" s="1" t="s">
-        <x:v>1325</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="I354" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J354" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K354" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L354" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12" ht="15" customHeight="1">
       <x:c r="A355" s="1">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="1" t="s">
-        <x:v>1326</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="C355" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D355" s="1" t="s">
-        <x:v>1327</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="E355" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F355" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G355" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="H355" s="1" t="s">
-        <x:v>1328</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="I355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J355" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K355" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L355" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12" ht="15" customHeight="1">
       <x:c r="A356" s="1">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="1" t="s">
-        <x:v>1329</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C356" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="D356" s="1" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E356" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F356" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G356" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="H356" s="1" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="I356" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J356" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K356" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L356" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12" ht="15" customHeight="1">
       <x:c r="A357" s="1">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C357" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D357" s="1" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="E357" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F357" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G357" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="H357" s="1" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="I357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J357" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K357" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L357" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12" ht="15" customHeight="1">
       <x:c r="A358" s="1">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C358" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="D358" s="1" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E358" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F358" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G358" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="H358" s="1" t="s">
-        <x:v>1336</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="I358" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J358" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="K358" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L358" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12" ht="15" customHeight="1">
       <x:c r="A359" s="1">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="1" t="s">
-        <x:v>1337</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C359" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="D359" s="1" t="s">
-        <x:v>1338</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="E359" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F359" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G359" s="1" t="s">
-        <x:v>1339</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="H359" s="1" t="s">
-        <x:v>1340</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="I359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J359" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K359" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L359" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12" ht="15" customHeight="1">
       <x:c r="A360" s="1">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="1" t="s">
-        <x:v>1341</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C360" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D360" s="1" t="s">
-        <x:v>1342</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="E360" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F360" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G360" s="1" t="s">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="H360" s="1" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="I360" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J360" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
-      <x:c r="H360" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K360" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L360" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12" ht="15" customHeight="1">
       <x:c r="A361" s="1">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C361" s="1" t="s">
-        <x:v>1256</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D361" s="1" t="s">
-        <x:v>1345</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="E361" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F361" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G361" s="1" t="s">
+        <x:v>1346</x:v>
+      </x:c>
+      <x:c r="H361" s="1" t="s">
+        <x:v>1349</x:v>
+      </x:c>
+      <x:c r="I361" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J361" s="1" t="s">
         <x:v>1343</x:v>
       </x:c>
-      <x:c r="H361" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K361" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L361" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12" ht="15" customHeight="1">
       <x:c r="A362" s="1">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C362" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="D362" s="1" t="s">
-        <x:v>1347</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="E362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F362" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G362" s="1" t="s">
-        <x:v>1333</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="H362" s="1" t="s">
-        <x:v>1348</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="I362" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J362" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K362" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L362" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12" ht="15" customHeight="1">
       <x:c r="A363" s="1">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C363" s="1" t="s">
-        <x:v>1349</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="D363" s="1" t="s">
-        <x:v>1350</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="E363" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F363" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G363" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="H363" s="1" t="s">
-        <x:v>1352</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="I363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J363" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K363" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L363" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12" ht="15" customHeight="1">
       <x:c r="A364" s="1">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="1" t="s">
-        <x:v>1353</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C364" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D364" s="1" t="s">
-        <x:v>1354</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E364" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F364" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G364" s="1" t="s">
-        <x:v>1351</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="H364" s="1" t="s">
-        <x:v>1355</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="I364" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J364" s="1" t="s">
-        <x:v>1322</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K364" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L364" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12" ht="15" customHeight="1">
       <x:c r="A365" s="1">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="C365" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D365" s="1" t="s">
-        <x:v>1356</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E365" s="1" t="s">
-        <x:v>1357</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F365" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G365" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="H365" s="1" t="s">
-        <x:v>1359</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="I365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J365" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K365" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L365" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12" ht="15" customHeight="1">
       <x:c r="A366" s="1">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C366" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D366" s="1" t="s">
-        <x:v>1361</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="E366" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F366" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G366" s="1" t="s">
-        <x:v>1320</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="H366" s="1" t="s">
-        <x:v>1362</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="I366" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J366" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K366" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L366" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12" ht="15" customHeight="1">
       <x:c r="A367" s="1">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="C367" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D367" s="1" t="s">
-        <x:v>1364</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="E367" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F367" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G367" s="1" t="s">
+        <x:v>1356</x:v>
+      </x:c>
+      <x:c r="H367" s="1" t="s">
+        <x:v>1369</x:v>
+      </x:c>
+      <x:c r="I367" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J367" s="1" t="s">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="K367" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
       <x:c r="L367" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12" ht="15" customHeight="1">
       <x:c r="A368" s="1">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="C368" s="1" t="s">
-        <x:v>1367</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D368" s="1" t="s">
-        <x:v>1368</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="E368" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F368" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G368" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="H368" s="1" t="s">
-        <x:v>1370</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="I368" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J368" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K368" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L368" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12" ht="15" customHeight="1">
       <x:c r="A369" s="1">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C369" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D369" s="1" t="s">
-        <x:v>1372</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="E369" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F369" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G369" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="H369" s="1" t="s">
-        <x:v>1373</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="I369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J369" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K369" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L369" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12" ht="15" customHeight="1">
       <x:c r="A370" s="1">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="C370" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="D370" s="1" t="s">
-        <x:v>1375</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="E370" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F370" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G370" s="1" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="H370" s="1" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="I370" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J370" s="1" t="s">
+        <x:v>1343</x:v>
+      </x:c>
+      <x:c r="K370" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
       <x:c r="L370" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12" ht="15" customHeight="1">
       <x:c r="A371" s="1">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="1" t="s">
-        <x:v>1377</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C371" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="D371" s="1" t="s">
-        <x:v>1378</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="E371" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F371" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G371" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="H371" s="1" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="I371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J371" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="K371" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L371" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12" ht="15" customHeight="1">
       <x:c r="A372" s="1">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C372" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D372" s="1" t="s">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="E372" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F372" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G372" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="H372" s="1" t="s">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="I372" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J372" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K372" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L372" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12" ht="15" customHeight="1">
       <x:c r="A373" s="1">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C373" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D373" s="1" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="E373" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F373" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G373" s="1" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="H373" s="1" t="s">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="I373" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J373" s="1" t="s">
         <x:v>1383</x:v>
       </x:c>
-      <x:c r="E373" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K373" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L373" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12" ht="15" customHeight="1">
       <x:c r="A374" s="1">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="C374" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D374" s="1" t="s">
-        <x:v>1385</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="E374" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F374" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G374" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="H374" s="1" t="s">
-        <x:v>1386</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="I374" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J374" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K374" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L374" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12" ht="15" customHeight="1">
       <x:c r="A375" s="1">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="1" t="s">
-        <x:v>1371</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C375" s="1" t="s">
-        <x:v>1271</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D375" s="1" t="s">
-        <x:v>1387</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="E375" s="1" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="F375" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G375" s="1" t="s">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="H375" s="1" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="I375" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J375" s="1" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="K375" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>747</x:v>
       </x:c>
       <x:c r="L375" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12" ht="15" customHeight="1">
       <x:c r="A376" s="1">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="1" t="s">
-        <x:v>1374</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="C376" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D376" s="1" t="s">
-        <x:v>1389</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="E376" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F376" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G376" s="1" t="s">
-        <x:v>1379</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="H376" s="1" t="s">
-        <x:v>1390</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="I376" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J376" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K376" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L376" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12" ht="15" customHeight="1">
       <x:c r="A377" s="1">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="C377" s="1" t="s">
-        <x:v>1391</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D377" s="1" t="s">
-        <x:v>1392</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="E377" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F377" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G377" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="H377" s="1" t="s">
-        <x:v>1394</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="I377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J377" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K377" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L377" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12" ht="15" customHeight="1">
       <x:c r="A378" s="1">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C378" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="D378" s="1" t="s">
-        <x:v>1395</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="E378" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F378" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G378" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H378" s="1" t="s">
-        <x:v>1396</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="I378" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J378" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K378" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L378" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12" ht="15" customHeight="1">
       <x:c r="A379" s="1">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C379" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D379" s="1" t="s">
-        <x:v>1397</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E379" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F379" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G379" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H379" s="1" t="s">
-        <x:v>1398</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="I379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J379" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K379" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L379" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12" ht="15" customHeight="1">
       <x:c r="A380" s="1">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="1" t="s">
-        <x:v>1399</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="C380" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D380" s="1" t="s">
-        <x:v>1401</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="E380" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F380" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G380" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="H380" s="1" t="s">
-        <x:v>1402</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="I380" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J380" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K380" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="L380" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12" ht="15" customHeight="1">
       <x:c r="A381" s="1">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="1" t="s">
-        <x:v>1403</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="C381" s="1" t="s">
-        <x:v>1404</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D381" s="1" t="s">
-        <x:v>1405</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="E381" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F381" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G381" s="1" t="s">
-        <x:v>1358</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="H381" s="1" t="s">
-        <x:v>1406</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="I381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J381" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K381" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L381" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12" ht="15" customHeight="1">
       <x:c r="A382" s="1">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C382" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D382" s="1" t="s">
-        <x:v>1407</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="E382" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F382" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G382" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="H382" s="1" t="s">
-        <x:v>1408</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="I382" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J382" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K382" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L382" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12" ht="15" customHeight="1">
       <x:c r="A383" s="1">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C383" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D383" s="1" t="s">
-        <x:v>1409</x:v>
+        <x:v>1417</x:v>
       </x:c>
       <x:c r="E383" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F383" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G383" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H383" s="1" t="s">
-        <x:v>1410</x:v>
+        <x:v>1418</x:v>
       </x:c>
       <x:c r="I383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J383" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K383" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L383" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12" ht="15" customHeight="1">
       <x:c r="A384" s="1">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="1" t="s">
-        <x:v>1411</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C384" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="D384" s="1" t="s">
-        <x:v>1412</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="E384" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F384" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G384" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H384" s="1" t="s">
-        <x:v>1414</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="I384" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J384" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K384" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L384" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12" ht="15" customHeight="1">
       <x:c r="A385" s="1">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="1" t="s">
-        <x:v>1415</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="C385" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D385" s="1" t="s">
-        <x:v>1416</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="E385" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F385" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G385" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H385" s="1" t="s">
-        <x:v>1417</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="I385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J385" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K385" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L385" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12" ht="15" customHeight="1">
       <x:c r="A386" s="1">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="C386" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D386" s="1" t="s">
-        <x:v>1419</x:v>
+        <x:v>1423</x:v>
       </x:c>
       <x:c r="E386" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F386" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G386" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="H386" s="1" t="s">
-        <x:v>1420</x:v>
+        <x:v>1424</x:v>
       </x:c>
       <x:c r="I386" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J386" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K386" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L386" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12" ht="15" customHeight="1">
       <x:c r="A387" s="1">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C387" s="1" t="s">
-        <x:v>1421</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="D387" s="1" t="s">
-        <x:v>1422</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="E387" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F387" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G387" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="H387" s="1" t="s">
-        <x:v>1423</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="I387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J387" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K387" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L387" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12" ht="15" customHeight="1">
       <x:c r="A388" s="1">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C388" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D388" s="1" t="s">
-        <x:v>1424</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="E388" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F388" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G388" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H388" s="1" t="s">
-        <x:v>1425</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="I388" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J388" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K388" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L388" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12" ht="15" customHeight="1">
       <x:c r="A389" s="1">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="1" t="s">
-        <x:v>1426</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C389" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D389" s="1" t="s">
-        <x:v>1427</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="E389" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F389" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G389" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H389" s="1" t="s">
-        <x:v>1428</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="I389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J389" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K389" s="1" t="s">
-        <x:v>1429</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L389" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12" ht="15" customHeight="1">
       <x:c r="A390" s="1">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="C390" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="D390" s="1" t="s">
-        <x:v>1430</x:v>
+        <x:v>1435</x:v>
       </x:c>
       <x:c r="E390" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F390" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G390" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H390" s="1" t="s">
-        <x:v>1431</x:v>
+        <x:v>1436</x:v>
       </x:c>
       <x:c r="I390" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J390" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K390" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="L390" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12" ht="15" customHeight="1">
       <x:c r="A391" s="1">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C391" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D391" s="1" t="s">
-        <x:v>1433</x:v>
+        <x:v>1437</x:v>
       </x:c>
       <x:c r="E391" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F391" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G391" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H391" s="1" t="s">
-        <x:v>1434</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="I391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J391" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K391" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L391" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12" ht="15" customHeight="1">
       <x:c r="A392" s="1">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="1" t="s">
-        <x:v>1435</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="C392" s="1" t="s">
-        <x:v>1436</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="D392" s="1" t="s">
-        <x:v>1437</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="E392" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F392" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G392" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="H392" s="1" t="s">
-        <x:v>1438</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="I392" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J392" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K392" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="L392" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12" ht="15" customHeight="1">
       <x:c r="A393" s="1">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="C393" s="1" t="s">
-        <x:v>1432</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D393" s="1" t="s">
-        <x:v>1439</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="E393" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="F393" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G393" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H393" s="1" t="s">
-        <x:v>1440</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="I393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J393" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K393" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L393" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12" ht="15" customHeight="1">
       <x:c r="A394" s="1">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="C394" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="D394" s="1" t="s">
-        <x:v>1441</x:v>
+        <x:v>1447</x:v>
       </x:c>
       <x:c r="E394" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F394" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G394" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="H394" s="1" t="s">
-        <x:v>1442</x:v>
+        <x:v>1449</x:v>
       </x:c>
       <x:c r="I394" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J394" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K394" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L394" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12" ht="15" customHeight="1">
       <x:c r="A395" s="1">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="1" t="s">
-        <x:v>1443</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="C395" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="D395" s="1" t="s">
-        <x:v>1444</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="E395" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F395" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G395" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H395" s="1" t="s">
-        <x:v>1446</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="I395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J395" s="1" t="s">
-        <x:v>1360</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="K395" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L395" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12" ht="15" customHeight="1">
       <x:c r="A396" s="1">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C396" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="D396" s="1" t="s">
-        <x:v>1448</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="E396" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F396" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G396" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H396" s="1" t="s">
-        <x:v>1450</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="I396" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J396" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K396" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L396" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12" ht="15" customHeight="1">
       <x:c r="A397" s="1">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C397" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="D397" s="1" t="s">
-        <x:v>1452</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="E397" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F397" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G397" s="1" t="s">
-        <x:v>1393</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H397" s="1" t="s">
-        <x:v>1453</x:v>
+        <x:v>1458</x:v>
       </x:c>
       <x:c r="I397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J397" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K397" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="L397" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12" ht="15" customHeight="1">
       <x:c r="A398" s="1">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C398" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="D398" s="1" t="s">
-        <x:v>1454</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="E398" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F398" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G398" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H398" s="1" t="s">
+        <x:v>1461</x:v>
+      </x:c>
+      <x:c r="I398" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J398" s="1" t="s">
         <x:v>1455</x:v>
       </x:c>
-      <x:c r="I398" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K398" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L398" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12" ht="15" customHeight="1">
       <x:c r="A399" s="1">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="1" t="s">
-        <x:v>1456</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C399" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D399" s="1" t="s">
-        <x:v>1457</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E399" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F399" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G399" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H399" s="1" t="s">
-        <x:v>1458</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="I399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J399" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K399" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L399" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12" ht="15" customHeight="1">
       <x:c r="A400" s="1">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="C400" s="1" t="s">
-        <x:v>1459</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D400" s="1" t="s">
-        <x:v>1460</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E400" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F400" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G400" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H400" s="1" t="s">
-        <x:v>1461</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="I400" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J400" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K400" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="L400" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12" ht="15" customHeight="1">
       <x:c r="A401" s="1">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C401" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="D401" s="1" t="s">
-        <x:v>1462</x:v>
+        <x:v>1469</x:v>
       </x:c>
       <x:c r="E401" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F401" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G401" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H401" s="1" t="s">
-        <x:v>1463</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="I401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J401" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K401" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L401" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12" ht="15" customHeight="1">
       <x:c r="A402" s="1">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="C402" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="D402" s="1" t="s">
-        <x:v>1464</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="E402" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F402" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G402" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H402" s="1" t="s">
-        <x:v>1465</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="I402" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J402" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K402" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L402" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12" ht="15" customHeight="1">
       <x:c r="A403" s="1">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="C403" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D403" s="1" t="s">
-        <x:v>1466</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E403" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="F403" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G403" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H403" s="1" t="s">
-        <x:v>1467</x:v>
+        <x:v>1478</x:v>
       </x:c>
       <x:c r="I403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J403" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K403" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L403" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12" ht="15" customHeight="1">
       <x:c r="A404" s="1">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="1" t="s">
-        <x:v>1468</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C404" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1479</x:v>
       </x:c>
       <x:c r="D404" s="1" t="s">
-        <x:v>1469</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="E404" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F404" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G404" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H404" s="1" t="s">
-        <x:v>1470</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="I404" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J404" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K404" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L404" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12" ht="15" customHeight="1">
       <x:c r="A405" s="1">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C405" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D405" s="1" t="s">
-        <x:v>1472</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E405" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F405" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G405" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H405" s="1" t="s">
-        <x:v>1473</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="I405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J405" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K405" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L405" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12" ht="15" customHeight="1">
       <x:c r="A406" s="1">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="1" t="s">
-        <x:v>1474</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C406" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D406" s="1" t="s">
-        <x:v>1475</x:v>
+        <x:v>1484</x:v>
       </x:c>
       <x:c r="E406" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F406" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G406" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H406" s="1" t="s">
-        <x:v>1476</x:v>
+        <x:v>1485</x:v>
       </x:c>
       <x:c r="I406" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J406" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K406" s="1" t="s">
-        <x:v>1477</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L406" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12" ht="15" customHeight="1">
       <x:c r="A407" s="1">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C407" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>1468</x:v>
       </x:c>
       <x:c r="D407" s="1" t="s">
-        <x:v>1478</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="E407" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F407" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G407" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H407" s="1" t="s">
-        <x:v>1479</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="I407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J407" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K407" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L407" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12" ht="15" customHeight="1">
       <x:c r="A408" s="1">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="1" t="s">
-        <x:v>1480</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C408" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D408" s="1" t="s">
-        <x:v>1481</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E408" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F408" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G408" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="H408" s="1" t="s">
-        <x:v>1482</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="I408" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J408" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K408" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L408" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12" ht="15" customHeight="1">
       <x:c r="A409" s="1">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="C409" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D409" s="1" t="s">
-        <x:v>1483</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="E409" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F409" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G409" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H409" s="1" t="s">
-        <x:v>1484</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="I409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J409" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K409" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="L409" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12" ht="15" customHeight="1">
       <x:c r="A410" s="1">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C410" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D410" s="1" t="s">
-        <x:v>1485</x:v>
+        <x:v>1493</x:v>
       </x:c>
       <x:c r="E410" s="1" t="s">
-        <x:v>1486</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F410" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G410" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H410" s="1" t="s">
-        <x:v>1487</x:v>
+        <x:v>1494</x:v>
       </x:c>
       <x:c r="I410" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J410" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K410" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L410" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12" ht="15" customHeight="1">
       <x:c r="A411" s="1">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="C411" s="1" t="s">
-        <x:v>1488</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D411" s="1" t="s">
-        <x:v>1489</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="E411" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F411" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G411" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H411" s="1" t="s">
-        <x:v>1490</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="I411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J411" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K411" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L411" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12" ht="15" customHeight="1">
       <x:c r="A412" s="1">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="1" t="s">
-        <x:v>1491</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C412" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D412" s="1" t="s">
-        <x:v>1492</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E412" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F412" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G412" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H412" s="1" t="s">
-        <x:v>1493</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="I412" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J412" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K412" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L412" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12" ht="15" customHeight="1">
       <x:c r="A413" s="1">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="1" t="s">
-        <x:v>1494</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C413" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="D413" s="1" t="s">
-        <x:v>1495</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="E413" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F413" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G413" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H413" s="1" t="s">
-        <x:v>1496</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="I413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J413" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K413" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L413" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12" ht="15" customHeight="1">
       <x:c r="A414" s="1">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C414" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D414" s="1" t="s">
-        <x:v>1497</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="E414" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F414" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G414" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H414" s="1" t="s">
-        <x:v>1498</x:v>
+        <x:v>1504</x:v>
       </x:c>
       <x:c r="I414" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J414" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K414" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L414" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12" ht="15" customHeight="1">
       <x:c r="A415" s="1">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>1505</x:v>
       </x:c>
       <x:c r="C415" s="1" t="s">
-        <x:v>1499</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D415" s="1" t="s">
-        <x:v>1500</x:v>
+        <x:v>1506</x:v>
       </x:c>
       <x:c r="E415" s="1" t="s">
-        <x:v>1501</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F415" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G415" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H415" s="1" t="s">
-        <x:v>1502</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="I415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J415" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K415" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="L415" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12" ht="15" customHeight="1">
       <x:c r="A416" s="1">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="C416" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D416" s="1" t="s">
-        <x:v>1505</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="E416" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="F416" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G416" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H416" s="1" t="s">
-        <x:v>1506</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="I416" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J416" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K416" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L416" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12" ht="15" customHeight="1">
       <x:c r="A417" s="1">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="C417" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D417" s="1" t="s">
-        <x:v>1507</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="E417" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F417" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G417" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H417" s="1" t="s">
-        <x:v>1508</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="I417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J417" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K417" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="L417" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12" ht="15" customHeight="1">
       <x:c r="A418" s="1">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C418" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D418" s="1" t="s">
-        <x:v>1509</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="E418" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F418" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G418" s="1" t="s">
-        <x:v>1510</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H418" s="1" t="s">
-        <x:v>1511</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="I418" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J418" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K418" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L418" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12" ht="15" customHeight="1">
       <x:c r="A419" s="1">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="1" t="s">
-        <x:v>1512</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C419" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D419" s="1" t="s">
-        <x:v>1513</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="E419" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F419" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G419" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H419" s="1" t="s">
-        <x:v>1514</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="I419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J419" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K419" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L419" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12" ht="15" customHeight="1">
       <x:c r="A420" s="1">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C420" s="1" t="s">
-        <x:v>1504</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="D420" s="1" t="s">
-        <x:v>1515</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E420" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F420" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G420" s="1" t="s">
-        <x:v>1516</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H420" s="1" t="s">
-        <x:v>1517</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="I420" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J420" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K420" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L420" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12" ht="15" customHeight="1">
       <x:c r="A421" s="1">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="C421" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="D421" s="1" t="s">
-        <x:v>1518</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="E421" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F421" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G421" s="1" t="s">
-        <x:v>1413</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H421" s="1" t="s">
-        <x:v>1519</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="I421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J421" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K421" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="L421" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12" ht="15" customHeight="1">
       <x:c r="A422" s="1">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="C422" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="D422" s="1" t="s">
-        <x:v>1520</x:v>
+        <x:v>1528</x:v>
       </x:c>
       <x:c r="E422" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="F422" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G422" s="1" t="s">
-        <x:v>1521</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H422" s="1" t="s">
-        <x:v>1522</x:v>
+        <x:v>1529</x:v>
       </x:c>
       <x:c r="I422" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J422" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K422" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L422" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12" ht="15" customHeight="1">
       <x:c r="A423" s="1">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="1" t="s">
-        <x:v>1523</x:v>
+        <x:v>1530</x:v>
       </x:c>
       <x:c r="C423" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D423" s="1" t="s">
-        <x:v>1524</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="E423" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F423" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G423" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="H423" s="1" t="s">
+        <x:v>1532</x:v>
+      </x:c>
+      <x:c r="I423" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J423" s="1" t="s">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="K423" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="L423" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12" ht="15" customHeight="1">
       <x:c r="A424" s="1">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="1" t="s">
-        <x:v>1527</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C424" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D424" s="1" t="s">
-        <x:v>1528</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="E424" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>1534</x:v>
       </x:c>
       <x:c r="F424" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G424" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H424" s="1" t="s">
-        <x:v>1530</x:v>
+        <x:v>1535</x:v>
       </x:c>
       <x:c r="I424" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J424" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K424" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="L424" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12" ht="15" customHeight="1">
       <x:c r="A425" s="1">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C425" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D425" s="1" t="s">
-        <x:v>1531</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="E425" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F425" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G425" s="1" t="s">
-        <x:v>1529</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H425" s="1" t="s">
-        <x:v>1532</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="I425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J425" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K425" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L425" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12" ht="15" customHeight="1">
       <x:c r="A426" s="1">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="1" t="s">
-        <x:v>1533</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C426" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="D426" s="1" t="s">
-        <x:v>1534</x:v>
+        <x:v>1538</x:v>
       </x:c>
       <x:c r="E426" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1539</x:v>
       </x:c>
       <x:c r="F426" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G426" s="1" t="s">
-        <x:v>1535</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H426" s="1" t="s">
-        <x:v>1536</x:v>
+        <x:v>1540</x:v>
       </x:c>
       <x:c r="I426" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J426" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K426" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="L426" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12" ht="15" customHeight="1">
       <x:c r="A427" s="1">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C427" s="1" t="s">
-        <x:v>1537</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D427" s="1" t="s">
-        <x:v>1538</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="E427" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F427" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G427" s="1" t="s">
-        <x:v>1539</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H427" s="1" t="s">
-        <x:v>1540</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="I427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J427" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K427" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L427" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12" ht="15" customHeight="1">
       <x:c r="A428" s="1">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C428" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D428" s="1" t="s">
-        <x:v>1541</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="E428" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F428" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G428" s="1" t="s">
-        <x:v>1542</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="H428" s="1" t="s">
-        <x:v>1543</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="I428" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J428" s="1" t="s">
-        <x:v>1451</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K428" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L428" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12" ht="15" customHeight="1">
       <x:c r="A429" s="1">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="C429" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="D429" s="1" t="s">
-        <x:v>1545</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="E429" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F429" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G429" s="1" t="s">
-        <x:v>1546</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="H429" s="1" t="s">
-        <x:v>1547</x:v>
+        <x:v>1549</x:v>
       </x:c>
       <x:c r="I429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J429" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K429" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L429" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12" ht="15" customHeight="1">
       <x:c r="A430" s="1">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>1550</x:v>
       </x:c>
       <x:c r="C430" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D430" s="1" t="s">
-        <x:v>1549</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="E430" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F430" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G430" s="1" t="s">
-        <x:v>1550</x:v>
+        <x:v>1448</x:v>
       </x:c>
       <x:c r="H430" s="1" t="s">
-        <x:v>1551</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="I430" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J430" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K430" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L430" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12" ht="15" customHeight="1">
       <x:c r="A431" s="1">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C431" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D431" s="1" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="E431" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F431" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G431" s="1" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="H431" s="1" t="s">
         <x:v>1554</x:v>
       </x:c>
-      <x:c r="F431" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J431" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K431" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L431" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12" ht="15" customHeight="1">
       <x:c r="A432" s="1">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="C432" s="1" t="s">
+        <x:v>1527</x:v>
+      </x:c>
+      <x:c r="D432" s="1" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="E432" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F432" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G432" s="1" t="s">
         <x:v>1556</x:v>
       </x:c>
-      <x:c r="C432" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D432" s="1" t="s">
+      <x:c r="H432" s="1" t="s">
         <x:v>1557</x:v>
       </x:c>
-      <x:c r="E432" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I432" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J432" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K432" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L432" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12" ht="15" customHeight="1">
       <x:c r="A433" s="1">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C433" s="1" t="s">
-        <x:v>1318</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D433" s="1" t="s">
+        <x:v>1558</x:v>
+      </x:c>
+      <x:c r="E433" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="F433" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G433" s="1" t="s">
         <x:v>1559</x:v>
       </x:c>
-      <x:c r="E433" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G433" s="1" t="s">
+      <x:c r="H433" s="1" t="s">
         <x:v>1560</x:v>
       </x:c>
-      <x:c r="H433" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J433" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K433" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L433" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12" ht="15" customHeight="1">
       <x:c r="A434" s="1">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="1" t="s">
+        <x:v>1561</x:v>
+      </x:c>
+      <x:c r="C434" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="D434" s="1" t="s">
         <x:v>1562</x:v>
       </x:c>
-      <x:c r="C434" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D434" s="1" t="s">
+      <x:c r="E434" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F434" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G434" s="1" t="s">
         <x:v>1563</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1550</x:v>
       </x:c>
       <x:c r="H434" s="1" t="s">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="I434" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J434" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K434" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L434" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12" ht="15" customHeight="1">
       <x:c r="A435" s="1">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="C435" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D435" s="1" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="E435" s="1" t="s">
-        <x:v>1566</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F435" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G435" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="H435" s="1" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="I435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J435" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K435" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L435" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12" ht="15" customHeight="1">
       <x:c r="A436" s="1">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="1" t="s">
-        <x:v>1544</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C436" s="1" t="s">
-        <x:v>1568</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D436" s="1" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="E436" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F436" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G436" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="H436" s="1" t="s">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="I436" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J436" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K436" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L436" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12" ht="15" customHeight="1">
       <x:c r="A437" s="1">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="C437" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D437" s="1" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E437" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F437" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G437" s="1" t="s">
-        <x:v>1560</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="H437" s="1" t="s">
-        <x:v>1572</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="I437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J437" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K437" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="L437" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12" ht="15" customHeight="1">
       <x:c r="A438" s="1">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C438" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="D438" s="1" t="s">
-        <x:v>1573</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="E438" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F438" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G438" s="1" t="s">
-        <x:v>1369</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="H438" s="1" t="s">
-        <x:v>1574</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="I438" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J438" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="K438" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L438" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12" ht="15" customHeight="1">
       <x:c r="A439" s="1">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C439" s="1" t="s">
-        <x:v>1301</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="D439" s="1" t="s">
-        <x:v>1575</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="E439" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="F439" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G439" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="H439" s="1" t="s">
-        <x:v>1577</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="I439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J439" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K439" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L439" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12" ht="15" customHeight="1">
       <x:c r="A440" s="1">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="C440" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D440" s="1" t="s">
-        <x:v>1578</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="E440" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F440" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G440" s="1" t="s">
-        <x:v>1576</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="H440" s="1" t="s">
-        <x:v>1579</x:v>
+        <x:v>1586</x:v>
       </x:c>
       <x:c r="I440" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J440" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K440" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="L440" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12" ht="15" customHeight="1">
       <x:c r="A441" s="1">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="1" t="s">
-        <x:v>1580</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C441" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D441" s="1" t="s">
-        <x:v>1581</x:v>
+        <x:v>1587</x:v>
       </x:c>
       <x:c r="E441" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F441" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G441" s="1" t="s">
+        <x:v>1588</x:v>
+      </x:c>
+      <x:c r="H441" s="1" t="s">
+        <x:v>1589</x:v>
+      </x:c>
+      <x:c r="I441" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J441" s="1" t="s">
         <x:v>1582</x:v>
       </x:c>
-      <x:c r="G441" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="K441" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L441" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12" ht="15" customHeight="1">
       <x:c r="A442" s="1">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="1" t="s">
-        <x:v>1586</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C442" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="D442" s="1" t="s">
-        <x:v>1587</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="E442" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="F442" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G442" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1585</x:v>
       </x:c>
       <x:c r="H442" s="1" t="s">
-        <x:v>1589</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="I442" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J442" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K442" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L442" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12" ht="15" customHeight="1">
       <x:c r="A443" s="1">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="1" t="s">
-        <x:v>1590</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="C443" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D443" s="1" t="s">
-        <x:v>1591</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="E443" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F443" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G443" s="1" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="H443" s="1" t="s">
-        <x:v>1592</x:v>
+        <x:v>1596</x:v>
       </x:c>
       <x:c r="I443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J443" s="1" t="s">
-        <x:v>1548</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K443" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L443" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12" ht="15" customHeight="1">
       <x:c r="A444" s="1">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C444" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="D444" s="1" t="s">
-        <x:v>1594</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="E444" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="F444" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G444" s="1" t="s">
-        <x:v>1588</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="H444" s="1" t="s">
-        <x:v>1595</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="I444" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J444" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K444" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L444" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12" ht="15" customHeight="1">
       <x:c r="A445" s="1">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="C445" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D445" s="1" t="s">
-        <x:v>1597</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="E445" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F445" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G445" s="1" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="H445" s="1" t="s">
-        <x:v>1598</x:v>
+        <x:v>1602</x:v>
       </x:c>
       <x:c r="I445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J445" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K445" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="L445" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12" ht="15" customHeight="1">
       <x:c r="A446" s="1">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C446" s="1" t="s">
-        <x:v>1552</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="D446" s="1" t="s">
-        <x:v>1599</x:v>
+        <x:v>1603</x:v>
       </x:c>
       <x:c r="E446" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="F446" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G446" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="H446" s="1" t="s">
-        <x:v>1601</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="I446" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J446" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K446" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L446" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12" ht="15" customHeight="1">
       <x:c r="A447" s="1">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="1" t="s">
-        <x:v>1602</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="C447" s="1" t="s">
-        <x:v>1603</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="D447" s="1" t="s">
-        <x:v>1604</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="E447" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F447" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G447" s="1" t="s">
-        <x:v>1600</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="H447" s="1" t="s">
-        <x:v>1605</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="I447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J447" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K447" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="L447" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12" ht="15" customHeight="1">
       <x:c r="A448" s="1">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="1" t="s">
-        <x:v>1606</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="C448" s="1" t="s">
-        <x:v>1607</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D448" s="1" t="s">
-        <x:v>1608</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="E448" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F448" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G448" s="1" t="s">
-        <x:v>1609</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="H448" s="1" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="I448" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J448" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K448" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L448" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12" ht="15" customHeight="1">
       <x:c r="A449" s="1">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="C449" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D449" s="1" t="s">
         <x:v>1611</x:v>
       </x:c>
-      <x:c r="C449" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D449" s="1" t="s">
+      <x:c r="E449" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F449" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G449" s="1" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="H449" s="1" t="s">
         <x:v>1612</x:v>
       </x:c>
-      <x:c r="E449" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J449" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K449" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L449" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12" ht="15" customHeight="1">
       <x:c r="A450" s="1">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="C450" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="D450" s="1" t="s">
+        <x:v>1613</x:v>
+      </x:c>
+      <x:c r="E450" s="1" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="F450" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G450" s="1" t="s">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="H450" s="1" t="s">
         <x:v>1615</x:v>
       </x:c>
-      <x:c r="E450" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I450" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J450" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K450" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L450" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12" ht="15" customHeight="1">
       <x:c r="A451" s="1">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C451" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="D451" s="1" t="s">
+        <x:v>1616</x:v>
+      </x:c>
+      <x:c r="E451" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F451" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G451" s="1" t="s">
+        <x:v>1614</x:v>
+      </x:c>
+      <x:c r="H451" s="1" t="s">
         <x:v>1617</x:v>
       </x:c>
-      <x:c r="C451" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J451" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K451" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L451" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12" ht="15" customHeight="1">
       <x:c r="A452" s="1">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B452" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C452" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D452" s="1" t="s">
-        <x:v>1621</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="E452" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="F452" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G452" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="H452" s="1" t="s">
-        <x:v>1622</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="I452" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J452" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="K452" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L452" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12" ht="15" customHeight="1">
       <x:c r="A453" s="1">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B453" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="C453" s="1" t="s">
+        <x:v>1077</x:v>
+      </x:c>
+      <x:c r="D453" s="1" t="s">
+        <x:v>1622</x:v>
+      </x:c>
+      <x:c r="E453" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F453" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G453" s="1" t="s">
         <x:v>1623</x:v>
       </x:c>
-      <x:c r="D453" s="1" t="s">
+      <x:c r="H453" s="1" t="s">
         <x:v>1624</x:v>
       </x:c>
-      <x:c r="E453" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H453" s="1" t="s">
+      <x:c r="I453" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J453" s="1" t="s">
         <x:v>1625</x:v>
       </x:c>
-      <x:c r="I453" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K453" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="L453" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12" ht="15" customHeight="1">
       <x:c r="A454" s="1">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B454" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>1626</x:v>
       </x:c>
       <x:c r="C454" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D454" s="1" t="s">
-        <x:v>1626</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="E454" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F454" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G454" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="H454" s="1" t="s">
-        <x:v>1627</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="I454" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J454" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K454" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L454" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12" ht="15" customHeight="1">
       <x:c r="A455" s="1">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B455" s="1" t="s">
-        <x:v>1628</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C455" s="1" t="s">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="D455" s="1" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="E455" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F455" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G455" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1623</x:v>
       </x:c>
       <x:c r="H455" s="1" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="I455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J455" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K455" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L455" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12" ht="15" customHeight="1">
       <x:c r="A456" s="1">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B456" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C456" s="1" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D456" s="1" t="s">
         <x:v>1632</x:v>
       </x:c>
-      <x:c r="C456" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D456" s="1" t="s">
+      <x:c r="E456" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F456" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G456" s="1" t="s">
+        <x:v>1623</x:v>
+      </x:c>
+      <x:c r="H456" s="1" t="s">
         <x:v>1633</x:v>
       </x:c>
-      <x:c r="E456" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I456" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J456" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K456" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L456" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12" ht="15" customHeight="1">
       <x:c r="A457" s="1">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B457" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="C457" s="1" t="s">
-        <x:v>1400</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="D457" s="1" t="s">
-        <x:v>1635</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="E457" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F457" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G457" s="1" t="s">
-        <x:v>1619</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="H457" s="1" t="s">
-        <x:v>1636</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="I457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J457" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K457" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L457" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12" ht="15" customHeight="1">
       <x:c r="A458" s="1">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B458" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C458" s="1" t="s">
+        <x:v>1590</x:v>
+      </x:c>
+      <x:c r="D458" s="1" t="s">
+        <x:v>1639</x:v>
+      </x:c>
+      <x:c r="E458" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F458" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G458" s="1" t="s">
         <x:v>1637</x:v>
       </x:c>
-      <x:c r="C458" s="1" t="s">
-[...11 lines deleted...]
-      <x:c r="G458" s="1" t="s">
+      <x:c r="H458" s="1" t="s">
         <x:v>1640</x:v>
       </x:c>
-      <x:c r="H458" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I458" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J458" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K458" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L458" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12" ht="15" customHeight="1">
       <x:c r="A459" s="1">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B459" s="1" t="s">
+        <x:v>1641</x:v>
+      </x:c>
+      <x:c r="C459" s="1" t="s">
         <x:v>1642</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>602</x:v>
       </x:c>
       <x:c r="D459" s="1" t="s">
         <x:v>1643</x:v>
       </x:c>
       <x:c r="E459" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F459" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G459" s="1" t="s">
         <x:v>1644</x:v>
       </x:c>
       <x:c r="H459" s="1" t="s">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="I459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J459" s="1" t="s">
-        <x:v>1596</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K459" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L459" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12" ht="15" customHeight="1">
       <x:c r="A460" s="1">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B460" s="1" t="s">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="C460" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D460" s="1" t="s">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="E460" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F460" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G460" s="1" t="s">
-        <x:v>1644</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="H460" s="1" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="I460" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J460" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K460" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L460" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12" ht="15" customHeight="1">
       <x:c r="A461" s="1">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B461" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C461" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D461" s="1" t="s">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="E461" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F461" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G461" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="H461" s="1" t="s">
         <x:v>1651</x:v>
       </x:c>
-      <x:c r="H461" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J461" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K461" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L461" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12" ht="15" customHeight="1">
       <x:c r="A462" s="1">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B462" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="C462" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D462" s="1" t="s">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="E462" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F462" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G462" s="1" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="H462" s="1" t="s">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="I462" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J462" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K462" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L462" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12" ht="15" customHeight="1">
       <x:c r="A463" s="1">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B463" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C463" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D463" s="1" t="s">
         <x:v>1656</x:v>
       </x:c>
-      <x:c r="D463" s="1" t="s">
+      <x:c r="E463" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F463" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G463" s="1" t="s">
+        <x:v>1654</x:v>
+      </x:c>
+      <x:c r="H463" s="1" t="s">
         <x:v>1657</x:v>
       </x:c>
-      <x:c r="E463" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J463" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K463" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L463" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12" ht="15" customHeight="1">
       <x:c r="A464" s="1">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B464" s="1" t="s">
-        <x:v>1660</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C464" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D464" s="1" t="s">
-        <x:v>1662</x:v>
+        <x:v>1658</x:v>
       </x:c>
       <x:c r="E464" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F464" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G464" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="H464" s="1" t="s">
-        <x:v>1664</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="I464" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J464" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K464" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L464" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12" ht="15" customHeight="1">
       <x:c r="A465" s="1">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B465" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="C465" s="1" t="s">
-        <x:v>1665</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="D465" s="1" t="s">
-        <x:v>1666</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="E465" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F465" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G465" s="1" t="s">
-        <x:v>1658</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="H465" s="1" t="s">
-        <x:v>1667</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="I465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J465" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K465" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L465" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12" ht="15" customHeight="1">
       <x:c r="A466" s="1">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B466" s="1" t="s">
-        <x:v>1668</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="C466" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="D466" s="1" t="s">
-        <x:v>1669</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E466" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F466" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G466" s="1" t="s">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="H466" s="1" t="s">
-        <x:v>1670</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="I466" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J466" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K466" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L466" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12" ht="15" customHeight="1">
       <x:c r="A467" s="1">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B467" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="C467" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D467" s="1" t="s">
+        <x:v>1668</x:v>
+      </x:c>
+      <x:c r="E467" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F467" s="1" t="s">
+        <x:v>1669</x:v>
+      </x:c>
+      <x:c r="G467" s="1" t="s">
+        <x:v>1670</x:v>
+      </x:c>
+      <x:c r="H467" s="1" t="s">
         <x:v>1671</x:v>
       </x:c>
-      <x:c r="D467" s="1" t="s">
+      <x:c r="I467" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J467" s="1" t="s">
+        <x:v>1625</x:v>
+      </x:c>
+      <x:c r="K467" s="1" t="s">
         <x:v>1672</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="L467" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12" ht="15" customHeight="1">
       <x:c r="A468" s="1">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B468" s="1" t="s">
-        <x:v>1447</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C468" s="1" t="s">
+        <x:v>1120</x:v>
+      </x:c>
+      <x:c r="D468" s="1" t="s">
+        <x:v>1673</x:v>
+      </x:c>
+      <x:c r="E468" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F468" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G468" s="1" t="s">
+        <x:v>1598</x:v>
+      </x:c>
+      <x:c r="H468" s="1" t="s">
         <x:v>1674</x:v>
       </x:c>
-      <x:c r="D468" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I468" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J468" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K468" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L468" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12" ht="15" customHeight="1">
       <x:c r="A469" s="1">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B469" s="1" t="s">
+        <x:v>1675</x:v>
+      </x:c>
+      <x:c r="C469" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D469" s="1" t="s">
+        <x:v>1676</x:v>
+      </x:c>
+      <x:c r="E469" s="1" t="s">
+        <x:v>1677</x:v>
+      </x:c>
+      <x:c r="F469" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G469" s="1" t="s">
         <x:v>1678</x:v>
       </x:c>
-      <x:c r="C469" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D469" s="1" t="s">
+      <x:c r="H469" s="1" t="s">
         <x:v>1679</x:v>
       </x:c>
-      <x:c r="E469" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J469" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K469" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="L469" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12" ht="15" customHeight="1">
       <x:c r="A470" s="1">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B470" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>1680</x:v>
       </x:c>
       <x:c r="C470" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D470" s="1" t="s">
         <x:v>1681</x:v>
       </x:c>
       <x:c r="E470" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F470" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G470" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="H470" s="1" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="I470" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J470" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1625</x:v>
       </x:c>
       <x:c r="K470" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="L470" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12" ht="15" customHeight="1">
       <x:c r="A471" s="1">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B471" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C471" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="D471" s="1" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="E471" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F471" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G471" s="1" t="s">
-        <x:v>1676</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="H471" s="1" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="I471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J471" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K471" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L471" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12" ht="15" customHeight="1">
       <x:c r="A472" s="1">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B472" s="1" t="s">
-        <x:v>1685</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="C472" s="1" t="s">
-        <x:v>1593</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D472" s="1" t="s">
+        <x:v>1688</x:v>
+      </x:c>
+      <x:c r="E472" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F472" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G472" s="1" t="s">
+        <x:v>1682</x:v>
+      </x:c>
+      <x:c r="H472" s="1" t="s">
+        <x:v>1689</x:v>
+      </x:c>
+      <x:c r="I472" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J472" s="1" t="s">
         <x:v>1686</x:v>
       </x:c>
-      <x:c r="E472" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K472" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L472" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12" ht="15" customHeight="1">
       <x:c r="A473" s="1">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B473" s="1" t="s">
-        <x:v>1689</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C473" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D473" s="1" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="E473" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F473" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G473" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="H473" s="1" t="s">
-        <x:v>1691</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="I473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J473" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K473" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L473" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12" ht="15" customHeight="1">
       <x:c r="A474" s="1">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B474" s="1" t="s">
-        <x:v>1363</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C474" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D474" s="1" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="E474" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F474" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G474" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="H474" s="1" t="s">
-        <x:v>1694</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="I474" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J474" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K474" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L474" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12" ht="15" customHeight="1">
       <x:c r="A475" s="1">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B475" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C475" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="D475" s="1" t="s">
-        <x:v>1696</x:v>
+        <x:v>1697</x:v>
       </x:c>
       <x:c r="E475" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F475" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G475" s="1" t="s">
-        <x:v>1687</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="H475" s="1" t="s">
-        <x:v>1697</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="I475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J475" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K475" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L475" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12" ht="15" customHeight="1">
       <x:c r="A476" s="1">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B476" s="1" t="s">
+        <x:v>1700</x:v>
+      </x:c>
+      <x:c r="C476" s="1" t="s">
+        <x:v>1701</x:v>
+      </x:c>
+      <x:c r="D476" s="1" t="s">
+        <x:v>1702</x:v>
+      </x:c>
+      <x:c r="E476" s="1" t="s">
+        <x:v>1703</x:v>
+      </x:c>
+      <x:c r="F476" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G476" s="1" t="s">
         <x:v>1698</x:v>
       </x:c>
-      <x:c r="C476" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H476" s="1" t="s">
-        <x:v>1700</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="I476" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J476" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K476" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="L476" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12" ht="15" customHeight="1">
       <x:c r="A477" s="1">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B477" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="C477" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D477" s="1" t="s">
-        <x:v>1701</x:v>
+        <x:v>1706</x:v>
       </x:c>
       <x:c r="E477" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F477" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G477" s="1" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="H477" s="1" t="s">
-        <x:v>1702</x:v>
+        <x:v>1707</x:v>
       </x:c>
       <x:c r="I477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J477" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K477" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="L477" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12" ht="15" customHeight="1">
       <x:c r="A478" s="1">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B478" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C478" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1708</x:v>
       </x:c>
       <x:c r="D478" s="1" t="s">
-        <x:v>1703</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E478" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F478" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G478" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1698</x:v>
       </x:c>
       <x:c r="H478" s="1" t="s">
-        <x:v>1705</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="I478" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J478" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K478" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L478" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12" ht="15" customHeight="1">
       <x:c r="A479" s="1">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B479" s="1" t="s">
-        <x:v>1706</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C479" s="1" t="s">
-        <x:v>1471</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="D479" s="1" t="s">
-        <x:v>1707</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="E479" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F479" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G479" s="1" t="s">
-        <x:v>1654</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="H479" s="1" t="s">
-        <x:v>1708</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="I479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J479" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K479" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="L479" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12" ht="15" customHeight="1">
       <x:c r="A480" s="1">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B480" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="C480" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="D480" s="1" t="s">
-        <x:v>1709</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="E480" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F480" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G480" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="H480" s="1" t="s">
-        <x:v>1710</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="I480" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J480" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K480" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L480" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12" ht="15" customHeight="1">
       <x:c r="A481" s="1">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B481" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="C481" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="D481" s="1" t="s">
-        <x:v>1711</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="E481" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F481" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G481" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="H481" s="1" t="s">
-        <x:v>1712</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="I481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J481" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K481" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L481" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12" ht="15" customHeight="1">
       <x:c r="A482" s="1">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B482" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C482" s="1" t="s">
-        <x:v>1713</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D482" s="1" t="s">
-        <x:v>1714</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="E482" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F482" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G482" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="H482" s="1" t="s">
-        <x:v>1715</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="I482" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J482" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K482" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="L482" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12" ht="15" customHeight="1">
       <x:c r="A483" s="1">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B483" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C483" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D483" s="1" t="s">
+        <x:v>1723</x:v>
+      </x:c>
+      <x:c r="E483" s="1" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="F483" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G483" s="1" t="s">
         <x:v>1716</x:v>
       </x:c>
-      <x:c r="D483" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H483" s="1" t="s">
-        <x:v>1718</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="I483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J483" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K483" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L483" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12" ht="15" customHeight="1">
       <x:c r="A484" s="1">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B484" s="1" t="s">
-        <x:v>1719</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C484" s="1" t="s">
-        <x:v>1695</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D484" s="1" t="s">
-        <x:v>1720</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E484" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F484" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G484" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="H484" s="1" t="s">
-        <x:v>1721</x:v>
+        <x:v>1727</x:v>
       </x:c>
       <x:c r="I484" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J484" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K484" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="L484" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12" ht="15" customHeight="1">
       <x:c r="A485" s="1">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B485" s="1" t="s">
-        <x:v>1722</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="C485" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D485" s="1" t="s">
-        <x:v>1723</x:v>
+        <x:v>1729</x:v>
       </x:c>
       <x:c r="E485" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F485" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G485" s="1" t="s">
+        <x:v>1730</x:v>
+      </x:c>
+      <x:c r="H485" s="1" t="s">
+        <x:v>1731</x:v>
+      </x:c>
+      <x:c r="I485" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J485" s="1" t="s">
+        <x:v>1686</x:v>
+      </x:c>
+      <x:c r="K485" s="1" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>478</x:v>
       </x:c>
       <x:c r="L485" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12" ht="15" customHeight="1">
       <x:c r="A486" s="1">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B486" s="1" t="s">
-        <x:v>1725</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="C486" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D486" s="1" t="s">
-        <x:v>1726</x:v>
+        <x:v>1732</x:v>
       </x:c>
       <x:c r="E486" s="1" t="s">
-        <x:v>1449</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F486" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G486" s="1" t="s">
-        <x:v>1727</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="H486" s="1" t="s">
-        <x:v>1728</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="I486" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J486" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K486" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L486" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12" ht="15" customHeight="1">
       <x:c r="A487" s="1">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B487" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C487" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="D487" s="1" t="s">
-        <x:v>1729</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="E487" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F487" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G487" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="H487" s="1" t="s">
-        <x:v>1730</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="I487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J487" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K487" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L487" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12" ht="15" customHeight="1">
       <x:c r="A488" s="1">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B488" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="C488" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>1629</x:v>
       </x:c>
       <x:c r="D488" s="1" t="s">
-        <x:v>1731</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="E488" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F488" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G488" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="H488" s="1" t="s">
-        <x:v>1732</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="I488" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J488" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K488" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L488" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12" ht="15" customHeight="1">
       <x:c r="A489" s="1">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B489" s="1" t="s">
-        <x:v>1678</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="C489" s="1" t="s">
-        <x:v>1733</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D489" s="1" t="s">
-        <x:v>1734</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="E489" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F489" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G489" s="1" t="s">
-        <x:v>1704</x:v>
+        <x:v>1730</x:v>
       </x:c>
       <x:c r="H489" s="1" t="s">
-        <x:v>1735</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="I489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J489" s="1" t="s">
-        <x:v>1649</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K489" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L489" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12" ht="15" customHeight="1">
       <x:c r="A490" s="1">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B490" s="1" t="s">
-        <x:v>1736</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C490" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D490" s="1" t="s">
-        <x:v>1737</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="E490" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F490" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G490" s="1" t="s">
-        <x:v>1738</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="H490" s="1" t="s">
-        <x:v>1739</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="I490" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J490" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K490" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L490" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12" ht="15" customHeight="1">
       <x:c r="A491" s="1">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B491" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C491" s="1" t="s">
-        <x:v>1418</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D491" s="1" t="s">
-        <x:v>1741</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="E491" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F491" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G491" s="1" t="s">
-        <x:v>1742</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H491" s="1" t="s">
-        <x:v>1743</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="I491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J491" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K491" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="L491" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12" ht="15" customHeight="1">
       <x:c r="A492" s="1">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B492" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="C492" s="1" t="s">
-        <x:v>1661</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="D492" s="1" t="s">
-        <x:v>1745</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="E492" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F492" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G492" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="H492" s="1" t="s">
-        <x:v>1747</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="I492" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J492" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K492" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L492" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12" ht="15" customHeight="1">
       <x:c r="A493" s="1">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B493" s="1" t="s">
-        <x:v>1744</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C493" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D493" s="1" t="s">
-        <x:v>1748</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="E493" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F493" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G493" s="1" t="s">
-        <x:v>1746</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="H493" s="1" t="s">
-        <x:v>1749</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="I493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J493" s="1" t="s">
-        <x:v>1740</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K493" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L493" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12" ht="15" customHeight="1">
       <x:c r="A494" s="1">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B494" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C494" s="1" t="s">
-        <x:v>1750</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="D494" s="1" t="s">
-        <x:v>1751</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="E494" s="1" t="s">
-        <x:v>1663</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F494" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G494" s="1" t="s">
-        <x:v>1752</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H494" s="1" t="s">
-        <x:v>1753</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="I494" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J494" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K494" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L494" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12" ht="15" customHeight="1">
       <x:c r="A495" s="1">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B495" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="C495" s="1" t="s">
-        <x:v>1755</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="D495" s="1" t="s">
-        <x:v>1756</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="E495" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F495" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G495" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H495" s="1" t="s">
-        <x:v>1758</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="I495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J495" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K495" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="L495" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12" ht="15" customHeight="1">
       <x:c r="A496" s="1">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B496" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="C496" s="1" t="s">
-        <x:v>1759</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D496" s="1" t="s">
-        <x:v>1760</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="E496" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>1477</x:v>
       </x:c>
       <x:c r="F496" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G496" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="H496" s="1" t="s">
-        <x:v>1761</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="I496" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J496" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K496" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L496" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12" ht="15" customHeight="1">
       <x:c r="A497" s="1">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B497" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C497" s="1" t="s">
-        <x:v>1762</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D497" s="1" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="E497" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F497" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G497" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H497" s="1" t="s">
-        <x:v>1764</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="I497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J497" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K497" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L497" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12" ht="15" customHeight="1">
       <x:c r="A498" s="1">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B498" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C498" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D498" s="1" t="s">
-        <x:v>1765</x:v>
+        <x:v>1766</x:v>
       </x:c>
       <x:c r="E498" s="1" t="s">
-        <x:v>1445</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F498" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G498" s="1" t="s">
-        <x:v>1757</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H498" s="1" t="s">
-        <x:v>1766</x:v>
+        <x:v>1767</x:v>
       </x:c>
       <x:c r="I498" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J498" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K498" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L498" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12" ht="15" customHeight="1">
       <x:c r="A499" s="1">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B499" s="1" t="s">
-        <x:v>1767</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="C499" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D499" s="1" t="s">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="E499" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F499" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G499" s="1" t="s">
-        <x:v>1769</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H499" s="1" t="s">
         <x:v>1770</x:v>
       </x:c>
       <x:c r="I499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J499" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K499" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L499" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12" ht="15" customHeight="1">
       <x:c r="A500" s="1">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B500" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C500" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="D500" s="1" t="s">
         <x:v>1771</x:v>
       </x:c>
-      <x:c r="C500" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D500" s="1" t="s">
+      <x:c r="E500" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="F500" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G500" s="1" t="s">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="H500" s="1" t="s">
         <x:v>1772</x:v>
       </x:c>
-      <x:c r="E500" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I500" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J500" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K500" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L500" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12" ht="15" customHeight="1">
       <x:c r="A501" s="1">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B501" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C501" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D501" s="1" t="s">
+        <x:v>1773</x:v>
+      </x:c>
+      <x:c r="E501" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F501" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G501" s="1" t="s">
+        <x:v>1747</x:v>
+      </x:c>
+      <x:c r="H501" s="1" t="s">
         <x:v>1774</x:v>
       </x:c>
-      <x:c r="D501" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J501" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K501" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="L501" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12" ht="15" customHeight="1">
       <x:c r="A502" s="1">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B502" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C502" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="D502" s="1" t="s">
-        <x:v>1778</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="E502" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F502" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G502" s="1" t="s">
-        <x:v>1779</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H502" s="1" t="s">
-        <x:v>1780</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="I502" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J502" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K502" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L502" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12" ht="15" customHeight="1">
       <x:c r="A503" s="1">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B503" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="C503" s="1" t="s">
-        <x:v>1774</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="D503" s="1" t="s">
-        <x:v>1781</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="E503" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F503" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G503" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="H503" s="1" t="s">
-        <x:v>1783</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="I503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J503" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="K503" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L503" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12" ht="15" customHeight="1">
       <x:c r="A504" s="1">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B504" s="1" t="s">
+        <x:v>1781</x:v>
+      </x:c>
+      <x:c r="C504" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D504" s="1" t="s">
+        <x:v>1782</x:v>
+      </x:c>
+      <x:c r="E504" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F504" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G504" s="1" t="s">
+        <x:v>1783</x:v>
+      </x:c>
+      <x:c r="H504" s="1" t="s">
         <x:v>1784</x:v>
       </x:c>
-      <x:c r="C504" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D504" s="1" t="s">
+      <x:c r="I504" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J504" s="1" t="s">
         <x:v>1785</x:v>
       </x:c>
-      <x:c r="E504" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K504" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L504" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12" ht="15" customHeight="1">
       <x:c r="A505" s="1">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B505" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C505" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="D505" s="1" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="E505" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F505" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G505" s="1" t="s">
         <x:v>1787</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1782</x:v>
       </x:c>
       <x:c r="H505" s="1" t="s">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="I505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J505" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="K505" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L505" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12" ht="15" customHeight="1">
       <x:c r="A506" s="1">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B506" s="1" t="s">
-        <x:v>1503</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="C506" s="1" t="s">
-        <x:v>1789</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="D506" s="1" t="s">
         <x:v>1790</x:v>
       </x:c>
       <x:c r="E506" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F506" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G506" s="1" t="s">
-        <x:v>1782</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="H506" s="1" t="s">
-        <x:v>1791</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="I506" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J506" s="1" t="s">
-        <x:v>1754</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="K506" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L506" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12" ht="15" customHeight="1">
       <x:c r="A507" s="1">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B507" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="C507" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D507" s="1" t="s">
-        <x:v>1792</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="E507" s="1" t="s">
-        <x:v>1793</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F507" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G507" s="1" t="s">
+        <x:v>1791</x:v>
+      </x:c>
+      <x:c r="H507" s="1" t="s">
         <x:v>1794</x:v>
       </x:c>
-      <x:c r="H507" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J507" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1785</x:v>
       </x:c>
       <x:c r="K507" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L507" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12" ht="15" customHeight="1">
       <x:c r="A508" s="1">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B508" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C508" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="D508" s="1" t="s">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="E508" s="1" t="s">
+        <x:v>1703</x:v>
+      </x:c>
+      <x:c r="F508" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G508" s="1" t="s">
         <x:v>1797</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>365</x:v>
       </x:c>
       <x:c r="H508" s="1" t="s">
         <x:v>1798</x:v>
       </x:c>
       <x:c r="I508" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J508" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K508" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L508" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12" ht="15" customHeight="1">
       <x:c r="A509" s="1">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B509" s="1" t="s">
-        <x:v>1267</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="C509" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="D509" s="1" t="s">
+        <x:v>1801</x:v>
+      </x:c>
+      <x:c r="E509" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F509" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G509" s="1" t="s">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="H509" s="1" t="s">
+        <x:v>1803</x:v>
+      </x:c>
+      <x:c r="I509" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J509" s="1" t="s">
         <x:v>1799</x:v>
       </x:c>
-      <x:c r="E509" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K509" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L509" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12" ht="15" customHeight="1">
       <x:c r="A510" s="1">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B510" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C510" s="1" t="s">
+        <x:v>1804</x:v>
+      </x:c>
+      <x:c r="D510" s="1" t="s">
+        <x:v>1805</x:v>
+      </x:c>
+      <x:c r="E510" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F510" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G510" s="1" t="s">
         <x:v>1802</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>1805</x:v>
       </x:c>
       <x:c r="H510" s="1" t="s">
         <x:v>1806</x:v>
       </x:c>
       <x:c r="I510" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J510" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K510" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L510" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12" ht="15" customHeight="1">
       <x:c r="A511" s="1">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B511" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C511" s="1" t="s">
-        <x:v>1308</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="D511" s="1" t="s">
-        <x:v>1807</x:v>
+        <x:v>1808</x:v>
       </x:c>
       <x:c r="E511" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F511" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G511" s="1" t="s">
-        <x:v>1805</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="H511" s="1" t="s">
-        <x:v>1808</x:v>
+        <x:v>1809</x:v>
       </x:c>
       <x:c r="I511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J511" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K511" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L511" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12" ht="15" customHeight="1">
       <x:c r="A512" s="1">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B512" s="1" t="s">
-        <x:v>1809</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C512" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="D512" s="1" t="s">
         <x:v>1810</x:v>
       </x:c>
-      <x:c r="D512" s="1" t="s">
+      <x:c r="E512" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="F512" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G512" s="1" t="s">
+        <x:v>1802</x:v>
+      </x:c>
+      <x:c r="H512" s="1" t="s">
         <x:v>1811</x:v>
       </x:c>
-      <x:c r="E512" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I512" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J512" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K512" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="L512" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12" ht="15" customHeight="1">
       <x:c r="A513" s="1">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B513" s="1" t="s">
+        <x:v>1812</x:v>
+      </x:c>
+      <x:c r="C513" s="1" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D513" s="1" t="s">
+        <x:v>1813</x:v>
+      </x:c>
+      <x:c r="E513" s="1" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="F513" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G513" s="1" t="s">
         <x:v>1814</x:v>
       </x:c>
-      <x:c r="C513" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D513" s="1" t="s">
+      <x:c r="H513" s="1" t="s">
         <x:v>1815</x:v>
       </x:c>
-      <x:c r="E513" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J513" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K513" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="L513" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12" ht="15" customHeight="1">
       <x:c r="A514" s="1">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B514" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="C514" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D514" s="1" t="s">
+        <x:v>1817</x:v>
+      </x:c>
+      <x:c r="E514" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F514" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G514" s="1" t="s">
+        <x:v>1814</x:v>
+      </x:c>
+      <x:c r="H514" s="1" t="s">
         <x:v>1818</x:v>
       </x:c>
-      <x:c r="E514" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I514" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J514" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K514" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="L514" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12" ht="15" customHeight="1">
       <x:c r="A515" s="1">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B515" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C515" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="D515" s="1" t="s">
+        <x:v>1820</x:v>
+      </x:c>
+      <x:c r="E515" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="F515" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G515" s="1" t="s">
         <x:v>1821</x:v>
       </x:c>
-      <x:c r="E515" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G515" s="1" t="s">
+      <x:c r="H515" s="1" t="s">
         <x:v>1822</x:v>
       </x:c>
-      <x:c r="H515" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J515" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K515" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L515" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12" ht="15" customHeight="1">
       <x:c r="A516" s="1">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B516" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C516" s="1" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="D516" s="1" t="s">
+        <x:v>1823</x:v>
+      </x:c>
+      <x:c r="E516" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F516" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G516" s="1" t="s">
         <x:v>1824</x:v>
       </x:c>
-      <x:c r="D516" s="1" t="s">
+      <x:c r="H516" s="1" t="s">
         <x:v>1825</x:v>
       </x:c>
-      <x:c r="E516" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I516" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J516" s="1" t="s">
-        <x:v>1796</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K516" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L516" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12" ht="15" customHeight="1">
       <x:c r="A517" s="1">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B517" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="C517" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="D517" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="E517" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="F517" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G517" s="1" t="s">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="H517" s="1" t="s">
         <x:v>1828</x:v>
       </x:c>
-      <x:c r="G517" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="I517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J517" s="1" t="s">
-        <x:v>1831</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="K517" s="1" t="s">
-        <x:v>1585</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="L517" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12" ht="15" customHeight="1">
       <x:c r="A518" s="1">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B518" s="1" t="s">
+        <x:v>1829</x:v>
+      </x:c>
+      <x:c r="C518" s="1" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="D518" s="1" t="s">
+        <x:v>1830</x:v>
+      </x:c>
+      <x:c r="E518" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F518" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G518" s="1" t="s">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="H518" s="1" t="s">
+        <x:v>1831</x:v>
+      </x:c>
+      <x:c r="I518" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J518" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="K518" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="L518" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="519" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A519" s="1">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="B519" s="1" t="s">
+        <x:v>1526</x:v>
+      </x:c>
+      <x:c r="C519" s="1" t="s">
         <x:v>1832</x:v>
       </x:c>
-      <x:c r="C518" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F518" s="1" t="s">
+      <x:c r="D519" s="1" t="s">
         <x:v>1833</x:v>
       </x:c>
-      <x:c r="G518" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H518" s="1" t="s">
+      <x:c r="E519" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F519" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G519" s="1" t="s">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="H519" s="1" t="s">
         <x:v>1834</x:v>
       </x:c>
-      <x:c r="I518" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J518" s="1" t="s">
+      <x:c r="I519" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J519" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="K519" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="L519" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="520" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A520" s="1">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="B520" s="1" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="C520" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="D520" s="1" t="s">
         <x:v>1835</x:v>
       </x:c>
-      <x:c r="K518" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A519" s="2" t="s">
+      <x:c r="E520" s="1" t="s">
+        <x:v>1511</x:v>
+      </x:c>
+      <x:c r="F520" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G520" s="1" t="s">
+        <x:v>1827</x:v>
+      </x:c>
+      <x:c r="H520" s="1" t="s">
+        <x:v>1836</x:v>
+      </x:c>
+      <x:c r="I520" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J520" s="1" t="s">
+        <x:v>1799</x:v>
+      </x:c>
+      <x:c r="K520" s="1" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="L520" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="521" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A521" s="1">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="B521" s="1" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="C521" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D521" s="1" t="s">
+        <x:v>1837</x:v>
+      </x:c>
+      <x:c r="E521" s="1" t="s">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="F521" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G521" s="1" t="s">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="H521" s="1" t="s">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="I521" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J521" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K521" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L521" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="522" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A522" s="1">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="B522" s="1" t="s">
+        <x:v>1173</x:v>
+      </x:c>
+      <x:c r="C522" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D522" s="1" t="s">
+        <x:v>1842</x:v>
+      </x:c>
+      <x:c r="E522" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F522" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G522" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H522" s="1" t="s">
+        <x:v>1843</x:v>
+      </x:c>
+      <x:c r="I522" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J522" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K522" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="L522" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="523" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A523" s="1">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="B523" s="1" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="C523" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D523" s="1" t="s">
+        <x:v>1844</x:v>
+      </x:c>
+      <x:c r="E523" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F523" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G523" s="1" t="s">
+        <x:v>1845</x:v>
+      </x:c>
+      <x:c r="H523" s="1" t="s">
+        <x:v>1846</x:v>
+      </x:c>
+      <x:c r="I523" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J523" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K523" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="L523" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="524" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A524" s="1">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B524" s="1" t="s">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="C524" s="1" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="D524" s="1" t="s">
+        <x:v>1848</x:v>
+      </x:c>
+      <x:c r="E524" s="1" t="s">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="F524" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G524" s="1" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="H524" s="1" t="s">
+        <x:v>1851</x:v>
+      </x:c>
+      <x:c r="I524" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J524" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K524" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="L524" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="525" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A525" s="1">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="B525" s="1" t="s">
+        <x:v>895</x:v>
+      </x:c>
+      <x:c r="C525" s="1" t="s">
+        <x:v>1339</x:v>
+      </x:c>
+      <x:c r="D525" s="1" t="s">
+        <x:v>1852</x:v>
+      </x:c>
+      <x:c r="E525" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F525" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G525" s="1" t="s">
+        <x:v>1850</x:v>
+      </x:c>
+      <x:c r="H525" s="1" t="s">
+        <x:v>1853</x:v>
+      </x:c>
+      <x:c r="I525" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J525" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K525" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="L525" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="526" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A526" s="1">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="B526" s="1" t="s">
+        <x:v>1854</x:v>
+      </x:c>
+      <x:c r="C526" s="1" t="s">
+        <x:v>1855</x:v>
+      </x:c>
+      <x:c r="D526" s="1" t="s">
+        <x:v>1856</x:v>
+      </x:c>
+      <x:c r="E526" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F526" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G526" s="1" t="s">
+        <x:v>1857</x:v>
+      </x:c>
+      <x:c r="H526" s="1" t="s">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="I526" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J526" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K526" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="L526" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="527" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A527" s="1">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="B527" s="1" t="s">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="C527" s="1" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="D527" s="1" t="s">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="E527" s="1" t="s">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="F527" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G527" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H527" s="1" t="s">
+        <x:v>1862</x:v>
+      </x:c>
+      <x:c r="I527" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J527" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K527" s="1" t="s">
+        <x:v>1034</x:v>
+      </x:c>
+      <x:c r="L527" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="528" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A528" s="1">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="B528" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="C528" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D528" s="1" t="s">
+        <x:v>1863</x:v>
+      </x:c>
+      <x:c r="E528" s="1" t="s">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="F528" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G528" s="1" t="s">
+        <x:v>1864</x:v>
+      </x:c>
+      <x:c r="H528" s="1" t="s">
+        <x:v>1865</x:v>
+      </x:c>
+      <x:c r="I528" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J528" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K528" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="L528" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="529" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A529" s="1">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B529" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="C529" s="1" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D529" s="1" t="s">
+        <x:v>1866</x:v>
+      </x:c>
+      <x:c r="E529" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="F529" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G529" s="1" t="s">
+        <x:v>1867</x:v>
+      </x:c>
+      <x:c r="H529" s="1" t="s">
+        <x:v>1868</x:v>
+      </x:c>
+      <x:c r="I529" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J529" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K529" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="L529" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="530" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A530" s="1">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="B530" s="1" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C530" s="1" t="s">
+        <x:v>1869</x:v>
+      </x:c>
+      <x:c r="D530" s="1" t="s">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="E530" s="1" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="F530" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G530" s="1" t="s">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="H530" s="1" t="s">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="I530" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J530" s="1" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="K530" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="L530" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="531" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A531" s="1">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="B531" s="1" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="C531" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D531" s="1" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="E531" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F531" s="1" t="s">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="G531" s="1" t="s">
+        <x:v>1874</x:v>
+      </x:c>
+      <x:c r="H531" s="1" t="s">
+        <x:v>1875</x:v>
+      </x:c>
+      <x:c r="I531" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J531" s="1" t="s">
+        <x:v>1876</x:v>
+      </x:c>
+      <x:c r="K531" s="1" t="s">
+        <x:v>1672</x:v>
+      </x:c>
+      <x:c r="L531" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="532" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A532" s="1">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="B532" s="1" t="s">
+        <x:v>1877</x:v>
+      </x:c>
+      <x:c r="C532" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D532" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E532" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F532" s="1" t="s">
+        <x:v>1878</x:v>
+      </x:c>
+      <x:c r="G532" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H532" s="1" t="s">
+        <x:v>1879</x:v>
+      </x:c>
+      <x:c r="I532" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J532" s="1" t="s">
+        <x:v>1880</x:v>
+      </x:c>
+      <x:c r="K532" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L532" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="533" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B519" s="2" t="s">
+      <x:c r="B533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C519" s="2" t="s">
+      <x:c r="C533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D519" s="2" t="s">
+      <x:c r="D533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E519" s="2" t="s">
+      <x:c r="E533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F519" s="2" t="s">
+      <x:c r="F533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G519" s="2" t="s">
+      <x:c r="G533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H519" s="2" t="s">
+      <x:c r="H533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I519" s="2" t="s">
+      <x:c r="I533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J519" s="2" t="s">
+      <x:c r="J533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K519" s="2" t="s">
+      <x:c r="K533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L519" s="2" t="s">
+      <x:c r="L533" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A519:L519"/>
+    <x:mergeCell ref="A533:L533"/>
   </x:mergeCells>
 </x:worksheet>
 </file>